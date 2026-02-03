--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -587,270 +587,390 @@
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>67377</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>185</v>
       </c>
+      <c r="F2">
+        <v>3</v>
+      </c>
+      <c r="G2">
+        <v>13</v>
+      </c>
+      <c r="H2">
+        <v>4</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>67378</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>260</v>
       </c>
+      <c r="F3">
+        <v>3</v>
+      </c>
+      <c r="G3">
+        <v>31</v>
+      </c>
+      <c r="H3">
+        <v>5</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>67379</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>320</v>
       </c>
+      <c r="F4">
+        <v>5</v>
+      </c>
+      <c r="G4">
+        <v>16</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>67380</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5">
         <v>288</v>
       </c>
+      <c r="F5">
+        <v>5</v>
+      </c>
+      <c r="G5">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>1</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>67381</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>403</v>
       </c>
+      <c r="F6">
+        <v>5</v>
+      </c>
+      <c r="G6">
+        <v>19</v>
+      </c>
+      <c r="H6">
+        <v>3</v>
+      </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>67382</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>600</v>
       </c>
+      <c r="F7">
+        <v>5</v>
+      </c>
+      <c r="G7">
+        <v>26</v>
+      </c>
+      <c r="H7">
+        <v>1</v>
+      </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>67383</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>468</v>
       </c>
+      <c r="F8">
+        <v>1</v>
+      </c>
+      <c r="G8">
+        <v>59</v>
+      </c>
+      <c r="H8">
+        <v>3</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>67384</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>404</v>
       </c>
+      <c r="F9">
+        <v>2</v>
+      </c>
+      <c r="G9">
+        <v>27</v>
+      </c>
+      <c r="H9">
+        <v>10</v>
+      </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>67385</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10">
         <v>389</v>
       </c>
+      <c r="F10">
+        <v>4</v>
+      </c>
+      <c r="G10">
+        <v>62</v>
+      </c>
+      <c r="H10">
+        <v>10</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>67386</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11">
         <v>370</v>
       </c>
+      <c r="F11">
+        <v>1</v>
+      </c>
+      <c r="G11">
+        <v>38</v>
+      </c>
+      <c r="H11">
+        <v>7</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>67387</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12">
         <v>210</v>
       </c>
+      <c r="G12">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>7</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>67388</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13">
         <v>223</v>
       </c>
+      <c r="F13">
+        <v>1</v>
+      </c>
+      <c r="G13">
+        <v>50</v>
+      </c>
+      <c r="H13">
+        <v>16</v>
+      </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>67389</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14">
         <v>428</v>
       </c>
+      <c r="F14">
+        <v>9</v>
+      </c>
+      <c r="G14">
+        <v>63</v>
+      </c>
+      <c r="H14">
+        <v>3</v>
+      </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>67390</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E15">
         <v>770</v>
+      </c>
+      <c r="F15">
+        <v>11</v>
+      </c>
+      <c r="G15">
+        <v>64</v>
+      </c>
+      <c r="H15">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">