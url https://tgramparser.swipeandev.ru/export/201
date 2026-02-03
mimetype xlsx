--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2086">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Текст</t>
   </si>
   <si>
     <t>Просмотры</t>
   </si>
   <si>
     <t>Поделилось</t>
   </si>
   <si>
     <t>Реакции</t>
   </si>
   <si>
     <t>Комментарии</t>
   </si>
   <si>
@@ -3870,50 +3870,2450 @@
     <t>29.07.25 17:05</t>
   </si>
   <si>
     <t>t.me/c/1595544128/5348</t>
   </si>
   <si>
     <t>Акцентная стена в гостиной. Современный дизайн</t>
   </si>
   <si>
     <t>29.07.25 16:05</t>
   </si>
   <si>
     <t>t.me/c/1595544128/5347</t>
   </si>
   <si>
     <t>И почему я узнаю об этом канале от соседей слыша их хохоты?🔥 Его нужно показывать всем🤣 Я весь день с него не вылезаю, уже пресс болит от смеха😹. Мне кажется самый лучший юмор собран именно здесь! Обязательно зайдите посмотрите, держите ссылочку👇 https://t.me/+DuqsHz5GBVFkMTJi</t>
   </si>
   <si>
     <t>29.07.25 14:12</t>
   </si>
   <si>
     <t>t.me/c/1595544128/5346</t>
   </si>
   <si>
     <t>Небольшая, но супер функциональная квартира 40 кв.м Современный дизайн</t>
+  </si>
+  <si>
+    <t>20.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9383</t>
+  </si>
+  <si>
+    <t>20.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9382</t>
+  </si>
+  <si>
+    <t>20.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9381</t>
+  </si>
+  <si>
+    <t>Декор прихожей как из pinterest Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9377</t>
+  </si>
+  <si>
+    <t>19.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9376</t>
+  </si>
+  <si>
+    <t>Выдвижной фартук Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9375</t>
+  </si>
+  <si>
+    <t>Организация порядка в глубоком шкафу Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9366</t>
+  </si>
+  <si>
+    <t>19.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9365</t>
+  </si>
+  <si>
+    <t>Увеличение вместительности мебели Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.01.26 07:02</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9364</t>
+  </si>
+  <si>
+    <t>Декор стен Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.01.26 06:02</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9363</t>
+  </si>
+  <si>
+    <t>Сильная молитва Николаю Чудотворцу, изменяющая судьбу за 40 дней. Читайте ее каждый день с верой и надеждой, и Вы не поверите, как изменится Ваша жизнь! Эта удивительная молитва уже помогла множеству православных людей, поможет и Вам. ⠀ Обязательно сохраните молитву себе в закладки, чтобы не потерять! Читать полностью...</t>
+  </si>
+  <si>
+    <t>19.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9357</t>
+  </si>
+  <si>
+    <t>18.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9356</t>
+  </si>
+  <si>
+    <t>18.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9355</t>
+  </si>
+  <si>
+    <t>Декор барной стойки Современный дизайн</t>
+  </si>
+  <si>
+    <t>18.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9354</t>
+  </si>
+  <si>
+    <t>18.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9347</t>
+  </si>
+  <si>
+    <t>18.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9346</t>
+  </si>
+  <si>
+    <t>18.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9336</t>
+  </si>
+  <si>
+    <t>18.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9335</t>
+  </si>
+  <si>
+    <t>Дополнительное освещение в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9334</t>
+  </si>
+  <si>
+    <t>17.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9329</t>
+  </si>
+  <si>
+    <t>17.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9328</t>
+  </si>
+  <si>
+    <t>Дизайнерская хитрость для санузла Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9327</t>
+  </si>
+  <si>
+    <t>Ламинатная стена - новый тренд Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9322</t>
+  </si>
+  <si>
+    <t>17.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9321</t>
+  </si>
+  <si>
+    <t>17.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9312</t>
+  </si>
+  <si>
+    <t>16.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9304</t>
+  </si>
+  <si>
+    <t>Детская для двух сестрёнок Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9297</t>
+  </si>
+  <si>
+    <t>16.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9289</t>
+  </si>
+  <si>
+    <t>Очень красивый цвет кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9283</t>
+  </si>
+  <si>
+    <t>Проект квартиры Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9274</t>
+  </si>
+  <si>
+    <t>1-комнатная квартира 33м² Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9273</t>
+  </si>
+  <si>
+    <t>Интерьер квартиры Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9264</t>
+  </si>
+  <si>
+    <t>Интерьер кухни-гостиной Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9256</t>
+  </si>
+  <si>
+    <t>15.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9255</t>
+  </si>
+  <si>
+    <t>Уютный и яркий интерьер квартиры Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9254</t>
+  </si>
+  <si>
+    <t>Как выбрать люстру правильного размера Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9249</t>
+  </si>
+  <si>
+    <t>Вариант перегородки в душевой Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9248</t>
+  </si>
+  <si>
+    <t>Необычный шкаф в спальне Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9242</t>
+  </si>
+  <si>
+    <t>Варианты интересных люстр в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9241</t>
+  </si>
+  <si>
+    <t>Визуализация кладовой в углу кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9235</t>
+  </si>
+  <si>
+    <t>Интерьер в английском стиле Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9234</t>
+  </si>
+  <si>
+    <t>14.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9233</t>
+  </si>
+  <si>
+    <t>Интерьер кухни. Как вам? Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9224</t>
+  </si>
+  <si>
+    <t>14.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9223</t>
+  </si>
+  <si>
+    <t>Превратите свой балкон в уютное рабочее место Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9214</t>
+  </si>
+  <si>
+    <t>Дизайн квартиры в светлых тонах Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9213</t>
+  </si>
+  <si>
+    <t>Дизайнерский ремонт Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9204</t>
+  </si>
+  <si>
+    <t>Шоколадная кухня-гостиная Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9203</t>
+  </si>
+  <si>
+    <t>Фоновая подсветка для телевизора Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9202</t>
+  </si>
+  <si>
+    <t>Необычная подсветка в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9196</t>
+  </si>
+  <si>
+    <t>Ботанические постеры в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9195</t>
+  </si>
+  <si>
+    <t>Стильное обновление прихожей Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9194</t>
+  </si>
+  <si>
+    <t>Полезные приспособления для шкафа Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9193</t>
+  </si>
+  <si>
+    <t>Практичное решение для прикроватный зоны Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9190</t>
+  </si>
+  <si>
+    <t>Пример отличного сочетания бетона и дерева Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9189</t>
+  </si>
+  <si>
+    <t>Обзор квартиры площадью 115 кв.м Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9188</t>
+  </si>
+  <si>
+    <t>Дом в стиле бохо Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9178</t>
+  </si>
+  <si>
+    <t>Сделайте это для своего интерьера Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9170</t>
+  </si>
+  <si>
+    <t>Бохо стиль на мансарде Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9169</t>
+  </si>
+  <si>
+    <t>Преображение ванной комнаты Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9168</t>
+  </si>
+  <si>
+    <t>11.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9163</t>
+  </si>
+  <si>
+    <t>Прекрасный дом Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9162</t>
+  </si>
+  <si>
+    <t>Советы по эргономике кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9153</t>
+  </si>
+  <si>
+    <t>Проект студии Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9152</t>
+  </si>
+  <si>
+    <t>Вариант оформление дверного проема Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9148</t>
+  </si>
+  <si>
+    <t>Интерьер в цвете тауп Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9147</t>
+  </si>
+  <si>
+    <t>Дом, выполненный в этно-стиле Современный дизайн</t>
+  </si>
+  <si>
+    <t>10.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9142</t>
+  </si>
+  <si>
+    <t>Вариант оформления кухни в голубом оттенке Современный дизайн</t>
+  </si>
+  <si>
+    <t>10.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9141</t>
+  </si>
+  <si>
+    <t>Перегородка из поликарбоната своими руками Современный дизайн</t>
+  </si>
+  <si>
+    <t>10.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9136</t>
+  </si>
+  <si>
+    <t>Варианты камина в дизайне интерьера Современный дизайн</t>
+  </si>
+  <si>
+    <t>10.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9135</t>
+  </si>
+  <si>
+    <t>Из старой шины в журнальный столик Современный дизайн</t>
+  </si>
+  <si>
+    <t>10.01.26 12:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9134</t>
+  </si>
+  <si>
+    <t>Я — кефир, меня любят взрослые и дети, и я убью их через 10 лет Меня напичкали животным клеем для импотенции, кадмием для рака и проблем с почками, Е216 для язвы и закупорки сосудов, завернули в красивую упаковку и поставили на полку в магазине. Таких товаров как я — сотни, весь ваш холодильник забит ими, и постепенно они вас убивают. Благо, теперь есть канал, который спасает от отравы в магазинах — Контрольная Закупка В нём каждый день публикуют списки опасных продуктов, которые лучше избегать, а также находят натуральные им на замену. Подписывайтесь, сохраните своё здоровье: @zаkupka</t>
+  </si>
+  <si>
+    <t>10.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9133</t>
+  </si>
+  <si>
+    <t>Кухня в белом цвете Современный дизайн</t>
+  </si>
+  <si>
+    <t>10.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9126</t>
+  </si>
+  <si>
+    <t>Интерьер в песочных тонах Современный дизайн</t>
+  </si>
+  <si>
+    <t>10.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9125</t>
+  </si>
+  <si>
+    <t>Нестандартное заботливое решение для питомца семьи Современный дизайн</t>
+  </si>
+  <si>
+    <t>09.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9124</t>
+  </si>
+  <si>
+    <t>Стильный санузел Современный дизайн</t>
+  </si>
+  <si>
+    <t>09.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9123</t>
+  </si>
+  <si>
+    <t>Интерьер спальни Современный дизайн</t>
+  </si>
+  <si>
+    <t>09.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9122</t>
+  </si>
+  <si>
+    <t>Светлый интерьер Современный дизайн</t>
+  </si>
+  <si>
+    <t>09.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9121</t>
+  </si>
+  <si>
+    <t>Кухня-гостиная. Как вам? Современный дизайн</t>
+  </si>
+  <si>
+    <t>09.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9120</t>
+  </si>
+  <si>
+    <t>Удобная обеденная зона Современный дизайн</t>
+  </si>
+  <si>
+    <t>09.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9113</t>
+  </si>
+  <si>
+    <t>Воздушная и солнечная квартира Современный дизайн</t>
+  </si>
+  <si>
+    <t>09.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9112</t>
+  </si>
+  <si>
+    <t>Шикарная идея для кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>08.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9111</t>
+  </si>
+  <si>
+    <t>П-образная кухня Современный дизайн</t>
+  </si>
+  <si>
+    <t>08.01.26 17:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9110</t>
+  </si>
+  <si>
+    <t>Новая звезда Петербурга: девушка-экскурсовод влюбила в себя весь город Благодаря ей люди поняли, что в Питере есть места получше Невского проспекта и Эрмитажа. А её рассказы и маршруты заставляют по-новому влюбиться в город даже тех, кто всё уже видел и везде побывал. Поэтому туристы уговорили Софию создать свой канал про Северную столицу. Там она каждый день публикует подборку мест, где можно вкусно покушать, пофоткаться или основательно расслабиться буквально за копейки. Неважно, живете вы в Петербурге или нет – после подписки вам точно захочется видеть город через её объектив. Подписывайтесь: https://t.me/+p4OmBd1jK1ZiZGIy</t>
+  </si>
+  <si>
+    <t>08.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9100</t>
+  </si>
+  <si>
+    <t>08.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9099</t>
+  </si>
+  <si>
+    <t>Функциональная барная стойка Современный дизайн</t>
+  </si>
+  <si>
+    <t>08.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9093</t>
+  </si>
+  <si>
+    <t>Уютная детская с отличным зонированием Современный дизайн</t>
+  </si>
+  <si>
+    <t>08.01.26 12:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9092</t>
+  </si>
+  <si>
+    <t>Зарплата – 58.400 руб Выплаты – 99.312 руб Парадокс жизни в России в том, что с выплат и льгот можно получать в 2-3 раза больше денег, чем с основной зарплаты. Например, вы знали, что если ваша квартира меньше 67м2, то вы можете вообще не платить за коммуналку? А если официально ваша зарплата меньше 50.000 рублей, то вы ежемесячно можете получать по 25 тысяч рублей? Чтобы раскрыть все возможности российских законов, читайте канал Деньги с умом. С ним вы лучше любого юриста будете знать наше законодательство и наизусть выучите его дыры, откуда деньги льются рекой. Подписывайтесь, с этим каналом в кошельке никогда не будет пусто: https://t.me/+27EVbWiiWuE5NDFi</t>
+  </si>
+  <si>
+    <t>08.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9091</t>
+  </si>
+  <si>
+    <t>Кухня 6 кв.м Современный дизайн</t>
+  </si>
+  <si>
+    <t>08.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9086</t>
+  </si>
+  <si>
+    <t>Кухня 5,5 кв.м. ⁣⁣⠀ Современный дизайн</t>
+  </si>
+  <si>
+    <t>08.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9076</t>
+  </si>
+  <si>
+    <t>07.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9075</t>
+  </si>
+  <si>
+    <t>Кухня до/после. Оцените преображение. Современный дизайн</t>
+  </si>
+  <si>
+    <t>07.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9066</t>
+  </si>
+  <si>
+    <t>Хорошо обыграли планировку, очень приятная квартира. Метраж: 34 кв. м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>07.01.26 15:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9065</t>
+  </si>
+  <si>
+    <t>Есть два способа сделать ремонт законно 1. Сносить стены как захочется, увеличивать дверные проёмы и получить огромный штраф. 2. Быть умнее и читать канал Анны Страгис. Аня - перепланировщик с большим опытом и рассказывает, как вам проверить свою квартиру на предмет незаконных изменений и избежать штрафов. При желании вы сможете погрузиться в эту профессию, где можно зарабатывать 70-100к за один проект. В 2026 году это одна из самых перспективных профессий на рынке труда, которой не грозит ни один кризис. В канале есть бесплатная база знаний по всем перепланировкам, которую полезно почитать каждому, кто делал или будет делать ремонт: @Formula_pereplanirovki Реклама: ИП Страгис Андрей Алексеевич, ИНН 550335978598, erid 2VtzqvFzoa2</t>
+  </si>
+  <si>
+    <t>07.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9064</t>
+  </si>
+  <si>
+    <t>Обзор небольшой ванной Современный дизайн</t>
+  </si>
+  <si>
+    <t>07.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9063</t>
+  </si>
+  <si>
+    <t>Кровать, встроенная в стену Современный дизайн</t>
+  </si>
+  <si>
+    <t>07.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9060</t>
+  </si>
+  <si>
+    <t>Интерьер кухни. Красиво, легко и уютно Современный дизайн</t>
+  </si>
+  <si>
+    <t>07.01.26 07:02</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9052</t>
+  </si>
+  <si>
+    <t>Дизайн проект однокомнатной квартиры. Стиль лофт, 38 кв. м Современный дизайн</t>
+  </si>
+  <si>
+    <t>07.01.26 06:02</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9051</t>
+  </si>
+  <si>
+    <t>07.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9050</t>
+  </si>
+  <si>
+    <t>Перегородка из смарт-стекла Современный дизайн</t>
+  </si>
+  <si>
+    <t>06.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9049</t>
+  </si>
+  <si>
+    <t>Шкаф + тайник Современный дизайн</t>
+  </si>
+  <si>
+    <t>06.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9048</t>
+  </si>
+  <si>
+    <t>Обзор миниатюрной ванной комнаты Современный дизайн</t>
+  </si>
+  <si>
+    <t>06.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9043</t>
+  </si>
+  <si>
+    <t>Длинный узкий коридор-прихожая Современный дизайн</t>
+  </si>
+  <si>
+    <t>06.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9042</t>
+  </si>
+  <si>
+    <t>Новый тренд ванной комнаты Современный дизайн</t>
+  </si>
+  <si>
+    <t>06.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9041</t>
+  </si>
+  <si>
+    <t>Как форма стола влияет на интерьер Современный дизайн</t>
+  </si>
+  <si>
+    <t>06.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9040</t>
+  </si>
+  <si>
+    <t>Чудесное преображение кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>06.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9039</t>
+  </si>
+  <si>
+    <t>Как красиво оформить инсталляцию Современный дизайн</t>
+  </si>
+  <si>
+    <t>05.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9038</t>
+  </si>
+  <si>
+    <t>05.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9029</t>
+  </si>
+  <si>
+    <t>05.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9028</t>
+  </si>
+  <si>
+    <t>Как выбрать цвет штор Современный дизайн</t>
+  </si>
+  <si>
+    <t>05.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9027</t>
+  </si>
+  <si>
+    <t>Ремонт по щелчку пальцев Современный дизайн</t>
+  </si>
+  <si>
+    <t>05.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9020</t>
+  </si>
+  <si>
+    <t>Комната для девочки в современном стиле Современный дизайн</t>
+  </si>
+  <si>
+    <t>05.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9019</t>
+  </si>
+  <si>
+    <t>Балкон до/после Современный дизайн</t>
+  </si>
+  <si>
+    <t>05.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9018</t>
+  </si>
+  <si>
+    <t>Не используйте точечные светильники Современный дизайн</t>
+  </si>
+  <si>
+    <t>04.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9012</t>
+  </si>
+  <si>
+    <t>Интерьер в серой цветовой гамме Современный дизайн</t>
+  </si>
+  <si>
+    <t>04.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9011</t>
+  </si>
+  <si>
+    <t>Светлая рабочая зона Современный дизайн</t>
+  </si>
+  <si>
+    <t>04.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9010</t>
+  </si>
+  <si>
+    <t>04.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9004</t>
+  </si>
+  <si>
+    <t>Реализованный проект санузла Современный дизайн</t>
+  </si>
+  <si>
+    <t>04.01.26 10:11</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9003</t>
+  </si>
+  <si>
+    <t>Поел оливье. Сходил на ёлку. Посмотрел «Иронию судьбы». Примерно так 96% россиян проводят новогодние праздники. А потом неделю валяются дома, доедают салаты и жалуются, что в городе делать нечего. Хотя прямо под носом – сотни развлечений, за которые вообще не нужно платить. Кафешки, где можно бесплатно выпить глинтвейн. Кинотеатры с бесплатным просмотром новогодних фильмов. Ярмарки, фестивали, уличные концерты и фотозозоны. 🎄Если хотите классно провести зимние праздники, не потратив кучу денег, выбирайте свой город и будьте в курсе всех событий: — Москва: @mosru — Питер: @spbru — Абакан: @abakanru — Ангарск: @angarskru — Архангельск: @arhangelskru — Астрахань: @astrahanru — Барнаул: @barnru — Балашиха: @balru — Белгород: @belgoru — Бийск: @biyskru — Благовещенск: @blagovru — Братск: @bratskru — Брянск: @bryanskru — Великий Новгород: @velnovru — Владивосток: @vladru — Владимир: @vladimirru — Волгоград: @volgogru — Воронеж: @voronezhru — Вологда: @vologdaru — Волжский: @volzhru — Екатеринбург: @ekatru — Ижевск: @izhevskru — Иркутск: @irkutskru — Иваново: @ivanovoru — Йошкар-Ола: @ioshkarolaru — Казань: @kazanru — Калининград: @kalininru — Калуга: @kalugaru — Камчатка: @kamchatkaru — Кемерово: @kemerovoru — Киров: @kirovru — Краснодар: @krasnodaru — Красноярск: @kyarskru — Комсомольск-на-Амуре: @komsru — Королёв: @korolevru — Кострома: @kostromaru — Крым: @crimearu — Курск: @kurskru — Курган: @kurganru — Липецк: @lipetskru — Люберцы: @lyubru — Магнитогорск: @magnitru — Махачкала: @mahru — Мурманск: @murmru — Набережные Челны: @chelnyru — Нальчик: @nalchikru — Нижневартовск: @nizvartru — Нижнекамск: @kamskru — Нижний Новгород: @nnovru — Нижний Тагил: @ntagilru — Новокузнецк: @novokuzru — Новосибирск: @novosibru — Новороссийск: @novru — Омск: @omskru — Оренбург: @orenbru — Орёл: @orelru — Орск: @orskru — Пенза: @penzaru — Пермь: @permru — Петрозаводск: @petru — Подольск: @podolskru — Псков: @pskovru — Рязань: @ryazanru — Ростов-на-Дону: @rostovru — Самара: @samaru — Саратов: @saratovru — Саранск: @saranskru — Сахалин: @sahalinru — Сочи: @sochiru — Ставрополь: @stavru — Стерлитамак: @steru — Старый Оскол: @oskolru — Сургут и ХМАО: @surgutru — Смоленск: @smolru — Сыктывкар: @sktwkaru — Таганрог: @taganru — Тамбов: @tambovru — Тольятти: @tolru — Тула: @tularu — Томск: @tomskru — Тюмень: @tumru — Тверь: @tveru — Ульяновск: @ulru — Уссурийск: @usru — Уфа: @ufaru — Улан-Удэ: @ulanuderu — Хабаровск: @habru — Химки: @himkiru — Челябинск: @chelru — Чебоксары: @chebru — Череповец: @cherepru — Чита: @chitaru — Шахты: @shahtiru — Энгельс: @engru — Ярославль: @yaroslavlru — Якутск: @yakutskru Экономика: @ruseconomica Другой город: @rusru</t>
+  </si>
+  <si>
+    <t>04.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9002</t>
+  </si>
+  <si>
+    <t>Скругление в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>04.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/9001</t>
+  </si>
+  <si>
+    <t>Лайфхаки для прихожей Современный дизайн</t>
+  </si>
+  <si>
+    <t>04.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8995</t>
+  </si>
+  <si>
+    <t>Ванная комната в алом цвете Современный дизайн</t>
+  </si>
+  <si>
+    <t>03.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8994</t>
+  </si>
+  <si>
+    <t>03.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8991</t>
+  </si>
+  <si>
+    <t>03.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8990</t>
+  </si>
+  <si>
+    <t>03.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8981</t>
+  </si>
+  <si>
+    <t>03.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8980</t>
+  </si>
+  <si>
+    <t>03.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8973</t>
+  </si>
+  <si>
+    <t>03.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8972</t>
+  </si>
+  <si>
+    <t>02.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8962</t>
+  </si>
+  <si>
+    <t>02.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8961</t>
+  </si>
+  <si>
+    <t>02.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8960</t>
+  </si>
+  <si>
+    <t>02.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8954</t>
+  </si>
+  <si>
+    <t>02.01.26 06:15</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8953</t>
+  </si>
+  <si>
+    <t>Согласно опросам, 87% россиян планируют провести праздники дома. Парадокс, но именно в праздничные дни люди чаще всего едят, спят и бесконечно скроллят ленту, не выходя из дома дальше магазина и ёлки в центре города. Вам ведь ничего не мешает сходить на ярмарки с бесплатными дегустациями еды, найти кафе и бары, где угощают за отзыв или попасть на новогодние экскурсии по городу. А если вы впервые об этом слышите, сохраняйте канал своего города – там собирают все активности в зимние праздники 👇 — Москва: @mosru — Питер: @spbru — Абакан: @abakanru — Ангарск: @angarskru — Архангельск: @arhangelskru — Астрахань: @astrahanru — Барнаул: @barnru — Балашиха: @balru — Белгород: @belgoru — Бийск: @biyskru — Благовещенск: @blagovru — Братск: @bratskru — Брянск: @bryanskru — Великий Новгород: @velnovru — Владивосток: @vladru — Владимир: @vladimirru — Волгоград: @volgogru — Воронеж: @voronezhru — Вологда: @vologdaru — Волжский: @volzhru — Екатеринбург: @ekatru — Ижевск: @izhevskru — Иркутск: @irkutskru — Иваново: @ivanovoru — Йошкар-Ола: @ioshkarolaru — Казань: @kazanru — Калининград: @kalininru — Калуга: @kalugaru — Камчатка: @kamchatkaru — Кемерово: @kemerovoru — Киров: @kirovru — Краснодар: @krasnodaru — Красноярск: @kyarskru — Комсомольск-на-Амуре: @komsru — Королёв: @korolevru — Кострома: @kostromaru — Крым: @crimearu — Курск: @kurskru — Курган: @kurganru — Липецк: @lipetskru — Люберцы: @lyubru — Магнитогорск: @magnitru — Махачкала: @mahru — Мурманск: @murmru — Набережные Челны: @chelnyru — Нальчик: @nalchikru — Нижневартовск: @nizvartru — Нижнекамск: @kamskru — Нижний Новгород: @nnovru — Нижний Тагил: @ntagilru — Новокузнецк: @novokuzru — Новосибирск: @novosibru — Новороссийск: @novru — Омск: @omskru — Оренбург: @orenbru — Орёл: @orelru — Орск: @orskru — Пенза: @penzaru — Пермь: @permru — Петрозаводск: @petru — Подольск: @podolskru — Псков: @pskovru — Рязань: @ryazanru — Ростов-на-Дону: @rostovru — Самара: @samaru — Саратов: @saratovru — Саранск: @saranskru — Сахалин: @sahalinru — Сочи: @sochiru — Ставрополь: @stavru — Стерлитамак: @steru — Старый Оскол: @oskolru — Сургут и ХМАО: @surgutru — Смоленск: @smolru — Сыктывкар: @sktwkaru — Таганрог: @taganru — Тамбов: @tambovru — Тольятти: @tolru — Тула: @tularu — Томск: @tomskru — Тюмень: @tumru — Тверь: @tveru — Ульяновск: @ulru — Уссурийск: @usru — Уфа: @ufaru — Улан-Удэ: @ulanuderu — Хабаровск: @habru — Химки: @himkiru — Челябинск: @chelru — Чебоксары: @chebru — Череповец: @cherepru — Чита: @chitaru — Шахты: @shahtiru — Энгельс: @engru — Ярославль: @yaroslavlru — Якутск: @yakutskru Экономика: @ruseconomica Другой город: @rusru</t>
+  </si>
+  <si>
+    <t>02.01.26 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8951</t>
+  </si>
+  <si>
+    <t>01.01.26 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8950</t>
+  </si>
+  <si>
+    <t>Варианты освещения Современный дизайн</t>
+  </si>
+  <si>
+    <t>01.01.26 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8949</t>
+  </si>
+  <si>
+    <t>Эффект тканевых панелей на стене Современный дизайн</t>
+  </si>
+  <si>
+    <t>01.01.26 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8948</t>
+  </si>
+  <si>
+    <t>Декор из пампасной травы Современный дизайн</t>
+  </si>
+  <si>
+    <t>01.01.26 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8947</t>
+  </si>
+  <si>
+    <t>Квартира в скандинавском стиле Современный дизайн</t>
+  </si>
+  <si>
+    <t>01.01.26 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8946</t>
+  </si>
+  <si>
+    <t>Кухня со стеклянным фартуком Современный дизайн</t>
+  </si>
+  <si>
+    <t>01.01.26 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8945</t>
+  </si>
+  <si>
+    <t>31.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8935</t>
+  </si>
+  <si>
+    <t>Что дешевит интерьера окна Современный дизайн</t>
+  </si>
+  <si>
+    <t>31.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8934</t>
+  </si>
+  <si>
+    <t>Практичное решение для организации кухонных принадлежностей Современный дизайн</t>
+  </si>
+  <si>
+    <t>31.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8925</t>
+  </si>
+  <si>
+    <t>Квартира с элементами востока Современный дизайн</t>
+  </si>
+  <si>
+    <t>31.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8924</t>
+  </si>
+  <si>
+    <t>Влияние краски на размер вашей комнаты Современный дизайн</t>
+  </si>
+  <si>
+    <t>31.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8914</t>
+  </si>
+  <si>
+    <t>Обновленная квартира 80 кв. м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>31.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8913</t>
+  </si>
+  <si>
+    <t>Идеальный интерьер Современный дизайн</t>
+  </si>
+  <si>
+    <t>31.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8906</t>
+  </si>
+  <si>
+    <t>Очень уютная кухня-гостиная с камином Современный дизайн</t>
+  </si>
+  <si>
+    <t>30.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8905</t>
+  </si>
+  <si>
+    <t>Планировка квартиры-студии. Современный дизайн</t>
+  </si>
+  <si>
+    <t>30.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8904</t>
+  </si>
+  <si>
+    <t>Меньше уборки, больше удобства: советы для прихожей Современный дизайн</t>
+  </si>
+  <si>
+    <t>30.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8899</t>
+  </si>
+  <si>
+    <t>Однушка. Как Вам? Современный дизайн</t>
+  </si>
+  <si>
+    <t>30.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8898</t>
+  </si>
+  <si>
+    <t>Хорошее решение для семей с маленькими детьми Современный дизайн</t>
+  </si>
+  <si>
+    <t>30.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8888</t>
+  </si>
+  <si>
+    <t>Свобода пространства с подвесной кухней Современный дизайн</t>
+  </si>
+  <si>
+    <t>30.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8881</t>
+  </si>
+  <si>
+    <t>Дизайн кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>29.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8880</t>
+  </si>
+  <si>
+    <t>Детская комната на мансарде Современный дизайн</t>
+  </si>
+  <si>
+    <t>29.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8879</t>
+  </si>
+  <si>
+    <t>Хорошее решение для маленькой кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>29.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8875</t>
+  </si>
+  <si>
+    <t>Интерьер ванной Современный дизайн</t>
+  </si>
+  <si>
+    <t>29.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8874</t>
+  </si>
+  <si>
+    <t>Ремонт, чтобы меньше убираться Современный дизайн</t>
+  </si>
+  <si>
+    <t>29.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8869</t>
+  </si>
+  <si>
+    <t>29.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8868</t>
+  </si>
+  <si>
+    <t>Монтаж зеркального панно Современный дизайн</t>
+  </si>
+  <si>
+    <t>29.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8865</t>
+  </si>
+  <si>
+    <t>28.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8864</t>
+  </si>
+  <si>
+    <t>Цвета в интерьере, которые смотрятся дорого Современный дизайн</t>
+  </si>
+  <si>
+    <t>28.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8863</t>
+  </si>
+  <si>
+    <t>Дизайн, выполненный в светлых оттенках Современный дизайн</t>
+  </si>
+  <si>
+    <t>28.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8856</t>
+  </si>
+  <si>
+    <t>Невероятная квартира Современный дизайн</t>
+  </si>
+  <si>
+    <t>28.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8855</t>
+  </si>
+  <si>
+    <t>Необычная квартира в стиле ретро Современный дизайн</t>
+  </si>
+  <si>
+    <t>28.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8850</t>
+  </si>
+  <si>
+    <t>Подборка кухонь в скандинавском стиле Современный дизайн</t>
+  </si>
+  <si>
+    <t>28.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8849</t>
+  </si>
+  <si>
+    <t>Трендовый цвет краски для стен Современный дизайн</t>
+  </si>
+  <si>
+    <t>28.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8844</t>
+  </si>
+  <si>
+    <t>Стиль прованс в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>27.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8843</t>
+  </si>
+  <si>
+    <t>Шикарная реализация проекта в стиле неоклассики Современный дизайн</t>
+  </si>
+  <si>
+    <t>27.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8842</t>
+  </si>
+  <si>
+    <t>Крутая дизайнерская идея с котоходом Современный дизайн</t>
+  </si>
+  <si>
+    <t>27.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8838</t>
+  </si>
+  <si>
+    <t>Вариации барных стоек Современный дизайн</t>
+  </si>
+  <si>
+    <t>27.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8837</t>
+  </si>
+  <si>
+    <t>Обзор квартиры 90 кв.м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>27.12.25 11:01</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8836</t>
+  </si>
+  <si>
+    <t>❗️Худший способ провести новый год – сидеть дома В праздничные дни даже унылые города превращаются в зимнюю сказку с кучей бесплатных концертов, красивых локаций и мероприятий для отдыха. Вы знали, что в каждом городе откроется резиденция Деда мороза? В курсе, что в кино будут бесплатно крутить "Один дома", "Иронию судьбы" и другие новогодние фильмы? Таких развлечений – сотни, а чтобы их не пропустить, сохраните канал своего города: — Москва: @mosru — Питер: @spbru — Абакан: @abakanru — Ангарск: @angarskru — Архангельск: @arhangelskru — Астрахань: @astrahanru — Барнаул: @barnru — Балашиха: @balru — Белгород: @belgoru — Бийск: @biyskru — Благовещенск: @blagovru — Братск: @bratskru — Брянск: @bryanskru — Великий Новгород: @velnovru — Владивосток: @vladru — Владимир: @vladimirru — Волгоград: @volgogru — Воронеж: @voronezhru — Вологда: @vologdaru — Волжский: @volzhru — Екатеринбург: @ekatru — Ижевск: @izhevskru — Иркутск: @irkutskru — Иваново: @ivanovoru — Йошкар-Ола: @ioshkarolaru — Казань: @kazanru — Калининград: @kalininru — Калуга: @kalugaru — Камчатка: @kamchatkaru — Кемерово: @kemerovoru — Киров: @kirovru — Краснодар: @krasnodaru — Красноярск: @kyarskru — Комсомольск-на-Амуре: @komsru — Королёв: @korolevru — Кострома: @kostromaru — Крым: @crimearu — Курск: @kurskru — Курган: @kurganru — Липецк: @lipetskru — Люберцы: @lyubru — Магнитогорск: @magnitru — Махачкала: @mahru — Мурманск: @murmru — Набережные Челны: @chelnyru — Нальчик: @nalchikru — Нижневартовск: @nizvartru — Нижнекамск: @kamskru — Нижний Новгород: @nnovru — Нижний Тагил: @ntagilru — Новокузнецк: @novokuzru — Новосибирск: @novosibru — Новороссийск: @novru — Омск: @omskru — Оренбург: @orenbru — Орёл: @orelru — Орск: @orskru — Пенза: @penzaru — Пермь: @permru — Петрозаводск: @petru — Подольск: @podolskru — Псков: @pskovru — Рязань: @ryazanru — Ростов-на-Дону: @rostovru — Самара: @samaru — Саратов: @saratovru — Саранск: @saranskru — Сахалин: @sahalinru — Сочи: @sochiru — Ставрополь: @stavru — Стерлитамак: @steru — Старый Оскол: @oskolru — Сургут и ХМАО: @surgutru — Смоленск: @smolru — Сыктывкар: @sktwkaru — Таганрог: @taganru — Тамбов: @tambovru — Тольятти: @tolru — Тула: @tularu — Томск: @tomskru — Тюмень: @tumru — Тверь: @tveru — Ульяновск: @ulru — Уссурийск: @usru — Уфа: @ufaru — Улан-Удэ: @ulanuderu — Хабаровск: @habru — Химки: @himkiru — Челябинск: @chelru — Чебоксары: @chebru — Череповец: @cherepru — Чита: @chitaru — Шахты: @shahtiru — Энгельс: @engru — Ярославль: @yaroslavlru — Якутск: @yakutskru Экономика: @ruseconomica Другой город: @rusru</t>
+  </si>
+  <si>
+    <t>27.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8832</t>
+  </si>
+  <si>
+    <t>Дизайн интерьера для флегматика Современный дизайн</t>
+  </si>
+  <si>
+    <t>27.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8831</t>
+  </si>
+  <si>
+    <t>Современный русский стиль в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>27.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8826</t>
+  </si>
+  <si>
+    <t>Интерьер в стиле арт-деко Современный дизайн</t>
+  </si>
+  <si>
+    <t>26.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8825</t>
+  </si>
+  <si>
+    <t>Красивые, но неудобные решения в ванной комнате Современный дизайн</t>
+  </si>
+  <si>
+    <t>26.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8824</t>
+  </si>
+  <si>
+    <t>Стол из эпоксидной смолы Современный дизайн</t>
+  </si>
+  <si>
+    <t>26.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8820</t>
+  </si>
+  <si>
+    <t>Дизайн квартир для меланхоликов Современный дизайн</t>
+  </si>
+  <si>
+    <t>26.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8819</t>
+  </si>
+  <si>
+    <t>Обзор квартиры в стиле хай тек Современный дизайн</t>
+  </si>
+  <si>
+    <t>26.12.25 09:34</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8815</t>
+  </si>
+  <si>
+    <t>Интерьер для холериков Современный дизайн</t>
+  </si>
+  <si>
+    <t>26.12.25 08:00</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8814</t>
+  </si>
+  <si>
+    <t>Обзор ванной Современный дизайн</t>
+  </si>
+  <si>
+    <t>26.12.25 07:00</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8813</t>
+  </si>
+  <si>
+    <t>❗️Cрочно нужны дизайнеры без опыта. Обучим сами с нуля. Покажем, как без опыта и знаний заработать первые деньги. Для вас: ✔️ Возможность работать удаленно; ✔️ График выбираете сами; ✔️ зарплата для новичков от 100 000 руб/мес (уже во время обучения) Совмещать можно с чем угодно. Продавать или привлекать куда-то людей не нужно. Опыт, талант и навыки рисования не требуются! Нужно создавать дизайн интерьера для жилых и коммерческих помещений. Обучаться может каждый, в любом возрасте с нулевыми навыками владения компьютером. Если хотите попробовать себя в одной из самых востребованных профессий в 2026 году, то это ваш шанс! Регистрируйтесь на бесплатный мастер-класс “Как стать дизайнером интерьера и выйти на 200 000 руб/мес”: Регистрация на мастер-класс по ссылке - https://school-design-interior.ru/mk-tg?utm_source=telegram&amp;utm_medium=admin&amp;utm_campaign=mkoldgroup1_2412125&amp;utm_content=W1LI2nnVLeZkZGUy&amp;utm_term=p1sknew&amp;erid=2VtzqvwVC7L Платить ничего не нужно, доступ к материалу дается бесплатно. Единственное - регистрация закроется, когда наберем нужное количество участников.</t>
+  </si>
+  <si>
+    <t>26.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8809</t>
+  </si>
+  <si>
+    <t>Примеры компактных детских комнат Современный дизайн</t>
+  </si>
+  <si>
+    <t>25.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8804</t>
+  </si>
+  <si>
+    <t>Интерьер с акцентным диваном Современный дизайн</t>
+  </si>
+  <si>
+    <t>25.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8803</t>
+  </si>
+  <si>
+    <t>25.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8797</t>
+  </si>
+  <si>
+    <t>25.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8796</t>
+  </si>
+  <si>
+    <t>Обзор квартиры 40 кв.м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>25.12.25 08:16</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8786</t>
+  </si>
+  <si>
+    <t>Дизайн дома Современный дизайн</t>
+  </si>
+  <si>
+    <t>25.12.25 07:16</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8785</t>
+  </si>
+  <si>
+    <t>В России до 11 января можно посетить спектакли и цирк бесплатно. Министерство культуры утвердило план бесплатных, культурно-досуговых мероприятий на новогодние праздники. Забронировать билеты можно по ссылке на город 👇 • Москва • Питер • Волгоград • Воронеж • Екатеринбург • Ижевск • Краснодар • Казань • Красноярск • Калининград • Кемерово • Новосибирск • Ниж. Новгород • Омск • Пермь • Ростов на Дону • Самара • Саратов • Сочи • Тюмень • Уфа • Челябинск • Ярославль</t>
+  </si>
+  <si>
+    <t>25.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8781</t>
+  </si>
+  <si>
+    <t>24.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8776</t>
+  </si>
+  <si>
+    <t>Терракотовый цвет в интерьере Современный дизайн</t>
+  </si>
+  <si>
+    <t>24.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8775</t>
+  </si>
+  <si>
+    <t>Этот светлый интерьер спальни идеально подходит для создания умиротворенной обстановки, где можно отдохнуть и забыть о повседневных заботах Современный дизайн</t>
+  </si>
+  <si>
+    <t>24.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8766</t>
+  </si>
+  <si>
+    <t>Квартира студия квадратной планировки. Метраж: 32 кв. м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>24.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8765</t>
+  </si>
+  <si>
+    <t>Интерьер в нежных оттенках Современный дизайн</t>
+  </si>
+  <si>
+    <t>24.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8760</t>
+  </si>
+  <si>
+    <t>Неоклассический интерьер Современный дизайн</t>
+  </si>
+  <si>
+    <t>24.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8759</t>
+  </si>
+  <si>
+    <t>Студия оформлена в светлой цветовой гамме, что придает ей воздушность и яркость. Современный дизайн</t>
+  </si>
+  <si>
+    <t>24.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8754</t>
+  </si>
+  <si>
+    <t>Детская комната оформлена в нежных и приглушенных оттенках пастельно розового цвета, создавая атмосферу мягкости и нежности Современный дизайн</t>
+  </si>
+  <si>
+    <t>23.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8747</t>
+  </si>
+  <si>
+    <t>Дизайн интерьера в английском стиле Современный дизайн</t>
+  </si>
+  <si>
+    <t>23.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8746</t>
+  </si>
+  <si>
+    <t>Идеальное приспособление в любой ванной комнате Современный дизайн</t>
+  </si>
+  <si>
+    <t>23.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8737</t>
+  </si>
+  <si>
+    <t>23.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8732</t>
+  </si>
+  <si>
+    <t>Одним из ключевых решений было перемещение спальной зоны на место прихожей, что освободило дополнительное пространство для общей жилой площади. Современный дизайн</t>
+  </si>
+  <si>
+    <t>23.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8731</t>
+  </si>
+  <si>
+    <t>Идеальная зона кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>23.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8723</t>
+  </si>
+  <si>
+    <t>22.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8714</t>
+  </si>
+  <si>
+    <t>Элементы декора из мозаики Современный дизайн</t>
+  </si>
+  <si>
+    <t>22.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8713</t>
+  </si>
+  <si>
+    <t>Обзор гардеробной Современный дизайн</t>
+  </si>
+  <si>
+    <t>22.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8709</t>
+  </si>
+  <si>
+    <t>Интерьер детской Современный дизайн</t>
+  </si>
+  <si>
+    <t>22.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8708</t>
+  </si>
+  <si>
+    <t>Современный душ со стильным дизайном Современный дизайн</t>
+  </si>
+  <si>
+    <t>22.12.25 12:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8707</t>
+  </si>
+  <si>
+    <t>⚡️ В телеграме появился бот, который может рассчитать стоимость ремонта всего за 60 секунд ⚡️ Какие параметры учитывает бот? — Тип ремонта: косметический или капитальный — Класс ремонта: комфорт или бизнес — Тип жилья: вторичка или первичка — Метраж Попробуйте сами: @remont_kalculator_bot 🔥 Если вы только начинаете ремонт, рекомендую этот канал. Там только актуальная информация: сколько стоит ремонт в 2025 году, как сэкономить на ремонте, с чего начать ремонт и др. Рекомендую подписаться: @domeoru 📌</t>
+  </si>
+  <si>
+    <t>22.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8700</t>
+  </si>
+  <si>
+    <t>22.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8699</t>
+  </si>
+  <si>
+    <t>Функциональная прихожая Современный дизайн</t>
+  </si>
+  <si>
+    <t>22.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8695</t>
+  </si>
+  <si>
+    <t>Квартира в стиле джапанди Современный дизайн</t>
+  </si>
+  <si>
+    <t>21.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8688</t>
+  </si>
+  <si>
+    <t>Вариант новогоднего декора Современный дизайн</t>
+  </si>
+  <si>
+    <t>21.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8687</t>
+  </si>
+  <si>
+    <t>Маленькая и уютная кухня-гостиная Современный дизайн</t>
+  </si>
+  <si>
+    <t>21.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8681</t>
+  </si>
+  <si>
+    <t>Светлая кухня, подробно о размерах Современный дизайн</t>
+  </si>
+  <si>
+    <t>21.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8680</t>
+  </si>
+  <si>
+    <t>Роскошный дизайн загородного дома для большой семьи Современный дизайн</t>
+  </si>
+  <si>
+    <t>21.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8671</t>
+  </si>
+  <si>
+    <t>21.12.25 08:25</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8670</t>
+  </si>
+  <si>
+    <t>Поел оливье. Сходил на ёлку. Посмотрел «Иронию судьбы». Примерно так 96% россиян проводят новогодние праздники. А потом неделю валяются дома, доедают салаты и жалуются, что в городе делать нечего. Хотя прямо под носом – сотни развлечений, за которые вообще не нужно платить. Кафешки, где можно бесплатно выпить глинтвейн. Кинотеатры с бесплатным просмотром новогодних фильмов. Ярмарки, фестивали, уличные концерты и фотозозоны. 🎄Если хотите классно провести зимние праздники, не потратив кучу денег, выбирайте свой город и будьте в курсе всех событий: — Москва: @mosru — Питер: @spbru — Абакан: @abakanru — Ангарск: @angarskru — Архангельск: @arhangelskru — Астрахань: @astrahanru — Барнаул: @barnru — Балашиха: @balru — Белгород: @belgoru — Бийск: @biyskru — Благовещенск: @blagovru — Братск: @bratskru — Брянск: @bryanskru — Великий Новгород: @velnovru — Владивосток: @vladru — Владимир: @vladimirru — Волгоград: @volgogru — Воронеж: @voronezhru — Вологда: @vologdaru — Волжский: @volzhru — Екатеринбург: @ekatru — Ижевск: @izhevskru — Иркутск: @irkutskru — Иваново: @ivanovoru — Йошкар-Ола: @ioshkarolaru — Казань: @kazanru — Калининград: @kalininru — Калуга: @kalugaru — Камчатка: @kamchatkaru — Кемерово: @kemerovoru — Киров: @kirovru — Краснодар: @krasnodaru — Красноярск: @kyarskru — Комсомольск-на-Амуре: @komsru — Королёв: @korolevru — Кострома: @kostromaru — Крым: @crimearu — Курск: @kurskru — Курган: @kurganru — Липецк: @lipetskru — Люберцы: @lyubru — Магнитогорск: @magnitru — Махачкала: @mahru — Мурманск: @murmru — Набережные Челны: @chelnyru — Нальчик: @nalchikru — Нижневартовск: @nizvartru — Нижнекамск: @kamskru — Нижний Новгород: @nnovru — Нижний Тагил: @ntagilru — Новокузнецк: @novokuzru — Новосибирск: @novosibru — Новороссийск: @novru — Омск: @omskru — Оренбург: @orenbru — Орёл: @orelru — Орск: @orskru — Пенза: @penzaru — Пермь: @permru — Петрозаводск: @petru — Подольск: @podolskru — Прокопьевск: @prokopru — Псков: @pskovru — Рязань: @ryazanru — Ростов-на-Дону: @rostovru — Самара: @samaru — Саратов: @saratovru — Саранск: @saranskru — Сахалин: @sahalinru — Сочи: @sochiru — Ставрополь: @stavru — Стерлитамак: @steru — Старый Оскол: @oskolru — Сургут и ХМАО: @surgutru — Смоленск: @smolru — Сыктывкар: @sktwkaru — Таганрог: @taganru — Тамбов: @tambovru — Тольятти: @tolru — Тула: @tularu — Томск: @tomskru — Тюмень: @tumru — Тверь: @tveru — Ульяновск: @ulru — Уссурийск: @usru — Уфа: @ufaru — Улан-Удэ: @ulanuderu — Хабаровск: @habru — Химки: @himkiru — Челябинск: @chelru — Чебоксары: @chebru — Череповец: @cherepru — Чита: @chitaru — Шахты: @shahtiru — Энгельс: @engru — Ярославль: @yaroslavlru — Якутск: @yakutskru Другой город: @rusru</t>
+  </si>
+  <si>
+    <t>21.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8669</t>
+  </si>
+  <si>
+    <t>21.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8660</t>
+  </si>
+  <si>
+    <t>Шикарная студия Современный дизайн</t>
+  </si>
+  <si>
+    <t>20.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8651</t>
+  </si>
+  <si>
+    <t>Квартира 75м² в современном стиле Современный дизайн</t>
+  </si>
+  <si>
+    <t>20.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8650</t>
+  </si>
+  <si>
+    <t>Очень стильный вариант санузла Современный дизайн</t>
+  </si>
+  <si>
+    <t>20.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8646</t>
+  </si>
+  <si>
+    <t>Невероятная красота Современный дизайн</t>
+  </si>
+  <si>
+    <t>20.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8645</t>
+  </si>
+  <si>
+    <t>Офис + Спальня + Гостиная Современный дизайн</t>
+  </si>
+  <si>
+    <t>20.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8637</t>
+  </si>
+  <si>
+    <t>Универсальный интерьер детской, который не утратит своей функциональности сквозь года. Современный дизайн</t>
+  </si>
+  <si>
+    <t>20.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8627</t>
+  </si>
+  <si>
+    <t>Квартира 112 м² для семьи с детьми Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8621</t>
+  </si>
+  <si>
+    <t>Необычный дизайн квартиры Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8620</t>
+  </si>
+  <si>
+    <t>Обзор трехкомнатной студии Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8616</t>
+  </si>
+  <si>
+    <t>Дизайн светлого санузла Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8615</t>
+  </si>
+  <si>
+    <t>Ванная комната Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8606</t>
+  </si>
+  <si>
+    <t>Квартира, выполненная в темной цветовой гамме. Метраж: 170 кв.м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8605</t>
+  </si>
+  <si>
+    <t>Светлые оттенки, правильно расставленные акценты и декор, создают уютную и приятную атмосферу. Современный дизайн</t>
+  </si>
+  <si>
+    <t>19.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8598</t>
+  </si>
+  <si>
+    <t>Детская комната Современный дизайн</t>
+  </si>
+  <si>
+    <t>18.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8597</t>
+  </si>
+  <si>
+    <t>Обзор дизайна детской комнаты Современный дизайн</t>
+  </si>
+  <si>
+    <t>18.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8596</t>
+  </si>
+  <si>
+    <t>18.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8595</t>
+  </si>
+  <si>
+    <t>Дизайн квартиры-студии Современный дизайн</t>
+  </si>
+  <si>
+    <t>18.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8594</t>
+  </si>
+  <si>
+    <t>Мастер-спальня Современный дизайн</t>
+  </si>
+  <si>
+    <t>18.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8592</t>
+  </si>
+  <si>
+    <t>Интерьер дома в стиле Джеки Кеннеди Современный дизайн</t>
+  </si>
+  <si>
+    <t>18.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8591</t>
+  </si>
+  <si>
+    <t>Домашняя прачечная Современный дизайн</t>
+  </si>
+  <si>
+    <t>18.12.25 07:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8585</t>
+  </si>
+  <si>
+    <t>Когда проект требует не просто красивого пола, а решения на десятилетия, выбор очевиден — Quartz Parquet. Это натуральный шпон ценных пород дерева на устойчивой SPC-основе, которая не боится влаги, перепадов температур и времени. Вы получаете тактильность дерева — и при этом прочность камня. ◾Совместимость с тёплыми полами. ◾ Укладка без порогов до 144 м². ◾Стабильная геометрия в любых условиях. 📎Узнайте больше и подберите идеальный оттенок под свой проект — здесь. Quartz Parquet — когда красота работает так же безупречно, как выглядит.</t>
+  </si>
+  <si>
+    <t>18.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8584</t>
+  </si>
+  <si>
+    <t>17.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8583</t>
+  </si>
+  <si>
+    <t>Чудесная гостиная, совмещенная с обеденной зоной Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8582</t>
+  </si>
+  <si>
+    <t>Как обустроить гардеробную своими руками Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8581</t>
+  </si>
+  <si>
+    <t>Практичная кухня с газом 6 м² в старом доме Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8575</t>
+  </si>
+  <si>
+    <t>17.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8574</t>
+  </si>
+  <si>
+    <t>Интересный вариант детской на мансардном этаже Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8573</t>
+  </si>
+  <si>
+    <t>Кухня в стиле лофт с барной стойкой Современный дизайн</t>
+  </si>
+  <si>
+    <t>17.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8565</t>
+  </si>
+  <si>
+    <t>В оформлении данного жилья была выбрана спокойная и нейтральная цветовая гамма, которая способствует созданию приятной атмосферы для отдыха Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8564</t>
+  </si>
+  <si>
+    <t>Простота и гармония в дизайне Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8563</t>
+  </si>
+  <si>
+    <t>Решения для вашего дома Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8562</t>
+  </si>
+  <si>
+    <t>Идеальная планировка однушки Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8561</t>
+  </si>
+  <si>
+    <t>До/после Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.12.25 10:05</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8557</t>
+  </si>
+  <si>
+    <t>16.12.25 09:05</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8556</t>
+  </si>
+  <si>
+    <t>👩🏻 Совет женщинам: изучайте нейросети в 2025 году На видео многодетная мама. Нейросети экономят ей минимум 5 часов в день — помогают с уроками для детей, с работой, делают красивые фото, будто сходила на фотосессию. БЕЗ знания английского и специальных навыков. Все по готовым пошаговым инструкциям — идеально подойдет для женщин от 25 до 60 лет. Чтобы быстро разобраться, читайте канал Наталии Ивановой. Она простым языком рассказывает, как освоить нейросети бесплатно с нуля — освободить свое время от рутины и сделать красивые фото или видео уже через 5 минут. 👇🏻 Чтобы узнать, как применять нейросети в жизни и работе, подписывайтесь на канал по ссылке: https://t.me/+9EQyRkr5ZsQyNjdi Реклама. Erid: 2Vtzqvs5Y3k ИП Иванова Н. А. ИНН 166013703700</t>
+  </si>
+  <si>
+    <t>16.12.25 06:05</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8555</t>
+  </si>
+  <si>
+    <t>Темная кухня Современный дизайн</t>
+  </si>
+  <si>
+    <t>16.12.25 05:05</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8554</t>
+  </si>
+  <si>
+    <t>❗️Cрочно нужны дизайнеры без опыта. Обучим сами с нуля. Покажем, как без опыта и знаний заработать первые деньги. Для вас: ✔️ Возможность работать удаленно; ✔️ График выбираете сами; ✔️ зарплата для новичков от 100 000 руб/мес (уже во время обучения) Совмещать можно с чем угодно. Продавать или привлекать куда-то людей не нужно. Опыт, талант и навыки рисования не требуются! Нужно создавать дизайн интерьера для жилых и коммерческих помещений. Обучаться может каждый, в любом возрасте с нулевыми навыками владения компьютером. Если хотите попробовать себя в одной из самых востребованных профессий в 2026 году, то это ваш шанс! Регистрируйтесь на бесплатный мастер-класс “Как стать дизайнером интерьера и выйти на 200 000 руб/мес”: Регистрация на мастер-класс по ссылке - https://school-design-interior.ru/mk-tg?utm_source=telegram&amp;utm_medium=admin&amp;utm_campaign=mkoldgroup1_161225&amp;utm_content=W1LI2nnVLeZkZGUy&amp;utm_term=p1sknew&amp;erid=2VtzqvE8txr Платить ничего не нужно, доступ к материалу дается бесплатно. Единственное - регистрация закроется, когда наберем нужное количество участников.</t>
+  </si>
+  <si>
+    <t>16.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8547</t>
+  </si>
+  <si>
+    <t>15.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8541</t>
+  </si>
+  <si>
+    <t>15.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8540</t>
+  </si>
+  <si>
+    <t>Простой способ сделать интерьер визуально дороже Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8533</t>
+  </si>
+  <si>
+    <t>Интерьер квартиры-студии в темных тонах Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8532</t>
+  </si>
+  <si>
+    <t>Потайная кухня Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8527</t>
+  </si>
+  <si>
+    <t>Невероятно красивый проект кухни Современный дизайн</t>
+  </si>
+  <si>
+    <t>15.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8526</t>
+  </si>
+  <si>
+    <t>15.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8520</t>
+  </si>
+  <si>
+    <t>Комната в комуналке 14 кв.м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8511</t>
+  </si>
+  <si>
+    <t>Двухуровневая квартира Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8510</t>
+  </si>
+  <si>
+    <t>14.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8500</t>
+  </si>
+  <si>
+    <t>Новогоднее настроение в квартире Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8499</t>
+  </si>
+  <si>
+    <t>Обзор идеальной прихожей. Метраж: 6,5 кв.м. Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8489</t>
+  </si>
+  <si>
+    <t>Уютнейшая евродвушка Современный дизайн</t>
+  </si>
+  <si>
+    <t>14.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8480</t>
+  </si>
+  <si>
+    <t>Минималистичная спальня Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8470</t>
+  </si>
+  <si>
+    <t>Интерьер детской . Ярко-зеленый оттенок поможет создать атмосферу спокойствия и уюта в детской комнате Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8469</t>
+  </si>
+  <si>
+    <t>Дизайнерский ремонт квартиры Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8462</t>
+  </si>
+  <si>
+    <t>Шикарный интерьер комнаты. Сделан в спокойных и натуральных оттенках. Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8461</t>
+  </si>
+  <si>
+    <t>13.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8453</t>
+  </si>
+  <si>
+    <t>Интерьер однокомнатной квартиры, выполненный в стиле современной классики Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8452</t>
+  </si>
+  <si>
+    <t>Атмосферная спальня с изумительным выходом на лоджию Современный дизайн</t>
+  </si>
+  <si>
+    <t>13.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8443</t>
+  </si>
+  <si>
+    <t>Потрясающий двухэтажный микролофт Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8437</t>
+  </si>
+  <si>
+    <t>Гардеробная за кроватью. Как Вам такое решение? Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8428</t>
+  </si>
+  <si>
+    <t>Двушка с дизайнерским ремонтом Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8427</t>
+  </si>
+  <si>
+    <t>Самый функциональный санузел с небольшой площадью Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.12.25 09:32</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8417</t>
+  </si>
+  <si>
+    <t>Удалось разработать уютный дизайн с уклоном в эстетику, обеспечивающий комфортное проживание Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.12.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8416</t>
+  </si>
+  <si>
+    <t>Современная кухня Современный дизайн</t>
+  </si>
+  <si>
+    <t>12.12.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8407</t>
+  </si>
+  <si>
+    <t>Акцент на геометрию придает современность этому пространству Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.12.25 18:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8404</t>
+  </si>
+  <si>
+    <t>Уютная ванная комната Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.12.25 16:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8403</t>
+  </si>
+  <si>
+    <t>Грамотная планировка маленькой комнаты Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.12.25 14:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8393</t>
+  </si>
+  <si>
+    <t>Квартира оформлена в современном стиле с элементами минимализма Современный дизайн</t>
+  </si>
+  <si>
+    <t>11.12.25 13:12</t>
+  </si>
+  <si>
+    <t>t.me/c/1595544128/8392</t>
+  </si>
+  <si>
+    <t>Преображение двери своими руками Современный дизайн</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4235,51 +6635,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H432"/>
+  <dimension ref="A1:H718"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="3364.464" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -13869,50 +16269,6343 @@
       <c r="G431">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>56581</v>
       </c>
       <c r="B432" t="s">
         <v>1283</v>
       </c>
       <c r="C432" t="s">
         <v>1284</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="E432">
         <v>7344</v>
       </c>
       <c r="F432">
         <v>16</v>
       </c>
       <c r="G432">
         <v>34</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433">
+        <v>79399</v>
+      </c>
+      <c r="B433" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="E433">
+        <v>2250</v>
+      </c>
+      <c r="F433">
+        <v>6</v>
+      </c>
+      <c r="G433">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434">
+        <v>79400</v>
+      </c>
+      <c r="B434" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="E434">
+        <v>3321</v>
+      </c>
+      <c r="F434">
+        <v>21</v>
+      </c>
+      <c r="G434">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435">
+        <v>79401</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E435">
+        <v>4754</v>
+      </c>
+      <c r="F435">
+        <v>16</v>
+      </c>
+      <c r="G435">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436">
+        <v>79402</v>
+      </c>
+      <c r="B436" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="E436">
+        <v>5917</v>
+      </c>
+      <c r="F436">
+        <v>13</v>
+      </c>
+      <c r="G436">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437">
+        <v>79403</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E437">
+        <v>6185</v>
+      </c>
+      <c r="F437">
+        <v>32</v>
+      </c>
+      <c r="G437">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438">
+        <v>79404</v>
+      </c>
+      <c r="B438" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E438">
+        <v>6220</v>
+      </c>
+      <c r="F438">
+        <v>90</v>
+      </c>
+      <c r="G438">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439">
+        <v>79405</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="E439">
+        <v>5922</v>
+      </c>
+      <c r="F439">
+        <v>9</v>
+      </c>
+      <c r="G439">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440">
+        <v>79406</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E440">
+        <v>6565</v>
+      </c>
+      <c r="F440">
+        <v>53</v>
+      </c>
+      <c r="G440">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441">
+        <v>79407</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E441">
+        <v>6532</v>
+      </c>
+      <c r="F441">
+        <v>9</v>
+      </c>
+      <c r="G441">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442">
+        <v>79408</v>
+      </c>
+      <c r="B442" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E442">
+        <v>6670</v>
+      </c>
+      <c r="F442">
+        <v>4</v>
+      </c>
+      <c r="G442">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443">
+        <v>79409</v>
+      </c>
+      <c r="B443" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="E443">
+        <v>6360</v>
+      </c>
+      <c r="F443">
+        <v>8</v>
+      </c>
+      <c r="G443">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444">
+        <v>79410</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="E444">
+        <v>7374</v>
+      </c>
+      <c r="F444">
+        <v>42</v>
+      </c>
+      <c r="G444">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445">
+        <v>79411</v>
+      </c>
+      <c r="B445" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E445">
+        <v>7218</v>
+      </c>
+      <c r="F445">
+        <v>3</v>
+      </c>
+      <c r="G445">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446">
+        <v>79412</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="E446">
+        <v>7328</v>
+      </c>
+      <c r="F446">
+        <v>31</v>
+      </c>
+      <c r="G446">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447">
+        <v>79413</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="E447">
+        <v>6985</v>
+      </c>
+      <c r="F447">
+        <v>20</v>
+      </c>
+      <c r="G447">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448">
+        <v>79414</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="E448">
+        <v>7273</v>
+      </c>
+      <c r="F448">
+        <v>45</v>
+      </c>
+      <c r="G448">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449">
+        <v>79415</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="E449">
+        <v>7195</v>
+      </c>
+      <c r="F449">
+        <v>12</v>
+      </c>
+      <c r="G449">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450">
+        <v>79416</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E450">
+        <v>7643</v>
+      </c>
+      <c r="F450">
+        <v>43</v>
+      </c>
+      <c r="G450">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451">
+        <v>79417</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E451">
+        <v>7969</v>
+      </c>
+      <c r="F451">
+        <v>69</v>
+      </c>
+      <c r="G451">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452">
+        <v>79418</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="E452">
+        <v>7554</v>
+      </c>
+      <c r="F452">
+        <v>25</v>
+      </c>
+      <c r="G452">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453">
+        <v>79419</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E453">
+        <v>7769</v>
+      </c>
+      <c r="F453">
+        <v>73</v>
+      </c>
+      <c r="G453">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454">
+        <v>79420</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E454">
+        <v>7538</v>
+      </c>
+      <c r="F454">
+        <v>70</v>
+      </c>
+      <c r="G454">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455">
+        <v>79421</v>
+      </c>
+      <c r="B455" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="E455">
+        <v>7528</v>
+      </c>
+      <c r="F455">
+        <v>16</v>
+      </c>
+      <c r="G455">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456">
+        <v>79422</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="E456">
+        <v>7764</v>
+      </c>
+      <c r="F456">
+        <v>8</v>
+      </c>
+      <c r="G456">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457">
+        <v>79423</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="E457">
+        <v>7459</v>
+      </c>
+      <c r="F457">
+        <v>26</v>
+      </c>
+      <c r="G457">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458">
+        <v>79424</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E458">
+        <v>7631</v>
+      </c>
+      <c r="F458">
+        <v>7</v>
+      </c>
+      <c r="G458">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459">
+        <v>79425</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E459">
+        <v>7197</v>
+      </c>
+      <c r="F459">
+        <v>14</v>
+      </c>
+      <c r="G459">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460">
+        <v>79426</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E460">
+        <v>7436</v>
+      </c>
+      <c r="F460">
+        <v>30</v>
+      </c>
+      <c r="G460">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461">
+        <v>79427</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E461">
+        <v>7841</v>
+      </c>
+      <c r="F461">
+        <v>20</v>
+      </c>
+      <c r="G461">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462">
+        <v>79428</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E462">
+        <v>7847</v>
+      </c>
+      <c r="F462">
+        <v>25</v>
+      </c>
+      <c r="G462">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463">
+        <v>79429</v>
+      </c>
+      <c r="B463" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E463">
+        <v>8365</v>
+      </c>
+      <c r="F463">
+        <v>24</v>
+      </c>
+      <c r="G463">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464">
+        <v>79430</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E464">
+        <v>8132</v>
+      </c>
+      <c r="F464">
+        <v>15</v>
+      </c>
+      <c r="G464">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465">
+        <v>79431</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E465">
+        <v>7323</v>
+      </c>
+      <c r="F465">
+        <v>24</v>
+      </c>
+      <c r="G465">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466">
+        <v>79432</v>
+      </c>
+      <c r="B466" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E466">
+        <v>7741</v>
+      </c>
+      <c r="F466">
+        <v>3</v>
+      </c>
+      <c r="G466">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467">
+        <v>79433</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E467">
+        <v>7901</v>
+      </c>
+      <c r="F467">
+        <v>190</v>
+      </c>
+      <c r="G467">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468">
+        <v>79434</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E468">
+        <v>8202</v>
+      </c>
+      <c r="F468">
+        <v>27</v>
+      </c>
+      <c r="G468">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469">
+        <v>79435</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E469">
+        <v>8774</v>
+      </c>
+      <c r="F469">
+        <v>93</v>
+      </c>
+      <c r="G469">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470">
+        <v>79436</v>
+      </c>
+      <c r="B470" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E470">
+        <v>8550</v>
+      </c>
+      <c r="F470">
+        <v>33</v>
+      </c>
+      <c r="G470">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471">
+        <v>79437</v>
+      </c>
+      <c r="B471" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E471">
+        <v>9220</v>
+      </c>
+      <c r="F471">
+        <v>152</v>
+      </c>
+      <c r="G471">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472">
+        <v>79438</v>
+      </c>
+      <c r="B472" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E472">
+        <v>8080</v>
+      </c>
+      <c r="F472">
+        <v>12</v>
+      </c>
+      <c r="G472">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473">
+        <v>79439</v>
+      </c>
+      <c r="B473" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E473">
+        <v>8562</v>
+      </c>
+      <c r="F473">
+        <v>31</v>
+      </c>
+      <c r="G473">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474">
+        <v>79440</v>
+      </c>
+      <c r="B474" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E474">
+        <v>8411</v>
+      </c>
+      <c r="F474">
+        <v>52</v>
+      </c>
+      <c r="G474">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475">
+        <v>79441</v>
+      </c>
+      <c r="B475" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E475">
+        <v>8702</v>
+      </c>
+      <c r="F475">
+        <v>15</v>
+      </c>
+      <c r="G475">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476">
+        <v>79442</v>
+      </c>
+      <c r="B476" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E476">
+        <v>9188</v>
+      </c>
+      <c r="F476">
+        <v>55</v>
+      </c>
+      <c r="G476">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477">
+        <v>79443</v>
+      </c>
+      <c r="B477" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E477">
+        <v>8932</v>
+      </c>
+      <c r="F477">
+        <v>29</v>
+      </c>
+      <c r="G477">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478">
+        <v>79444</v>
+      </c>
+      <c r="B478" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E478">
+        <v>9418</v>
+      </c>
+      <c r="F478">
+        <v>24</v>
+      </c>
+      <c r="G478">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479">
+        <v>79445</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="E479">
+        <v>8809</v>
+      </c>
+      <c r="F479">
+        <v>28</v>
+      </c>
+      <c r="G479">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480">
+        <v>79446</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E480">
+        <v>9079</v>
+      </c>
+      <c r="F480">
+        <v>68</v>
+      </c>
+      <c r="G480">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481">
+        <v>79447</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E481">
+        <v>9219</v>
+      </c>
+      <c r="F481">
+        <v>32</v>
+      </c>
+      <c r="G481">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482">
+        <v>79448</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="E482">
+        <v>9096</v>
+      </c>
+      <c r="F482">
+        <v>12</v>
+      </c>
+      <c r="G482">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483">
+        <v>79449</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E483">
+        <v>9536</v>
+      </c>
+      <c r="F483">
+        <v>79</v>
+      </c>
+      <c r="G483">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484">
+        <v>79450</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="E484">
+        <v>9457</v>
+      </c>
+      <c r="F484">
+        <v>107</v>
+      </c>
+      <c r="G484">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485">
+        <v>79451</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="E485">
+        <v>9816</v>
+      </c>
+      <c r="F485">
+        <v>33</v>
+      </c>
+      <c r="G485">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486">
+        <v>79452</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="E486">
+        <v>9021</v>
+      </c>
+      <c r="F486">
+        <v>23</v>
+      </c>
+      <c r="G486">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487">
+        <v>79453</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E487">
+        <v>9533</v>
+      </c>
+      <c r="F487">
+        <v>17</v>
+      </c>
+      <c r="G487">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488">
+        <v>79454</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E488">
+        <v>9090</v>
+      </c>
+      <c r="F488">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489">
+        <v>79455</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="E489">
+        <v>9828</v>
+      </c>
+      <c r="F489">
+        <v>75</v>
+      </c>
+      <c r="G489">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490">
+        <v>79456</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E490">
+        <v>9705</v>
+      </c>
+      <c r="F490">
+        <v>25</v>
+      </c>
+      <c r="G490">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491">
+        <v>79457</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="E491">
+        <v>10049</v>
+      </c>
+      <c r="F491">
+        <v>25</v>
+      </c>
+      <c r="G491">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492">
+        <v>79458</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="E492">
+        <v>10654</v>
+      </c>
+      <c r="F492">
+        <v>34</v>
+      </c>
+      <c r="G492">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493">
+        <v>79459</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E493">
+        <v>10008</v>
+      </c>
+      <c r="F493">
+        <v>15</v>
+      </c>
+      <c r="G493">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494">
+        <v>79460</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E494">
+        <v>10368</v>
+      </c>
+      <c r="F494">
+        <v>71</v>
+      </c>
+      <c r="G494">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495">
+        <v>79461</v>
+      </c>
+      <c r="B495" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E495">
+        <v>9509</v>
+      </c>
+      <c r="F495">
+        <v>27</v>
+      </c>
+      <c r="G495">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496">
+        <v>79462</v>
+      </c>
+      <c r="B496" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E496">
+        <v>10277</v>
+      </c>
+      <c r="F496">
+        <v>30</v>
+      </c>
+      <c r="G496">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497">
+        <v>79463</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E497">
+        <v>9724</v>
+      </c>
+      <c r="F497">
+        <v>17</v>
+      </c>
+      <c r="G497">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498">
+        <v>79464</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E498">
+        <v>10468</v>
+      </c>
+      <c r="F498">
+        <v>39</v>
+      </c>
+      <c r="G498">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499">
+        <v>79465</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E499">
+        <v>10215</v>
+      </c>
+      <c r="F499">
+        <v>19</v>
+      </c>
+      <c r="G499">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500">
+        <v>79466</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E500">
+        <v>10608</v>
+      </c>
+      <c r="F500">
+        <v>62</v>
+      </c>
+      <c r="G500">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501">
+        <v>79467</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E501">
+        <v>9703</v>
+      </c>
+      <c r="F501">
+        <v>22</v>
+      </c>
+      <c r="G501">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502">
+        <v>79468</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E502">
+        <v>10109</v>
+      </c>
+      <c r="F502">
+        <v>56</v>
+      </c>
+      <c r="G502">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503">
+        <v>79469</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E503">
+        <v>9552</v>
+      </c>
+      <c r="F503">
+        <v>5</v>
+      </c>
+      <c r="G503">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504">
+        <v>79470</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E504">
+        <v>9977</v>
+      </c>
+      <c r="F504">
+        <v>47</v>
+      </c>
+      <c r="G504">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505">
+        <v>79471</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E505">
+        <v>10091</v>
+      </c>
+      <c r="F505">
+        <v>19</v>
+      </c>
+      <c r="G505">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506">
+        <v>79472</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E506">
+        <v>10627</v>
+      </c>
+      <c r="F506">
+        <v>27</v>
+      </c>
+      <c r="G506">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507">
+        <v>79473</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E507">
+        <v>10805</v>
+      </c>
+      <c r="F507">
+        <v>26</v>
+      </c>
+      <c r="G507">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508">
+        <v>79474</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E508">
+        <v>10712</v>
+      </c>
+      <c r="F508">
+        <v>79</v>
+      </c>
+      <c r="G508">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509">
+        <v>79475</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E509">
+        <v>10826</v>
+      </c>
+      <c r="F509">
+        <v>30</v>
+      </c>
+      <c r="G509">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510">
+        <v>79476</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E510">
+        <v>10509</v>
+      </c>
+      <c r="F510">
+        <v>55</v>
+      </c>
+      <c r="G510">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511">
+        <v>79477</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E511">
+        <v>10226</v>
+      </c>
+      <c r="F511">
+        <v>25</v>
+      </c>
+      <c r="G511">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512">
+        <v>79478</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E512">
+        <v>10188</v>
+      </c>
+      <c r="F512">
+        <v>19</v>
+      </c>
+      <c r="G512">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513">
+        <v>79479</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E513">
+        <v>10930</v>
+      </c>
+      <c r="F513">
+        <v>68</v>
+      </c>
+      <c r="G513">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514">
+        <v>79480</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E514">
+        <v>10676</v>
+      </c>
+      <c r="F514">
+        <v>31</v>
+      </c>
+      <c r="G514">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515">
+        <v>79481</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E515">
+        <v>10440</v>
+      </c>
+      <c r="F515">
+        <v>8</v>
+      </c>
+      <c r="G515">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516">
+        <v>79482</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E516">
+        <v>9230</v>
+      </c>
+      <c r="F516">
+        <v>13</v>
+      </c>
+      <c r="G516">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517">
+        <v>79483</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E517">
+        <v>9321</v>
+      </c>
+      <c r="F517">
+        <v>66</v>
+      </c>
+      <c r="G517">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518">
+        <v>79484</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E518">
+        <v>8831</v>
+      </c>
+      <c r="F518">
+        <v>34</v>
+      </c>
+      <c r="G518">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519">
+        <v>79485</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E519">
+        <v>9744</v>
+      </c>
+      <c r="F519">
+        <v>11</v>
+      </c>
+      <c r="G519">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520">
+        <v>79486</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E520">
+        <v>9607</v>
+      </c>
+      <c r="F520">
+        <v>53</v>
+      </c>
+      <c r="G520">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521">
+        <v>79487</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E521">
+        <v>9673</v>
+      </c>
+      <c r="F521">
+        <v>20</v>
+      </c>
+      <c r="G521">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522">
+        <v>79488</v>
+      </c>
+      <c r="B522" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E522">
+        <v>10089</v>
+      </c>
+      <c r="F522">
+        <v>18</v>
+      </c>
+      <c r="G522">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523">
+        <v>79489</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E523">
+        <v>10556</v>
+      </c>
+      <c r="F523">
+        <v>25</v>
+      </c>
+      <c r="G523">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524">
+        <v>79490</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="E524">
+        <v>9935</v>
+      </c>
+      <c r="F524">
+        <v>20</v>
+      </c>
+      <c r="G524">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525">
+        <v>79491</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E525">
+        <v>7700</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526">
+        <v>79492</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="E526">
+        <v>9583</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527">
+        <v>79493</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E527">
+        <v>9890</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528">
+        <v>79494</v>
+      </c>
+      <c r="B528" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="E528">
+        <v>9786</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529">
+        <v>79495</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E529">
+        <v>9567</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530">
+        <v>79496</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E530">
+        <v>10184</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531">
+        <v>79497</v>
+      </c>
+      <c r="B531" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E531">
+        <v>9682</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532">
+        <v>79498</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>1562</v>
+      </c>
+      <c r="E532">
+        <v>10483</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533">
+        <v>79499</v>
+      </c>
+      <c r="B533" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E533">
+        <v>10608</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534">
+        <v>79500</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="E534">
+        <v>9852</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535">
+        <v>79501</v>
+      </c>
+      <c r="B535" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E535">
+        <v>10246</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536">
+        <v>79502</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E536">
+        <v>10221</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537">
+        <v>79503</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E537">
+        <v>10383</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538">
+        <v>79504</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E538">
+        <v>10657</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539">
+        <v>79505</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E539">
+        <v>10988</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540">
+        <v>79506</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E540">
+        <v>10192</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541">
+        <v>79507</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E541">
+        <v>10324</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542">
+        <v>79508</v>
+      </c>
+      <c r="B542" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="E542">
+        <v>9886</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543">
+        <v>79509</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="E543">
+        <v>10377</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544">
+        <v>79510</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E544">
+        <v>10833</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545">
+        <v>79511</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="E545">
+        <v>11007</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546">
+        <v>79512</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="E546">
+        <v>11122</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547">
+        <v>79513</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="E547">
+        <v>10720</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548">
+        <v>79514</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E548">
+        <v>10584</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549">
+        <v>79515</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E549">
+        <v>9695</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550">
+        <v>79516</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E550">
+        <v>10580</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551">
+        <v>79517</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1614</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="E551">
+        <v>9884</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552">
+        <v>79518</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E552">
+        <v>10656</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553">
+        <v>79519</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E553">
+        <v>10464</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554">
+        <v>79520</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E554">
+        <v>11273</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555">
+        <v>79521</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E555">
+        <v>10463</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556">
+        <v>79522</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="E556">
+        <v>10959</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557">
+        <v>79523</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="E557">
+        <v>9992</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558">
+        <v>79524</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="E558">
+        <v>10493</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559">
+        <v>79525</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="E559">
+        <v>10014</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560">
+        <v>79526</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="E560">
+        <v>10349</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561">
+        <v>79527</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="E561">
+        <v>10822</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562">
+        <v>79528</v>
+      </c>
+      <c r="B562" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E562">
+        <v>10332</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563">
+        <v>79529</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E563">
+        <v>10602</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564">
+        <v>79530</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D564" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E564">
+        <v>9656</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565">
+        <v>79531</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E565">
+        <v>11285</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566">
+        <v>79532</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E566">
+        <v>10541</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567">
+        <v>79533</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E567">
+        <v>11135</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568">
+        <v>79534</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="E568">
+        <v>11012</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569">
+        <v>79535</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E569">
+        <v>10579</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570">
+        <v>79536</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1659</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E570">
+        <v>10696</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571">
+        <v>79537</v>
+      </c>
+      <c r="B571" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="E571">
+        <v>10971</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572">
+        <v>79538</v>
+      </c>
+      <c r="B572" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="E572">
+        <v>11085</v>
+      </c>
+      <c r="F572">
+        <v>22</v>
+      </c>
+      <c r="G572">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573">
+        <v>79539</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E573">
+        <v>10607</v>
+      </c>
+      <c r="F573">
+        <v>32</v>
+      </c>
+      <c r="G573">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574">
+        <v>79540</v>
+      </c>
+      <c r="B574" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E574">
+        <v>9998</v>
+      </c>
+      <c r="F574">
+        <v>20</v>
+      </c>
+      <c r="G574">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575">
+        <v>79541</v>
+      </c>
+      <c r="B575" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="E575">
+        <v>8951</v>
+      </c>
+      <c r="F575">
+        <v>11</v>
+      </c>
+      <c r="G575">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576">
+        <v>79542</v>
+      </c>
+      <c r="B576" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E576">
+        <v>9162</v>
+      </c>
+      <c r="F576">
+        <v>53</v>
+      </c>
+      <c r="G576">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577">
+        <v>79543</v>
+      </c>
+      <c r="B577" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D577" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E577">
+        <v>8921</v>
+      </c>
+      <c r="F577">
+        <v>22</v>
+      </c>
+      <c r="G577">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578">
+        <v>79544</v>
+      </c>
+      <c r="B578" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="E578">
+        <v>8720</v>
+      </c>
+      <c r="F578">
+        <v>6</v>
+      </c>
+      <c r="G578">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579">
+        <v>79545</v>
+      </c>
+      <c r="B579" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E579">
+        <v>9328</v>
+      </c>
+      <c r="F579">
+        <v>23</v>
+      </c>
+      <c r="G579">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580">
+        <v>79546</v>
+      </c>
+      <c r="B580" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D580" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="E580">
+        <v>10016</v>
+      </c>
+      <c r="F580">
+        <v>28</v>
+      </c>
+      <c r="G580">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581">
+        <v>79547</v>
+      </c>
+      <c r="B581" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E581">
+        <v>9456</v>
+      </c>
+      <c r="F581">
+        <v>57</v>
+      </c>
+      <c r="G581">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582">
+        <v>79548</v>
+      </c>
+      <c r="B582" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E582">
+        <v>9471</v>
+      </c>
+      <c r="F582">
+        <v>8</v>
+      </c>
+      <c r="G582">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583">
+        <v>79549</v>
+      </c>
+      <c r="B583" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E583">
+        <v>9720</v>
+      </c>
+      <c r="F583">
+        <v>36</v>
+      </c>
+      <c r="G583">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584">
+        <v>79550</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E584">
+        <v>9622</v>
+      </c>
+      <c r="F584">
+        <v>41</v>
+      </c>
+      <c r="G584">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585">
+        <v>79551</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="E585">
+        <v>10055</v>
+      </c>
+      <c r="F585">
+        <v>72</v>
+      </c>
+      <c r="G585">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586">
+        <v>79552</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E586">
+        <v>10361</v>
+      </c>
+      <c r="F586">
+        <v>13</v>
+      </c>
+      <c r="G586">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587">
+        <v>79553</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E587">
+        <v>9831</v>
+      </c>
+      <c r="F587">
+        <v>23</v>
+      </c>
+      <c r="G587">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588">
+        <v>79554</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1712</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E588">
+        <v>10038</v>
+      </c>
+      <c r="F588">
+        <v>18</v>
+      </c>
+      <c r="G588">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589">
+        <v>79555</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E589">
+        <v>9969</v>
+      </c>
+      <c r="F589">
+        <v>34</v>
+      </c>
+      <c r="G589">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590">
+        <v>79556</v>
+      </c>
+      <c r="B590" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E590">
+        <v>9685</v>
+      </c>
+      <c r="F590">
+        <v>15</v>
+      </c>
+      <c r="G590">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591">
+        <v>79557</v>
+      </c>
+      <c r="B591" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E591">
+        <v>10634</v>
+      </c>
+      <c r="F591">
+        <v>23</v>
+      </c>
+      <c r="G591">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592">
+        <v>79558</v>
+      </c>
+      <c r="B592" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E592">
+        <v>10436</v>
+      </c>
+      <c r="F592">
+        <v>29</v>
+      </c>
+      <c r="G592">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593">
+        <v>79559</v>
+      </c>
+      <c r="B593" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E593">
+        <v>10759</v>
+      </c>
+      <c r="F593">
+        <v>123</v>
+      </c>
+      <c r="G593">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594">
+        <v>79560</v>
+      </c>
+      <c r="B594" t="s">
+        <v>1728</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E594">
+        <v>10236</v>
+      </c>
+      <c r="F594">
+        <v>23</v>
+      </c>
+      <c r="G594">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595">
+        <v>79561</v>
+      </c>
+      <c r="B595" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E595">
+        <v>9547</v>
+      </c>
+      <c r="F595">
+        <v>11</v>
+      </c>
+      <c r="G595">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596">
+        <v>79562</v>
+      </c>
+      <c r="B596" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E596">
+        <v>9728</v>
+      </c>
+      <c r="F596">
+        <v>19</v>
+      </c>
+      <c r="G596">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597">
+        <v>79563</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="E597">
+        <v>9346</v>
+      </c>
+      <c r="F597">
+        <v>22</v>
+      </c>
+      <c r="G597">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598">
+        <v>79564</v>
+      </c>
+      <c r="B598" t="s">
+        <v>1740</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E598">
+        <v>10169</v>
+      </c>
+      <c r="F598">
+        <v>83</v>
+      </c>
+      <c r="G598">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599">
+        <v>79565</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E599">
+        <v>9748</v>
+      </c>
+      <c r="F599">
+        <v>13</v>
+      </c>
+      <c r="G599">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600">
+        <v>79566</v>
+      </c>
+      <c r="B600" t="s">
+        <v>1746</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E600">
+        <v>10697</v>
+      </c>
+      <c r="F600">
+        <v>29</v>
+      </c>
+      <c r="G600">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601">
+        <v>79567</v>
+      </c>
+      <c r="B601" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="E601">
+        <v>9916</v>
+      </c>
+      <c r="F601">
+        <v>51</v>
+      </c>
+      <c r="G601">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602">
+        <v>79568</v>
+      </c>
+      <c r="B602" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E602">
+        <v>9349</v>
+      </c>
+      <c r="F602">
+        <v>30</v>
+      </c>
+      <c r="G602">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603">
+        <v>79569</v>
+      </c>
+      <c r="B603" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E603">
+        <v>9693</v>
+      </c>
+      <c r="F603">
+        <v>14</v>
+      </c>
+      <c r="G603">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604">
+        <v>79570</v>
+      </c>
+      <c r="B604" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D604" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E604">
+        <v>9567</v>
+      </c>
+      <c r="F604">
+        <v>6</v>
+      </c>
+      <c r="G604">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605">
+        <v>79571</v>
+      </c>
+      <c r="B605" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D605" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E605">
+        <v>9007</v>
+      </c>
+      <c r="F605">
+        <v>8</v>
+      </c>
+      <c r="G605">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606">
+        <v>79572</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D606" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E606">
+        <v>9855</v>
+      </c>
+      <c r="F606">
+        <v>15</v>
+      </c>
+      <c r="G606">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607">
+        <v>79573</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D607" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E607">
+        <v>9793</v>
+      </c>
+      <c r="F607">
+        <v>17</v>
+      </c>
+      <c r="G607">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608">
+        <v>79574</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C608" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E608">
+        <v>10648</v>
+      </c>
+      <c r="F608">
+        <v>36</v>
+      </c>
+      <c r="G608">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609">
+        <v>79575</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D609" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E609">
+        <v>10374</v>
+      </c>
+      <c r="F609">
+        <v>81</v>
+      </c>
+      <c r="G609">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610">
+        <v>79576</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C610" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="E610">
+        <v>10129</v>
+      </c>
+      <c r="F610">
+        <v>10</v>
+      </c>
+      <c r="G610">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611">
+        <v>79577</v>
+      </c>
+      <c r="B611" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D611" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E611">
+        <v>10156</v>
+      </c>
+      <c r="F611">
+        <v>26</v>
+      </c>
+      <c r="G611">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612">
+        <v>79578</v>
+      </c>
+      <c r="B612" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D612" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E612">
+        <v>9829</v>
+      </c>
+      <c r="F612">
+        <v>7</v>
+      </c>
+      <c r="G612">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613">
+        <v>79579</v>
+      </c>
+      <c r="B613" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D613" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E613">
+        <v>9846</v>
+      </c>
+      <c r="F613">
+        <v>36</v>
+      </c>
+      <c r="G613">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614">
+        <v>79580</v>
+      </c>
+      <c r="B614" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D614" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E614">
+        <v>10092</v>
+      </c>
+      <c r="F614">
+        <v>10</v>
+      </c>
+      <c r="G614">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615">
+        <v>79581</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D615" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E615">
+        <v>9832</v>
+      </c>
+      <c r="F615">
+        <v>20</v>
+      </c>
+      <c r="G615">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616">
+        <v>79582</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D616" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E616">
+        <v>9728</v>
+      </c>
+      <c r="F616">
+        <v>21</v>
+      </c>
+      <c r="G616">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617">
+        <v>79583</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D617" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E617">
+        <v>9988</v>
+      </c>
+      <c r="F617">
+        <v>7</v>
+      </c>
+      <c r="G617">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618">
+        <v>79584</v>
+      </c>
+      <c r="B618" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D618" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E618">
+        <v>9880</v>
+      </c>
+      <c r="F618">
+        <v>3</v>
+      </c>
+      <c r="G618">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619">
+        <v>79585</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D619" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E619">
+        <v>10030</v>
+      </c>
+      <c r="F619">
+        <v>52</v>
+      </c>
+      <c r="G619">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620">
+        <v>79586</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C620" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D620" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="E620">
+        <v>9242</v>
+      </c>
+      <c r="F620">
+        <v>17</v>
+      </c>
+      <c r="G620">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621">
+        <v>79587</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D621" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="E621">
+        <v>9874</v>
+      </c>
+      <c r="F621">
+        <v>17</v>
+      </c>
+      <c r="G621">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622">
+        <v>79588</v>
+      </c>
+      <c r="B622" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D622" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E622">
+        <v>10166</v>
+      </c>
+      <c r="F622">
+        <v>33</v>
+      </c>
+      <c r="G622">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623">
+        <v>79589</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C623" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D623" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E623">
+        <v>10448</v>
+      </c>
+      <c r="F623">
+        <v>31</v>
+      </c>
+      <c r="G623">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624">
+        <v>79590</v>
+      </c>
+      <c r="B624" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C624" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E624">
+        <v>10389</v>
+      </c>
+      <c r="F624">
+        <v>25</v>
+      </c>
+      <c r="G624">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625">
+        <v>79591</v>
+      </c>
+      <c r="B625" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C625" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D625" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E625">
+        <v>9696</v>
+      </c>
+      <c r="F625">
+        <v>14</v>
+      </c>
+      <c r="G625">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626">
+        <v>79592</v>
+      </c>
+      <c r="B626" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C626" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D626" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E626">
+        <v>10096</v>
+      </c>
+      <c r="F626">
+        <v>36</v>
+      </c>
+      <c r="G626">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627">
+        <v>79593</v>
+      </c>
+      <c r="B627" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C627" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E627">
+        <v>9694</v>
+      </c>
+      <c r="F627">
+        <v>14</v>
+      </c>
+      <c r="G627">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628">
+        <v>79594</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C628" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E628">
+        <v>10105</v>
+      </c>
+      <c r="F628">
+        <v>47</v>
+      </c>
+      <c r="G628">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629">
+        <v>79595</v>
+      </c>
+      <c r="B629" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C629" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="E629">
+        <v>9888</v>
+      </c>
+      <c r="F629">
+        <v>26</v>
+      </c>
+      <c r="G629">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630">
+        <v>79596</v>
+      </c>
+      <c r="B630" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C630" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E630">
+        <v>10206</v>
+      </c>
+      <c r="F630">
+        <v>17</v>
+      </c>
+      <c r="G630">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631">
+        <v>79597</v>
+      </c>
+      <c r="B631" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C631" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E631">
+        <v>10062</v>
+      </c>
+      <c r="F631">
+        <v>24</v>
+      </c>
+      <c r="G631">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632">
+        <v>79598</v>
+      </c>
+      <c r="B632" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E632">
+        <v>10027</v>
+      </c>
+      <c r="F632">
+        <v>54</v>
+      </c>
+      <c r="G632">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633">
+        <v>79599</v>
+      </c>
+      <c r="B633" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C633" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E633">
+        <v>9999</v>
+      </c>
+      <c r="F633">
+        <v>14</v>
+      </c>
+      <c r="G633">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634">
+        <v>79600</v>
+      </c>
+      <c r="B634" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C634" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E634">
+        <v>10352</v>
+      </c>
+      <c r="F634">
+        <v>41</v>
+      </c>
+      <c r="G634">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635">
+        <v>79601</v>
+      </c>
+      <c r="B635" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C635" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E635">
+        <v>10300</v>
+      </c>
+      <c r="F635">
+        <v>6</v>
+      </c>
+      <c r="G635">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636">
+        <v>79602</v>
+      </c>
+      <c r="B636" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C636" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E636">
+        <v>10293</v>
+      </c>
+      <c r="F636">
+        <v>7</v>
+      </c>
+      <c r="G636">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637">
+        <v>79603</v>
+      </c>
+      <c r="B637" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C637" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E637">
+        <v>10368</v>
+      </c>
+      <c r="F637">
+        <v>49</v>
+      </c>
+      <c r="G637">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638">
+        <v>79604</v>
+      </c>
+      <c r="B638" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C638" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E638">
+        <v>9749</v>
+      </c>
+      <c r="F638">
+        <v>9</v>
+      </c>
+      <c r="G638">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639">
+        <v>79605</v>
+      </c>
+      <c r="B639" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C639" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>1860</v>
+      </c>
+      <c r="E639">
+        <v>10134</v>
+      </c>
+      <c r="F639">
+        <v>97</v>
+      </c>
+      <c r="G639">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640">
+        <v>79606</v>
+      </c>
+      <c r="B640" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="E640">
+        <v>7126</v>
+      </c>
+      <c r="F640">
+        <v>2</v>
+      </c>
+      <c r="G640">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641">
+        <v>79607</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C641" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E641">
+        <v>9990</v>
+      </c>
+      <c r="F641">
+        <v>14</v>
+      </c>
+      <c r="G641">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642">
+        <v>79608</v>
+      </c>
+      <c r="B642" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C642" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E642">
+        <v>10672</v>
+      </c>
+      <c r="F642">
+        <v>32</v>
+      </c>
+      <c r="G642">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643">
+        <v>79609</v>
+      </c>
+      <c r="B643" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D643" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E643">
+        <v>10672</v>
+      </c>
+      <c r="F643">
+        <v>12</v>
+      </c>
+      <c r="G643">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644">
+        <v>79610</v>
+      </c>
+      <c r="B644" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D644" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E644">
+        <v>10873</v>
+      </c>
+      <c r="F644">
+        <v>26</v>
+      </c>
+      <c r="G644">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645">
+        <v>79611</v>
+      </c>
+      <c r="B645" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="E645">
+        <v>10962</v>
+      </c>
+      <c r="F645">
+        <v>37</v>
+      </c>
+      <c r="G645">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646">
+        <v>79612</v>
+      </c>
+      <c r="B646" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E646">
+        <v>9865</v>
+      </c>
+      <c r="F646">
+        <v>12</v>
+      </c>
+      <c r="G646">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647">
+        <v>79613</v>
+      </c>
+      <c r="B647" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D647" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E647">
+        <v>9896</v>
+      </c>
+      <c r="F647">
+        <v>10</v>
+      </c>
+      <c r="G647">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648">
+        <v>79614</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D648" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="E648">
+        <v>9811</v>
+      </c>
+      <c r="F648">
+        <v>8</v>
+      </c>
+      <c r="G648">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649">
+        <v>79615</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D649" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E649">
+        <v>10483</v>
+      </c>
+      <c r="F649">
+        <v>5</v>
+      </c>
+      <c r="G649">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650">
+        <v>79616</v>
+      </c>
+      <c r="B650" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D650" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E650">
+        <v>10553</v>
+      </c>
+      <c r="F650">
+        <v>44</v>
+      </c>
+      <c r="G650">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651">
+        <v>79617</v>
+      </c>
+      <c r="B651" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D651" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E651">
+        <v>10890</v>
+      </c>
+      <c r="F651">
+        <v>44</v>
+      </c>
+      <c r="G651">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652">
+        <v>79618</v>
+      </c>
+      <c r="B652" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D652" s="1" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E652">
+        <v>11324</v>
+      </c>
+      <c r="F652">
+        <v>17</v>
+      </c>
+      <c r="G652">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653">
+        <v>79619</v>
+      </c>
+      <c r="B653" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D653" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E653">
+        <v>11278</v>
+      </c>
+      <c r="F653">
+        <v>31</v>
+      </c>
+      <c r="G653">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654">
+        <v>79620</v>
+      </c>
+      <c r="B654" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D654" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E654">
+        <v>10978</v>
+      </c>
+      <c r="F654">
+        <v>33</v>
+      </c>
+      <c r="G654">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655">
+        <v>79621</v>
+      </c>
+      <c r="B655" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D655" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E655">
+        <v>11267</v>
+      </c>
+      <c r="F655">
+        <v>66</v>
+      </c>
+      <c r="G655">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656">
+        <v>79622</v>
+      </c>
+      <c r="B656" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D656" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="E656">
+        <v>10801</v>
+      </c>
+      <c r="F656">
+        <v>22</v>
+      </c>
+      <c r="G656">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657">
+        <v>79623</v>
+      </c>
+      <c r="B657" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D657" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E657">
+        <v>11172</v>
+      </c>
+      <c r="F657">
+        <v>20</v>
+      </c>
+      <c r="G657">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658">
+        <v>79624</v>
+      </c>
+      <c r="B658" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E658">
+        <v>11126</v>
+      </c>
+      <c r="F658">
+        <v>20</v>
+      </c>
+      <c r="G658">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659">
+        <v>79625</v>
+      </c>
+      <c r="B659" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="E659">
+        <v>11182</v>
+      </c>
+      <c r="F659">
+        <v>17</v>
+      </c>
+      <c r="G659">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660">
+        <v>79626</v>
+      </c>
+      <c r="B660" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E660">
+        <v>11148</v>
+      </c>
+      <c r="F660">
+        <v>28</v>
+      </c>
+      <c r="G660">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661">
+        <v>79627</v>
+      </c>
+      <c r="B661" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="E661">
+        <v>11369</v>
+      </c>
+      <c r="F661">
+        <v>46</v>
+      </c>
+      <c r="G661">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662">
+        <v>79628</v>
+      </c>
+      <c r="B662" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D662" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E662">
+        <v>11341</v>
+      </c>
+      <c r="F662">
+        <v>12</v>
+      </c>
+      <c r="G662">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663">
+        <v>79629</v>
+      </c>
+      <c r="B663" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D663" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E663">
+        <v>11276</v>
+      </c>
+      <c r="F663">
+        <v>10</v>
+      </c>
+      <c r="G663">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664">
+        <v>79630</v>
+      </c>
+      <c r="B664" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D664" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="E664">
+        <v>11727</v>
+      </c>
+      <c r="F664">
+        <v>25</v>
+      </c>
+      <c r="G664">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665">
+        <v>79631</v>
+      </c>
+      <c r="B665" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D665" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E665">
+        <v>12142</v>
+      </c>
+      <c r="F665">
+        <v>41</v>
+      </c>
+      <c r="G665">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666">
+        <v>79632</v>
+      </c>
+      <c r="B666" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D666" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E666">
+        <v>11988</v>
+      </c>
+      <c r="F666">
+        <v>84</v>
+      </c>
+      <c r="G666">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667">
+        <v>79633</v>
+      </c>
+      <c r="B667" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D667" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E667">
+        <v>11661</v>
+      </c>
+      <c r="F667">
+        <v>46</v>
+      </c>
+      <c r="G667">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668">
+        <v>79634</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D668" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E668">
+        <v>11737</v>
+      </c>
+      <c r="F668">
+        <v>29</v>
+      </c>
+      <c r="G668">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669">
+        <v>79635</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D669" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E669">
+        <v>12215</v>
+      </c>
+      <c r="F669">
+        <v>8</v>
+      </c>
+      <c r="G669">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670">
+        <v>79636</v>
+      </c>
+      <c r="B670" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D670" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="E670">
+        <v>11994</v>
+      </c>
+      <c r="F670">
+        <v>65</v>
+      </c>
+      <c r="G670">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671">
+        <v>79637</v>
+      </c>
+      <c r="B671" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D671" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E671">
+        <v>7664</v>
+      </c>
+      <c r="F671">
+        <v>16</v>
+      </c>
+      <c r="G671">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672">
+        <v>79638</v>
+      </c>
+      <c r="B672" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D672" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="E672">
+        <v>12753</v>
+      </c>
+      <c r="F672">
+        <v>96</v>
+      </c>
+      <c r="G672">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673">
+        <v>79639</v>
+      </c>
+      <c r="B673" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D673" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E673">
+        <v>12952</v>
+      </c>
+      <c r="F673">
+        <v>27</v>
+      </c>
+      <c r="G673">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674">
+        <v>79640</v>
+      </c>
+      <c r="B674" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E674">
+        <v>13181</v>
+      </c>
+      <c r="F674">
+        <v>192</v>
+      </c>
+      <c r="G674">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675">
+        <v>79641</v>
+      </c>
+      <c r="B675" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D675" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E675">
+        <v>12425</v>
+      </c>
+      <c r="F675">
+        <v>77</v>
+      </c>
+      <c r="G675">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676">
+        <v>79642</v>
+      </c>
+      <c r="B676" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D676" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E676">
+        <v>12214</v>
+      </c>
+      <c r="F676">
+        <v>14</v>
+      </c>
+      <c r="G676">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677">
+        <v>79643</v>
+      </c>
+      <c r="B677" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D677" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E677">
+        <v>13252</v>
+      </c>
+      <c r="F677">
+        <v>48</v>
+      </c>
+      <c r="G677">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678">
+        <v>79644</v>
+      </c>
+      <c r="B678" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E678">
+        <v>13326</v>
+      </c>
+      <c r="F678">
+        <v>46</v>
+      </c>
+      <c r="G678">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679">
+        <v>79645</v>
+      </c>
+      <c r="B679" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D679" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E679">
+        <v>13455</v>
+      </c>
+      <c r="F679">
+        <v>17</v>
+      </c>
+      <c r="G679">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680">
+        <v>79646</v>
+      </c>
+      <c r="B680" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E680">
+        <v>14515</v>
+      </c>
+      <c r="F680">
+        <v>56</v>
+      </c>
+      <c r="G680">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681">
+        <v>79647</v>
+      </c>
+      <c r="B681" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E681">
+        <v>13463</v>
+      </c>
+      <c r="F681">
+        <v>48</v>
+      </c>
+      <c r="G681">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682">
+        <v>79648</v>
+      </c>
+      <c r="B682" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D682" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E682">
+        <v>13242</v>
+      </c>
+      <c r="F682">
+        <v>57</v>
+      </c>
+      <c r="G682">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683">
+        <v>79649</v>
+      </c>
+      <c r="B683" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D683" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E683">
+        <v>13478</v>
+      </c>
+      <c r="F683">
+        <v>70</v>
+      </c>
+      <c r="G683">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684">
+        <v>79650</v>
+      </c>
+      <c r="B684" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E684">
+        <v>14167</v>
+      </c>
+      <c r="F684">
+        <v>9</v>
+      </c>
+      <c r="G684">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685">
+        <v>79651</v>
+      </c>
+      <c r="B685" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E685">
+        <v>14056</v>
+      </c>
+      <c r="F685">
+        <v>42</v>
+      </c>
+      <c r="G685">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686">
+        <v>79652</v>
+      </c>
+      <c r="B686" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E686">
+        <v>13786</v>
+      </c>
+      <c r="F686">
+        <v>68</v>
+      </c>
+      <c r="G686">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687">
+        <v>79653</v>
+      </c>
+      <c r="B687" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E687">
+        <v>15741</v>
+      </c>
+      <c r="F687">
+        <v>32</v>
+      </c>
+      <c r="G687">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688">
+        <v>79654</v>
+      </c>
+      <c r="B688" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E688">
+        <v>18113</v>
+      </c>
+      <c r="F688">
+        <v>25</v>
+      </c>
+      <c r="G688">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689">
+        <v>79655</v>
+      </c>
+      <c r="B689" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C689" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E689">
+        <v>16115</v>
+      </c>
+      <c r="F689">
+        <v>9</v>
+      </c>
+      <c r="G689">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690">
+        <v>79656</v>
+      </c>
+      <c r="B690" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C690" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E690">
+        <v>14832</v>
+      </c>
+      <c r="F690">
+        <v>43</v>
+      </c>
+      <c r="G690">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691">
+        <v>79657</v>
+      </c>
+      <c r="B691" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C691" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E691">
+        <v>9984</v>
+      </c>
+      <c r="F691">
+        <v>14</v>
+      </c>
+      <c r="G691">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692">
+        <v>79658</v>
+      </c>
+      <c r="B692" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C692" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E692">
+        <v>10090</v>
+      </c>
+      <c r="F692">
+        <v>20</v>
+      </c>
+      <c r="G692">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693">
+        <v>79659</v>
+      </c>
+      <c r="B693" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C693" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E693">
+        <v>9462</v>
+      </c>
+      <c r="F693">
+        <v>42</v>
+      </c>
+      <c r="G693">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694">
+        <v>79660</v>
+      </c>
+      <c r="B694" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C694" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E694">
+        <v>9623</v>
+      </c>
+      <c r="F694">
+        <v>39</v>
+      </c>
+      <c r="G694">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695">
+        <v>79661</v>
+      </c>
+      <c r="B695" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E695">
+        <v>9369</v>
+      </c>
+      <c r="F695">
+        <v>8</v>
+      </c>
+      <c r="G695">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696">
+        <v>79662</v>
+      </c>
+      <c r="B696" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E696">
+        <v>9286</v>
+      </c>
+      <c r="F696">
+        <v>8</v>
+      </c>
+      <c r="G696">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697">
+        <v>79663</v>
+      </c>
+      <c r="B697" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="E697">
+        <v>8998</v>
+      </c>
+      <c r="F697">
+        <v>17</v>
+      </c>
+      <c r="G697">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698">
+        <v>79664</v>
+      </c>
+      <c r="B698" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C698" t="s">
+        <v>2025</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="E698">
+        <v>8213</v>
+      </c>
+      <c r="F698">
+        <v>20</v>
+      </c>
+      <c r="G698">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699">
+        <v>79665</v>
+      </c>
+      <c r="B699" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C699" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="E699">
+        <v>8112</v>
+      </c>
+      <c r="F699">
+        <v>38</v>
+      </c>
+      <c r="G699">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700">
+        <v>79666</v>
+      </c>
+      <c r="B700" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C700" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E700">
+        <v>8507</v>
+      </c>
+      <c r="F700">
+        <v>10</v>
+      </c>
+      <c r="G700">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701">
+        <v>79667</v>
+      </c>
+      <c r="B701" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C701" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E701">
+        <v>7890</v>
+      </c>
+      <c r="F701">
+        <v>42</v>
+      </c>
+      <c r="G701">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702">
+        <v>79668</v>
+      </c>
+      <c r="B702" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C702" t="s">
+        <v>2037</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="E702">
+        <v>7832</v>
+      </c>
+      <c r="F702">
+        <v>9</v>
+      </c>
+      <c r="G702">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703">
+        <v>79669</v>
+      </c>
+      <c r="B703" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C703" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E703">
+        <v>7524</v>
+      </c>
+      <c r="F703">
+        <v>20</v>
+      </c>
+      <c r="G703">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704">
+        <v>79670</v>
+      </c>
+      <c r="B704" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C704" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="E704">
+        <v>7326</v>
+      </c>
+      <c r="F704">
+        <v>35</v>
+      </c>
+      <c r="G704">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705">
+        <v>79671</v>
+      </c>
+      <c r="B705" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C705" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D705" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="E705">
+        <v>7398</v>
+      </c>
+      <c r="F705">
+        <v>11</v>
+      </c>
+      <c r="G705">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706">
+        <v>79672</v>
+      </c>
+      <c r="B706" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C706" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E706">
+        <v>7603</v>
+      </c>
+      <c r="F706">
+        <v>19</v>
+      </c>
+      <c r="G706">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707">
+        <v>79673</v>
+      </c>
+      <c r="B707" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C707" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E707">
+        <v>7728</v>
+      </c>
+      <c r="F707">
+        <v>6</v>
+      </c>
+      <c r="G707">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708">
+        <v>79674</v>
+      </c>
+      <c r="B708" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C708" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="E708">
+        <v>7865</v>
+      </c>
+      <c r="F708">
+        <v>11</v>
+      </c>
+      <c r="G708">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709">
+        <v>79675</v>
+      </c>
+      <c r="B709" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C709" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E709">
+        <v>7835</v>
+      </c>
+      <c r="F709">
+        <v>38</v>
+      </c>
+      <c r="G709">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710">
+        <v>79676</v>
+      </c>
+      <c r="B710" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C710" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E710">
+        <v>7437</v>
+      </c>
+      <c r="F710">
+        <v>17</v>
+      </c>
+      <c r="G710">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711">
+        <v>79677</v>
+      </c>
+      <c r="B711" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C711" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E711">
+        <v>7235</v>
+      </c>
+      <c r="F711">
+        <v>21</v>
+      </c>
+      <c r="G711">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712">
+        <v>79678</v>
+      </c>
+      <c r="B712" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C712" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D712" s="1" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E712">
+        <v>7435</v>
+      </c>
+      <c r="F712">
+        <v>39</v>
+      </c>
+      <c r="G712">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713">
+        <v>79679</v>
+      </c>
+      <c r="B713" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C713" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E713">
+        <v>7218</v>
+      </c>
+      <c r="F713">
+        <v>31</v>
+      </c>
+      <c r="G713">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714">
+        <v>79680</v>
+      </c>
+      <c r="B714" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C714" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E714">
+        <v>7466</v>
+      </c>
+      <c r="F714">
+        <v>8</v>
+      </c>
+      <c r="G714">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715">
+        <v>79681</v>
+      </c>
+      <c r="B715" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C715" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E715">
+        <v>7607</v>
+      </c>
+      <c r="F715">
+        <v>11</v>
+      </c>
+      <c r="G715">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716">
+        <v>79682</v>
+      </c>
+      <c r="B716" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C716" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D716" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="E716">
+        <v>7692</v>
+      </c>
+      <c r="F716">
+        <v>12</v>
+      </c>
+      <c r="G716">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717">
+        <v>79683</v>
+      </c>
+      <c r="B717" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C717" t="s">
+        <v>2081</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E717">
+        <v>7221</v>
+      </c>
+      <c r="F717">
+        <v>47</v>
+      </c>
+      <c r="G717">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718">
+        <v>79684</v>
+      </c>
+      <c r="B718" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C718" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="E718">
+        <v>7277</v>
+      </c>
+      <c r="F718">
+        <v>13</v>
+      </c>
+      <c r="G718">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">