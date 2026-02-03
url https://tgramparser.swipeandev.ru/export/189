--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="674">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Текст</t>
   </si>
   <si>
     <t>Просмотры</t>
   </si>
   <si>
     <t>Поделилось</t>
   </si>
   <si>
     <t>Реакции</t>
   </si>
   <si>
     <t>Комментарии</t>
   </si>
   <si>
@@ -1221,50 +1221,863 @@
     <t>07.04.25 18:06</t>
   </si>
   <si>
     <t>t.me/archnewschannel/4340</t>
   </si>
   <si>
     <t>Mocha Pune Cafe Архитектор: Loop Design Studio Фотографии: Purnesh Dev Nikhanj 2025 / Индия</t>
   </si>
   <si>
     <t>04.04.25 17:07</t>
   </si>
   <si>
     <t>t.me/archnewschannel/4330</t>
   </si>
   <si>
     <t>"Я инженер, а не просто архитектор, поэтому меня всегда вдохновляли техника и технологии. Как только технологии хоть немного развиваются, они меняют архитектуру" Сантьяго Калатрава, родившийся 28 июля 1951 года в Валенсии, считается одним из значительных архитекторов нашего времени. Калатрава начал свой путь в 1968 году, когда поступил в Школу изящных искусств в Париже. Однако после того, как столкнулся с волнениями среди студентов, он вернулся в родную Валенсию. Именно там он обнаружил книгу Ле Корбюзье, которая открыла ему возможность сочетать инженерию и архитектуру. Сантьяго продолжил обучение в Высшей школе архитектуры Политехнического университета Валенсии, после чего углубил свои знания в области урбанистики. В 1975 году он направился в Швейцарский федеральный технологический институт в Цюрихе, чтобы получить вторую степень в области гражданского строительства, которая в конечном итоге принесла ему докторскую степень в 1981 году. Он открыл свой офис в Цюрихе и начал активно участвовать в различных архитектурных конкурсах. В 1983 году ему был поручен первый крупный государственный проект — вокзал в пригородной зоне. Однако настоящая слава пришла к нему с созданием моста Бак-де-Рода в Барселоне, сооруженного в 1984–1987 годах. Этот мост, соединяющий два конца города, стал знаковым произведением. С длиной 128 метров, наклонными стальными арками и легкой конструкцией, он создает ощущение художественной деликатности. Мост Бак-де-Рода не только выполняет транспортную функцию, но стал символом уникального стиля Калатравы, гармонично объединяя эстетику и практичность. #Архитекторы@archnewschannel</t>
   </si>
   <si>
     <t>03.04.25 16:02</t>
   </si>
   <si>
     <t>t.me/archnewschannel/4320</t>
   </si>
   <si>
     <t>Health and Medical Research Building Архитектор: Architectus Фотографии: Trevor Mein, Shannon McGrath 2024 / Австралия</t>
+  </si>
+  <si>
+    <t>19.01.26 20:17</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5909</t>
+  </si>
+  <si>
+    <t>A Young Artist’s Home in Collected Time Архитектор: Mountain Soil Interior Design Фотографии: Wen Studio 2025 / Китай 🤩 Интересная архитектура</t>
+  </si>
+  <si>
+    <t>16.01.26 05:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5899</t>
+  </si>
+  <si>
+    <t>Музей Schoenenkwartier — центр обувного наследия в Ваалвейке В центре Ваалвейка, некогда известного кожевенным и обувным производством, находится музей Schoenenkwartier. Он разместился в комплексе зданий 1930 х годов по проекту архитектора Александра Крофоллера. В музее — коллекция из 12 000 экспонатов, а также центр знаний с библиотекой, мастерские, аудитории, кафе и лаборатории для создания прототипов. Ваалвейк развивался благодаря обувному ремеслу. Регион «де Лангстраат» долгое время занимал заметное место на международном рынке кожи и обуви, но со временем отрасль пришла в упадок. Тем не менее традиции сохранились: в городе по прежнему работают крупные и малые обувные бренды. В 1954 году здесь появился Музей обуви и кожи, положивший начало возрождению ремесла. Сегодня Ваалвейк постепенно возвращает статус центра обувного дизайна. Музей Schoenenkwartier не только хранит культурную историю региона, но и даёт пространство для исследований и экспериментов, связывая прошлое и будущее обувного ремесла. Его коллекция продолжает вдохновлять интересующихся этой областью. Архитектор: Civic Architects Нидерланды / 2023 🤩 Интересная архитектура</t>
+  </si>
+  <si>
+    <t>14.01.26 15:09</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5889</t>
+  </si>
+  <si>
+    <t>Porcelain Source Museum Архитектор: Atelier Deshaus Фотографии: Schran Images 2025 / Китай 🤩 Интересная архитектура</t>
+  </si>
+  <si>
+    <t>13.01.26 05:02</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5879</t>
+  </si>
+  <si>
+    <t>Мэрион Махони Гриффин — архитектор, долгое время остававшаяся в тени. Она первой в США получила архитектурную лицензию и стала первой сотрудницей в бюро знаменитого Фрэнка Ллойда Райта, который предположительно присваивал её работы. Также Мэрион Махони и Уолтер Бёрли Гриффин были партнёрами как в жизни, так и в работе, реализуя выдающиеся проекты. Мэрион создавала изящную мебель, красивые витражи и во многом сформировала узнаваемый стиль «Школы прерий», вдохновляясь японской гравюрой. Но, увы, её вклад оставался незамеченным. Райт устраивал в своей студии конкурсы, и Мэрион часто их выигрывала. После чего многие её работы появлялись в поздних проектах Райта без упоминания авторства. Некоторые историки считают, что около половины рисунков в его знаменитом портфолио 1910 года, которое вдохновляло даже Ле  Корбюзье, — на самом деле работы Мэрион. Когда Райт неожиданно уехал в Европу, именно Махони завершила многие его незаконченные проекты в качестве дизайнера. На одном из таких проектов она и познакомилась с единомышленником Уолтером Гриффином, за которого позже вышла замуж. Одним из их главных приключений стала Австралия. Мэрион уговорила Уолтера участвовать в конкурсе на проект новой столицы — Канберры. Её рисунки тонко передавали красоту австралийского ландшафта, во многом решили исход конкурса и принесли победу. Но Мэрион Махони Гриффин не была указана в документах. Сегодня о Мэрион стали больше говорить, как о человеке, внёсшем значительный вклад в развитие архитектуры. В 2021 году австралийская организация «Национальное столичное управление» (NCA) посвятила ей целую серию мероприятий и выставку, чествуя наследие женщины, чьё творчество так долго было скрыто от широкой публики. Её история напоминает о важности показывать себя и отстаивать своё творчество. 🤩 Интересная архитектура</t>
+  </si>
+  <si>
+    <t>09.01.26 09:02</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5878</t>
+  </si>
+  <si>
+    <t>Получи скидку до 30% на импортный кирпич для своего проекта! Закрытая акция от Hit Ceramics. Подписывайтесь на канал, пишите нам сообщение с кодовой фразой «фасад26» — и фиксируйте для своего проекта особые условия: — Скидку до 30% на поставку импортного кирпича для первого проекта. — Бесплатную консультацию и помощь наших специалистов: подберем идеальный формат, фактуру, цвет и технические решения. Каталог продукции смотрите на нашем на сайте: hit-ceramics.ru. Переходите на наш канал и пишите нам «фасад26», чтобы зафиксировать условия.</t>
+  </si>
+  <si>
+    <t>08.01.26 15:50</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5868</t>
+  </si>
+  <si>
+    <t>Druid Grove Terrace House Архитектор: CAN Фотографии: Felix Speller 2025 / Великобритания 🤩 Интересная архитектура</t>
+  </si>
+  <si>
+    <t>07.01.26 16:20</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5861</t>
+  </si>
+  <si>
+    <t>3D печать в архитектуре Технология 3D печати в архитектуре получила широкое развитие в XXI веке. Хотя идеи послойного создания объектов появлялись и раньше, именно в 2010 х годах произошёл настоящий прорыв, подтверждённый серией знаковых проектов. В 2014 году китайская компания WinSun удивила мир — она построила десять домов всего за сутки. Позже та же фирма возвела пятиэтажный дом и особняк с помощью 3D принтера. В 2016 году в Дубае открыли первый в мире офис, полностью напечатанный на 3D принтере — здание Dubai Future Foundation. А в 2017 году в подмосковном Ступине компания Apis Cor построила дом прямо на стройплощадке — без сборки из готовых деталей. Принтер выгоден по нескольким причинам: строительство ускоряется, тратится меньше материалов и ручного труда, цифровое моделирование снижает ошибки, можно создавать сложные формы, меньше отходов, можно использовать переработанные материалы. Но есть и сложности: не хватает специалистов, умеющих работать с 3D печатью, во многих регионах нет чётких правил для таких построек, не всегда просто достать нужные строительные смеси, трудно работать при очень низких температурах. Несмотря на трудности, технология развивается. В будущем её будут использовать ещё шире — например, вместе с искусственным интеллектом для создания «умных» зданий и городов. 🤩Интересная архитектура</t>
+  </si>
+  <si>
+    <t>05.01.26 16:28</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5851</t>
+  </si>
+  <si>
+    <t>The 1999’s Coffee Архитектор: KQI Architect Фотографии: Minq Bui 2025 / Вьетнам Интересная архитектура</t>
+  </si>
+  <si>
+    <t>01.01.26 00:42</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5850</t>
+  </si>
+  <si>
+    <t>С Новым годом 🎉 🎄 Желаем вам вдохновения, новых идей и красивых моментов в 2026 ✨</t>
+  </si>
+  <si>
+    <t>30.12.25 09:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5849</t>
+  </si>
+  <si>
+    <t>Для ценителей искусства, архитектуры и вдохновляющих историй — канал Losko. Редакция одноименного онлайн-проекта рассказывает про необычную архитектуру, в которой хочется рассматривать каждую деталь. А еще, делится новостями из мира искусства, публикует серии талантливых фотографов и обзоры книг, посвященных дизайну. Идеально для погружения в искусство.</t>
+  </si>
+  <si>
+    <t>29.12.25 17:36</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5839</t>
+  </si>
+  <si>
+    <t>Esca Playa Архитекторы: Badie Architects Фотографии: Nour El Refai 2025 / Египет</t>
+  </si>
+  <si>
+    <t>29.12.25 09:00</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5838</t>
+  </si>
+  <si>
+    <t>Девочки, вас тоже достал однотипный контент в Телеграм? Хорошо что есть канал "За тридевять Емель" — там на простом языке пишут про Россию и рушат вековые мифы так, что сразу хочется запостить это в сторис В общем, там много чего интересного. Не забудьте сохранить в подписки: @EmelFaraway</t>
+  </si>
+  <si>
+    <t>23.12.25 13:11</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5837</t>
+  </si>
+  <si>
+    <t>💡Приглашаем на тест-драйв nanoCAD BIM Архитектура до 30 декабря nanoCAD BIM Строительство конфигурация Архитектура – BIM-решение для проектирования архитектуры проекта Что такое тест-драйв Вы получите комплект материалов: ✔️Пробную лицензию на 30 дней ✔️Учебный проект "Дом с гаражом" ✔️Пошаговую инструкцию. Используя материалы, вы сможете выполнить типовые задачи из области архитектурного проектирования и на практике протестировать решение. В ходе тест-драйва вы: 🔹Разместите стены, перекрытия, кровлю и проёмы 🔹Получите спецификации и документацию из модели 🔹Создадите собственные параметрические объекты 🔹Расширите навыки работы с BIM-технологиями 🏠В результате вы построите архитектурный раздел двухэтажного дома Для участия - оставьте заявку до 30 декабря. 👉Получить лицензию и материалы для тест-драйва</t>
+  </si>
+  <si>
+    <t>23.12.25 12:05</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5829</t>
+  </si>
+  <si>
+    <t>Компекс из табачной фабрики Niemeyer Речь идет о преобразовании бывшей табачной фабрики Niemeyer, которая на протяжении более 200 лет была важной частью индустриальной истории города. Studioninedots преобразует табачную фабрику в Гронингене в многофункциональный комплекс. Он будет включать различные типы зданий — от культурных и образовательных объектов до производственных и гостиничных предприятий, а также центров цифровых инноваций. На территории появятся четыре общественные зоны: Спурпарк (неформальные места для отдыха на бывших железных дорогах), Индустристраат (павильоны и площадки для общественных мероприятий на месте центра логистики), Буэртстраат и Энтреплейн. Они свяжут между собой здания и прилегающие районы. К счастью, комплекс будет включать реставрацию и сохранение кирпичных зданий 1904 года и старше. Планируется реорганизация некоторых пространств. Например, обустройство террасы на крыше DAK ART — культурной площадки с видом на Индустристраат, а также преобразование внутреннего двора самого старого здания фабрики (Tabaksbos) в ландшафтный сад. Проект студии Studioninedots направлен на то, чтобы превратить закрытую промышленную зону в открытый, устойчивый и живой городской квартал. Исторические фото табачной фабрики Архитекторы: Studioninedots 2026 / Нидерланды</t>
+  </si>
+  <si>
+    <t>23.12.25 09:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5828</t>
+  </si>
+  <si>
+    <t>Еще про архитектуру Составили для вас подборку каналов, посвящённых современной архитектуре: Russian Architecture Канал о русской архитектуре, дизайне, недвижимости и культуре. С 2018 года публикуются новые места для посещения, исторические точки и современные архитектурне проекты Архиблог Канал архитектурного обозревателя Анны Мартовицкой, автора путеводителей по современной архитектуре. В тг Анна каждый день показывает новую интересную архитектуру, реализованную в России или за рубежом. АИД - Архитектура и Дизайн Увлекательное путешествие по самым удивительным архитектурным проектам разных эпох и дизайнерским решениям со всех уголков мира. Ежедневник архитектора Канал публикует только проверенную информацию: новые согласованные проекты, хорошие примеры благоустройства, мопов, уличного искусства, а также вакансии и стажировки. Архитектура и макетирование Здесь вы найдёте самую современную и впечатляющую архитектуру, а также вдохновляющие макеты учеников архитектурной студии. Продуктовый кружок Каждый день тут собирают эстетику и насмотренность — в коллекцию дерзких инженерных и архитектурных приёмов. Халтура-Архитектура Канал с актуальными вакансиями для архитекторов. Из интересного: на канале в закреплённых можно найти ежегодную статистику по зарплатам в Москве и регионах; советы по оформлению портфолио, которые помогут раскрыть свою экспертизу и продать свои услуги дороже. Архитектура и не только Всё самое интересное из мира архитектуры: знаковые проекты и современные тренды, интерьер и урбанистика, инновации и технологии строительства. Для архитекторов, дизайнеров, инженеров и всех, кто ценит гармонию формы и функции. Innovative Architecture Мировые тренды, смелые проекты и идеи, которые меняют архитектуру сегодня</t>
+  </si>
+  <si>
+    <t>22.12.25 21:23</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5824</t>
+  </si>
+  <si>
+    <t>Исторические фото Табачной фабрики Theodorus Niemeyer Гронинген / Нидерланды</t>
+  </si>
+  <si>
+    <t>22.12.25 09:49</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5819</t>
+  </si>
+  <si>
+    <t>Архитектура как процесс: проекты, которые формируются здесь и сейчас Жилой комплекс ONE, квартал JOIS и бизнес-центр на улице Неверовского — проекты бюро Генпро, где архитектура рождается на стыке формы, технологии и контекста. Пластичные башни, фасады, меняющиеся от света и точки обзора, и офисное здание, сравнимое с парусом, — здесь важен не только результат, но и сам путь проектирования. На своём канале Генпро показывает архитектуру в развитии: проекты и процессы, путешествия и выставки, архитектуру в кино и актуальные тенденции — всё, что формирует современную архитектурную культуру сегодня. 👉 https://t.me/genpro_company Реклама. Зыкова М.И. ИНН 773323044580.</t>
+  </si>
+  <si>
+    <t>21.12.25 22:32</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5809</t>
+  </si>
+  <si>
+    <t>Water Park Aqualagon Архитекторы: Ferrier Marchetti Studio 2018 / Франция Интересная архитектура</t>
+  </si>
+  <si>
+    <t>20.12.25 07:02</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5808</t>
+  </si>
+  <si>
+    <t>➡️ Города будущего уже здесь — и у них стальной характер Задумывались, как рождается облик современных мегаполисов? Из чего создают смелые архитектурные формы, которые простоят столетия? Мы записали для вас экспертный эфир студии «Вместе» — живую дискуссию о реальных технологиях, меняющих наши города уже сегодня. ➡️ Эксперты обсудили: ➡️Тренды новой архитектуры и будущее урбанистики ➡️Как металл позволяет архитекторам творить смелее и быстрее? ➡️Почему «рыжая» сталь стала визиткой знаковых объектов? ➡️Вызовы и мифы: какие стереотипы еще живы? Главный герой разговора — уникальная атмосферостойкая сталь Forcera. Материал, который не боится времени и позволяет создавать наследие уже сегодня. ➡️Спикеры, которые знают всё об архитектуре будущего: ➡️Евгений Новосадюк, главный архитектор проекта, партнер, архбюро «Студия 44» ➡️Алексей Староверов, эксперт по продуктовым инновациям, «Северсталь» ➡️Александр Пролетарский, генеральный директор, «СМП» ➡️Кирилл Кокорев, генеральный директор, «Архитайл» ➡️ Смотрите полную запись эфира по ссылкам: ➡️ ПОРТАЛ 📺 ВК ВИДЕО 📺 RUTUBE #Северсталь @severstal #атмосферостойкая_сталь #Forcera #архитектура #города #строительство #стальное_строительство #инфраструктура #металлоконструкции #металлопрокат</t>
+  </si>
+  <si>
+    <t>19.12.25 19:17</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5798</t>
+  </si>
+  <si>
+    <t>CNS Office Офис, парящий над водой, — это ответ на влажную жару и шум соседней столярной мастерской. Данный проект стал экспериментом по растворению архитектуры в природе: здание приподняли на колоннах, пустив под ним прохладный пруд с карпами кои. Теперь вода, постоянно рябящая на поверхности, и густые «шторы» из лиан создают собственный микроклимат, заменяя кондиционеры живым дыханием тропиков. Архитекторы: Studio Avocado 2021 / Индия P.S. было бы интересно посидеть в таком офисе, не так ли? Интересная архитектура</t>
+  </si>
+  <si>
+    <t>18.12.25 09:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5793</t>
+  </si>
+  <si>
+    <t>Любите красивые здания? Хотите узнать больше о современной и уникальной архитектуре? Тогда приглашаем Вас в канал "Архитектура и макетирование" ❗️ Вы увидите: ✅Фотографии, видеоролики и истории о самых впечатляющих архитектурных объектах со всего мира;  ✅Обзоры современных трендов в архитектуре; ✅Вдохновляющие работы учеников нашей архитектурной студии. ✉️Присоединяйтесь к нам!</t>
+  </si>
+  <si>
+    <t>16.12.25 10:12</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5783</t>
+  </si>
+  <si>
+    <t>Apartment in the Center of Tbilisi Архитектор: Numero Design Studio Фотографии: Grigory Sokolinsky 2025 / Грузия</t>
+  </si>
+  <si>
+    <t>15.12.25 07:00</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5782</t>
+  </si>
+  <si>
+    <t>Архпремия Москвы 2026: прием заявок уже открыт Повод не откладывать на завтра и подать свой проект уже сегодня. На сайте Архитектурной премии Москвы в области градостроительства открылся прием заявок для авторов проектов, получивших АГР в 2025 году. Архитектурная премия Москвы не нуждается в долгом представлении: это самый главный городской конкурс выдающихся проектов и единственная городская премия, которая поощряет труд архитекторов, в том числе денежной премией. На премию 2025 года архитекторы подали 130 заявок и только 12 проектов стали победителями – тщательный отбор обеспечивает работа профессионального жюри. Если в вашем портфолио уже есть проекты с АГР текущего года, поспешите заполнить простую форму на сайте – данные об авторах и номер свидетельства АГР обязательны. Итоги по традиции подведут уже летом – а мы желаем всем соискателям удачи!</t>
+  </si>
+  <si>
+    <t>14.12.25 07:31</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5772</t>
+  </si>
+  <si>
+    <t>Если кто и был настоящим королём мрачного вайба и средневекового хоррора, так это Иероним Босх. Он предвосхитил сюрреализм и изображал всю мрачность эпохи. Люди того времени сильнее всего верили в мистику, ведьм и всё прочее, поэтому надвигающееся предсказание Святого Иоанна об апокалипсисе держало их в страхе. Через холст Босх побуждал людей не совершать грехи, ведь за это их настигнет кара, но впоследствии мастер принял человеческую натуру и немного сместил фокус в своих произведениях. Любопытно, что точного портрета художника не сохранилось. Исследователи цепляются за общие черты персонажей на его картинах — характерный нос и берет. Этот типаж кочует из сюжета в сюжет, поэтому есть теория, что Босх методично вписывал себя в свои же полотна. Одним из постоянных мотивов в картинах Босха становится образ пожара. В юности художник пережил бедствие 1463 года в своём родном городе Хертогенбосе, что, как считается, повлияло на его мировоззрение и придало его произведениям мрачную, апокалиптическую атмосферу. Босх одним из первых сделал концепцию Ада настолько образной, жуткой и символически насыщенной, что она оказала влияние на всё последующее искусство. Его Ад это не просто место посмертного наказания, а зеркало человеческих пороков. Отдельная тема - его связь с алхимией. В том же «Саду земных наслаждений» фонтаны подозрительно напоминают реторты и колбы, а туловище того самого человека‑дерева имеет форму яйца — символа философского камня. Там же он изобразил экзотических животных, например камелопарда - так раньше греки и римляне называли жирафа. Примечательно, что о них тогда ещё не должны были знать, так как первый жираф был представлен только в 1486 году королю Флоренции. Вокруг смерти Босха до сих пор ходит безумная конспирологическая легенда. Якобы, когда археологи вскрыли его захоронение, останков художника там не оказалось. Вместо костей нашли странный кусочек камня, который под микроскопом начал немного источать свет и нагреваться. Но исследования были прекращены из‑за церкви, которая сочла это осквернением. Влияние Босха оказалось таким мощным, что перешагнуло века. Питер Брейгель Старший буквально учился на его работах, создав свой стиль, а в XX веке Сальвадор Дали открыто цитировал средневекового мастера в своих сюрреалистических полотнах. Его работы и сегодня продолжают будоражить воображение.</t>
+  </si>
+  <si>
+    <t>11.12.25 15:41</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5762</t>
+  </si>
+  <si>
+    <t>В чем разница между Люксферой, Фальконье и индустриальным стеклоблоком? Это не просто эволюция строительных материалов. Это целая история о том, как архитекторы пытались завести свет в самые темные углы зданий, чтобы бороться с темнотой и сыростью. Начнем с Люксферы. Это изобретение XIX века (конец 1880-х), разработанное инженером Джеймсом Пенникуиком и популяризированное Luxfer Prism Company. Оно было создано, чтобы решить проблему естественного освещения подвалов и нижних этажей. По сути, это плоские стеклянные плитки с призматическими рёбрами на задней стороне. Это была не просто плитка, а настоящая световая призма. Их функция была чисто оптической: они работали как линза, преломляли свет и перенаправляли солнечные лучи глубоко внутрь помещения, позволяя экономить на электричестве. Затем, примерно в то же время, появились стеклянные кирпичи Фальконье (их запатентовал швейцарский архитектор Гюстав Фальконье). Это ручное, дутое стекло с разреженным воздухом внутри, они были первыми предками современных стеклоблоков. Они работали по схожему принципу, создавая мягкое, рассеянное свечение, при этом отлично удерживая тепло. И наконец, Стеклоблоки. Это уже более дешевый, индустриальный аналог - две прессованные половинки, соединенные между собой. Их активно использовали в XX веке в СССР. Применение было продиктовано практичностью и экономичностью: они были прочными и антивандальными (их было тяжело разбить, идеально для подъездов и лестничных клеток), обеспечивали теплоизоляцию, а также пропускали свет, сохраняя приватность (что ценилось, например, в окнах ванных комнат). В XXI веке стеклоблок пережил возрождение и стал декоративным инструментом. В отличие от своих советских предков, современные блоки имеют огромное разнообразие цветов, форм и текстур. Они используются для зонирования пространства, создания световых акцентов и декоративных перегородок. Современные стеклоблоки сохранили свои плюсы (светопроницаемость, влагостойкость), но их эстетическая функция теперь часто преобладает над утилитарной.</t>
+  </si>
+  <si>
+    <t>09.12.25 07:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5761</t>
+  </si>
+  <si>
+    <t>Фонд Потанина продолжает прием заявок на конкурс «Индустриальный эксперимент» Если ваша организация работает с промышленным наследием или объектами индустриальной инфраструктуры, а вы мечтаете создать музей, организовать фестиваль или провести арт-резиденцию, конкурс «Индустриальный эксперимент» поможет вам воплотить замысел: 🟢предоставит грант от 5 до 10 млн рублей — в зависимости от номинации + до 25% от суммы гранта на восстановление и консервацию объекта Обязательные условия для участия: 🟢промышленный объект должен быть старше 40 лет 🟢ваша организация занимается музейной деятельностью или сохранением наследия Прием заявок открыт до 16 декабря. Кейсы, примеры объектов и рекомендации по заполнению заявки вы найдете в телеграм-канале конкурса.</t>
+  </si>
+  <si>
+    <t>08.12.25 17:25</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5751</t>
+  </si>
+  <si>
+    <t>Los Nogales Preschool Архитектор: taller de arquitectura de bogotá Фотографии: Alejandro Arango 2023 / Колумбия</t>
+  </si>
+  <si>
+    <t>08.12.25 09:00</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5750</t>
+  </si>
+  <si>
+    <t>❗️Проект используют без вашего согласия? Или его переработали и вы остались ни с чем? ❗️ Разобраться, как защитить свои права и не потерять контроль над проектами, можно на бесплатном вебинаре — регистрируйтесь здесь ➡️ https://tglink.io/afaac6d8da7f 📅 11 декабря, 18:00 Вы узнаете: • Кому юридически принадлежат права на проект • Когда заказчик может использовать проект, а когда это нарушение • Как действовать при копировании, переработке или передаче проекта третьим лицам • Алгоритмы защиты прав — от претензии до суда 💡 Не теряйте контроль над своими проектами Канал экспертов: @urfundament</t>
+  </si>
+  <si>
+    <t>07.12.25 11:59</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5745</t>
+  </si>
+  <si>
+    <t>«Miminka» — безликие младенцы. Жутковатые скульптуры возникли в голове Давида Черни в 1995 году, когда автор жил в Нью‑Йорке. Первоначально младенцы должны были «родиться» в Музее современного искусства в Чикаго, но из‑за финансовых трудностей проект задержали. Тем не менее скульптуры обрели своё место на телевизионной башне в пражском районе Жижков в 2000 году. К 2008 году количество младенцев увеличилось — они появились в парке Кампа, где их можно рассмотреть вблизи. Интерпретация композиции разнообразна. По словам создателя, скульптуры являются выражением протеста против абортов. Вместе с тем существует мнение, что младенцы отражают современное потребительское общество — взрослые, «зомбированные» телевизором и под воздействием маркетинга, становятся беспомощными, как дети. Другие работы Давида Черни вы можете увидеть в нашем посте о причудливых памятниках мира.</t>
+  </si>
+  <si>
+    <t>05.12.25 07:03</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5739</t>
+  </si>
+  <si>
+    <t>🔥 Премиальные бетонные вазоны для архитектурных проектов и благоустройства Мы производим изделия, которые становятся частью пространства — от частных резиденций и террас до парков, набережных и входных групп. Почему архитекторы выбирают нас: • 100+ моделей — от лаконичных форм до классических античных линий • Большие размеры — изделия до 1200–1500 мм • Идеальная геометрия и текстуры (бетон гладкий, рифлёный, структурный) • Стабильное качество и промышленная сборка • Устойчивость к морозу, осадкам и нагрузкам • Производство серий и индивидуальных изделий по ТЗ Готовые решения для: — ландшафтных бюро — архитектурных мастерских — девелоперов — HORECA и премиальных загородных объектов Выгоды для специалистов: ✔ Спецусловия для архитекторов ✔ Подбор изделий под проект ✔ Быстрое изготовление ✔ Каталог с 300+ фото — по запросу 📩 Получить каталог и прайс: напишите в личные сообщения или оставьте комментарий «Хочу».</t>
+  </si>
+  <si>
+    <t>05.12.25 06:17</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5735</t>
+  </si>
+  <si>
+    <t>Дом на Набережной В XVII в. на болоте начал возводить особняк боярин Берсень Беклемишев, не успев достроить, был казнен. Строительство окончил дьяк Аверкий Кириллов, но был убит, так и не пожив в своих палатах. Болото приобрело дурную славу. Здесь грабили и убивали. В 1927 г началось строительство "дома будущего" для партийной элиты. Это 10-этажное строение, где располагалась парикмахерская, прачечная, магазин, детский сад, телеграф, почта, спортзал. Жильцами стали Берия, маршалы Жуков и Тухачевский, дети Сталина. В доме нет 11-го подъезда. В 1930 г. на стадии строительства, случился пожар. Застройщик, опасаясь не успеть достроить дом, решил отказаться от 11-го подъезда, а площадь распределили между 10-м и 12-м подъездами. Но куда «ушли» лестницы, лифты и лестничные клетки – это загадка. Ходили слухи, что «тайными коридорами» пользовались чекисты, чтобы следить за жильцами. В доме на первом этаже были их квартиры. Они там работали под видом комендантов, консьержей и лифтёров.</t>
+  </si>
+  <si>
+    <t>05.12.25 06:16</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5731</t>
+  </si>
+  <si>
+    <t>Город в городе Аугсбургский Фуггерай – это старейшее в мире социальное поселение. Строили его в 1514-23 годы; работами руководил архитектор Томас Кребс. В старинном квартале было семь ворот и семь узких улиц; был и собственный храм. Маленькие компактные дома имели неброские фасады, высокие двускатные крыши и ступенчатые вытянутые фронтоны. Зданий было пятьдесят три: в каждом двухэтажном домике жили две семьи, и каждое жилище имело отдельный вход. Рядом со входом в квартиру был разбит собственный маленький садик с живой изгородью и цветниками. Дома были стандартными, только дверные ручки и ручки колокольчиков на дверях отличались оригинальностью форм. В разных точках квартала располагались колодцы с насосами – жители брали там воду. Селились здесь бедные люди, которые по уважительным причинам не могли заработать на собственное жильё. В Фуггерае и сегодня предоставляют социальное жильё малоимущим. Около двухсот человек могут проживать на его территории до тех пор, пока не купят собственный дом.</t>
+  </si>
+  <si>
+    <t>04.12.25 09:00</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5730</t>
+  </si>
+  <si>
+    <t>Приглашаем на онлайн-конференцию по комплектации и декору! 📅 Даты: 11-12 декабря 2025 💻 Формат: онлайн, доступ с любого устройства Если Вы хотите: • Навести порядок в комплектации и избежать типичных ошибок • Научиться выстраивать работу с поставщиками и логистикой • Освоить инструменты работы с декором и искусством • Узнать, как делегировать задачи и систематизировать работу студии — эта конференция для вас! Спикеры-практики поделятся готовыми решениями: • Евгений Тюрин — упаковка услуг • Нина Петунина — управление студией • Екатерина Илларионова — комплектация, которую покупают • Анна Хомицкая — от визуализации до реализации • Дарья Степанова — система комплектации без срывов • Арина Курочкина — васту-секреты в декоре • Оксана Денисова — нюансы работы с корпусной мебелью • Анна Фурса — искусство в интерьере Регистрация открыта: https://clck.ru/3QaJib P.S. Расскажите коллегам — будет много практики и работающих инструментов!</t>
+  </si>
+  <si>
+    <t>03.12.25 22:23</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5720</t>
+  </si>
+  <si>
+    <t>La Salvada Retreat Архитекторы:Tarek Shamma Фотографии: Clement Vayssieres 2022 / Португалия</t>
+  </si>
+  <si>
+    <t>03.12.25 11:59</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5712</t>
+  </si>
+  <si>
+    <t>Приглашаем вас стать гостем яркого события в мире дизайна — финала IV сезона Всероссийского конкурса Чемпионата Дизайна, который состоится 6 декабря в Москве. В программе вечера — вдохновляющие выступления лидеров индустрии, разбор знаковых проектов, таких как 🔥Русский дом - Андрей Радаев 🔥Italian Business Academy - Мария Брандолини 🔥Холдинг Красивые Дома - Экономов Сергей Львович 🔥история WE WORK от Университета «Синергия», спикер Михаил Евгеньевич Скворцов 🔥IMPERO - Анатолий Ковтуненко 🔥Выступление звездного спикера- Марат Ка а также торжественная церемония награждения победителей. Ждем вас по адресу: Культурный центр «Молодежь Москвы» пер. Холодильный, 3 корп.1 стр.8 Участие по предварительной регистрации. 📌 Зарегистрируйтесь на сайте: champ-design.com Не упустите возможность провести этот день в кругу единомышленников и быть в курсе главных трендов дизайна!</t>
+  </si>
+  <si>
+    <t>01.12.25 18:06</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5704</t>
+  </si>
+  <si>
+    <t>Gadi House Архитектор: PMA madhushala Фотографии: Hemant Patil 2020 / Индия</t>
+  </si>
+  <si>
+    <t>28.11.25 15:57</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5695</t>
+  </si>
+  <si>
+    <t>BAUHAUS «Не смотри туда, они из Баухауза!» — пугали матери своих дочерей. Студенты Баухауза играли странную музыку, девушки стригли коротко волосы и носили брюки, юноши отпускали длинные волосы и одевались как оборванцы. Баухауз изобрел современного длинноволосого студента художественной школы, у которого кроме художественных экзерсисов и пленэров на повестке дня-расшить сумку кельтскими узорами, выточить кулон из куска железяки, за ночь изобрести эргономичный дизайн. Баухауз (Bauhaus — в переводе с нем. «Дом строительства») основан в Веймаре 25 апреля 1919 г. Сейчас Баухаузом называют объединение художников, которые преподавали и учились в этом учебном заведении, а также стиль в архитектуре. До Баухауза студенты художественных академий не могли вырваться за пределы традиции. В Баухаузе начинали подготовительный курс с теории цвета, изучения фактур, создавали трехмерные структуры изо всего, что попадало под руку, на старших курсах играли спектакли из геометрических фигур, делали мебель для своих классов и строили дома. Один из студентов рассказывал, что его девушка коротко подстриглась. Он использовал ее волосы для скульптуры. Во времена депрессии на профессиональные материалы не было денег и педагог Йоганнес Иттен, отправлял студентов на помойку, найти что-нибудь интересное и попытаться понять природу этих вещей. Он разработал подготовительный полугодовой курс, за который нужно было понять выразительность формы и цвета, материалов и рельефов, научиться контролировать творческую энергию и управлять эмоциями. Занятия начинались с дыхательных упражнений, практиковалось рисование с закрытыми глазами и рисование обеими руками. Собственное виденье и индивидуальность — это то, чего не могли допустить национал-социалисты, оказавшиеся у власти в 1933 году. Большинство преподавателей Баухауза стали героями знаменитой выставки «Дегенеративного искусства» и потеряли надежду на какое бы то ни было будущее в своей стране. Пришло время идеям Баухауза эмигрировать в Америку.</t>
+  </si>
+  <si>
+    <t>28.11.25 15:55</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5686</t>
+  </si>
+  <si>
+    <t>27.11.25 06:59</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5684</t>
+  </si>
+  <si>
+    <t>Всем добрый день! Меня зовут Наталия, я архитектор и автор телеграм-канала Чек-лист Архитектора. Приглашаю вас заглянуть! О чем канал: пишу о зданиях и о том, что скрыто за фасадами. Истории людей через призму архитектуры. О книгах и путешествиях. Что полезного: на канале есть подборки документов для проектирования, актуальные нормативы и дополнительный методический материал. Общение с коллегами, возможность обсудить вопросы. Кому будет интересно: проектировщикам и не только. Всем, кто любит архитектуру, дизайн, историю, фотографии. Тут пост знакомство Добро пожаловать на канал Чек-лист Архитектора. Я всем рада!</t>
+  </si>
+  <si>
+    <t>26.11.25 18:11</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5671</t>
+  </si>
+  <si>
+    <t>Tanatap Wall Garden Café Restaurant and Bar Wall garden был создан RAD+ar как отражение меняющейся роли стен в современной архитектуре, в рамках которой дизайнер экспериментирует с взаимодействием конструкции и общей эстетики, демонстрируя их в формировании пространств и интеграцию с существующей природой. Здание подчеркивает свою пористость и максимально открытую архитектуру в качестве вклада в городской пейзаж. Оно представляло собой не что иное, как лабиринт под серией зеленых насаждений, которые парят в двойном затенении – внутренняя зона с низким энергопотреблением. Архитектура всегда имела социальную значимость и всегда находится в диалоге со своим окружением. По этой причине целью дизайна является переплетение интерьера и экстерьера, создание подлинной связи с внутренней средой и, в то же время, стремление к уникальному архитектурному дизайну и особому комфорту. Только достигнув этого, можно оправдать высокие ожидания сегодняшних гостей, для которых общение с природой является частью интегрированной среды. Архитектор: RAD+ar (Research Artistic Design + architecture) 2024 / Индонезия</t>
+  </si>
+  <si>
+    <t>25.11.25 09:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5670</t>
+  </si>
+  <si>
+    <t>Еще про архитектуру Хотим поделиться с вами подборкой каналов, в которых можно погрузиться в современную архитектуру: Nowadesign Это канал о дизайне, архитектуре и современном искусстве. Здесь собраны вдохновляющие, смелые и неожиданные примеры визуальной культуры со всего мира. От культовых зданий до экспериментального дизайна, от минимализма до эклектики — всё, что формирует эстетику настоящего. Москва. Было — стало Совмещая старинные и современные фотографии, канал показывает как изменилась столица России за последние 100-150 лет Интересная архитектура Время — удивительная сила, которая открывает перед нами двери в мир смелых, оригинальных и прогрессивных архитектурных решений. Здесь вы найдёте множество интересных проектов, выполненных в разных стилях и направлениях. ReuseArch Истории о редевелопменте, реконструкции и самых неожиданных трансформациях устаревшей архитектуры. Архитектура Канал про московскую реновацию домов и поликлиник, благоустройство и архитектуру России. Заходите посмотреть на пятиэтажку по реновации, советские мозаики Дзержинска, заброшенный пионерлагерь в Жукове. Профессоре Авторский канал архитектора из Италии с научной степенью PhD Анастасии Салтыковой. В канале вы сможете найти истории и кейсы из архитектурной практики, подборки что посмотреть и почитать, интересные факты о науке и теории архитектуры. Архитектор Покажет архитектуру со всех уголков мира. Подписывайтесь, чтобы узнавать новости и новинки архитектурных шедевров. ПИЛА Медиа по теории архитектуры и города. Каждые две недели новый приглашенный автор - архитектор, художник, исследователь - делится своими размышлениями, опытом, проектами Архитектура и макетирование Здесь вы найдёте самую современную и впечатляющую архитектуру, а также вдохновляющие макеты учеников архитектурной студии.</t>
+  </si>
+  <si>
+    <t>24.11.25 16:54</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5662</t>
+  </si>
+  <si>
+    <t>TRÆ High-Rise Building Архитектор: Lendager Arkitekter Фотографии: Rasmus Hjortshøj 2025 / Дания</t>
+  </si>
+  <si>
+    <t>21.11.25 09:55</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5661</t>
+  </si>
+  <si>
+    <t>Архитектура без компромиссов: как полимеры делают здания красивыми, тёплыми и светлыми Современные полимерные материалы – это комплексное решение, которое позволяет получить всё и сразу: смелый дизайн, комфортный микроклимат и обилие света. СВЕТ: Больше, чем просто прозрачность Полимеры меняют работу со светом. - Поликарбонат создает выразительную игру света и тени, наполняя пространство мягким рассеянным свечением. Идеален для смелых фасадов, навесов и сложных светопрозрачных конструкций. - ПВХ-профиль для панорамного остекления доказывает, что большие окна – это надежно, долговечно и без сквозняков. ФОРМА: Дизайн без ограничений Пластичность полимеров – это свобода для архитектора. - Поликарбонат благодаря гибкости и прочности открывает путь для сложных геометрических форм и динамичных линий. - ПВХ-профиль обладает широкими декоративными возможностями, позволяя идеально вписать любую конструкцию в архитектурную концепцию. ЭНЕРГИЯ: Экономия, которую чувствуете За эффектным фасадом скрывается забота о вашем комфорте и кошельке. - Полимерные теплоизоляционные материалы – это энергоэффективное и долговечное решение, значительно снижающее расходы на отопление и кондиционирование. - Энергоэффективные ПВХ-окна создают герметичный контур, надежно сохраняя тепло зимой и прохладу летом. Полимерные материалы – это интегрированный подход к созданию современной среды: они наполняют пространство светом, воплощают самые смелые формы и помогают экономить энергию.</t>
+  </si>
+  <si>
+    <t>20.11.25 15:57</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5651</t>
+  </si>
+  <si>
+    <t>The Mamluki Lancet Mosque Архитектор: Babnimnim Design Studio 2023 / Кувейт Расположенная в самом сердце жилого района Аль-Масайель, мечеть воплощает в себе гармоничную комбинацию традиционных элементов и современных интерпретаций, создавая духовное и функциональное пространство для местного населения. Центральная задумка дизайна черпает вдохновение в Мукарнах, отличительном исламском архитектурном элементе, который уравновешивает нагрузку купола на квадратное помещение благодаря сложной геометрии. Эта концепция объединена с символикой исламской звезды, которая олицетворяет единство и связь с божественным. Интерьер представляет собой динамичное взаимодействие массивов и отделки. Нижние массивы облицованы камнем для придания устойчивости, в то время как верхние выполнены в чистом белом цвете, вызывающем легкость и движение. Внутренние стены и перегородки украшены фразами из Корана в стиле Тулута, удлиненными и вытянутыми для создания современного рельефного эффекта.</t>
+  </si>
+  <si>
+    <t>19.11.25 17:05</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5643</t>
+  </si>
+  <si>
+    <t>DC Alexander Park Архитектор: Brooks + Scarpa Architects Фотографии: Brooks + Scarpa 2022 / США</t>
+  </si>
+  <si>
+    <t>18.11.25 13:26</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5637</t>
+  </si>
+  <si>
+    <t>Друзья, приглашаем вас на важное событие года для дизайнеров интерьера и архитекторов — «Архитектура прибыльной дизайн-студии», которое состоится 27 ноября в банкетном зале «МЕД» (г.Новосибирск). Это событие проходит в рамках профессионального сообщества «АРХИВАЖНО» и создано специально для тех, кто хочет: ✔️увеличить доход, ✔️выстроить новые полезные коммуникации, ✔️получить практические инструменты для развития бизнеса. 🔥 Среди спикеров: Елена Виноградская, Мелехов и Фелюрин, брендинговое агентство 🔥Яна Селезнёва, основатель бизнес-школы для руководителей 2ГИС 🔥Дина Потапова и Андрей Середин, основатели дизайн-студии REDI Они раскроют три ключевых направления: КОМАНДА, МАРКЕТИНГ и ПРОДУКТ. 📅 Дата: 27 ноября 2025 (четверг) 📍 Место: ресторан «Мед», Новосибирск / возможность присоединиться онлайн ⏰ Регистрация: с 10:30, продолжительность ~8 часов Количество мест ограничено!! ПРОМОКОД: SOHG6 Дает скидку на 30%! 👉👉👉Купить билет можно по ссылке: www.arhivazno.ru Для тех, кто хочет стать партнером мероприятия: WhatsApp 89139126044 Индира!</t>
+  </si>
+  <si>
+    <t>17.11.25 14:21</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5627</t>
+  </si>
+  <si>
+    <t>Activity Center of Taikang Community Yan Garden Китай снова поражает умением сочетать архитектуру, природу и заботу о людях. В районе Чанпин в Пекине, рядом с водно-болотным и лесным парками, расположен Taikang Community Yan Garden — современное пространство для пожилых людей, ориентированное на комфорт и активную жизнь. Центр активности выполнен в форме капли, переходящей в «облачную» крышу. Внутри находятся рекреационные зоны, библиотека, столовая и «университет для пожилых», объединённые вокруг светлого атриума-сада. Продуманная навигация и открытая планировка обеспечивают лёгкое перемещение. «Зал четырёх сезонов» со световым куполом наполняет интерьеры естественным светом. На крыше расположен спортивный сад с прогулочной дорожкой, ведущей к Водно-болотному парку и соединяющей комплекс с природой. Taikang Community Yan Garden, открытый осенью 2023 года, создаёт среду, где пожилым людям комфортно жить, общаться и оставаться активными. Архитекторы: Fangwei Architect, Sunlay Design Group 2023 / Китай</t>
+  </si>
+  <si>
+    <t>15.11.25 07:05</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5624</t>
+  </si>
+  <si>
+    <t>В Москве забилось сердце Суджи На XXXIII Международном архитектурном фестивале «Зодчество» показали арт-объект о Судже и приграничье. Его создали участники программы «Русский архитектурный код» Академии «Меганом». Для профессионального роста авторов этой работы и тысяч других молодых специалистов арт-кластер «Таврида» и Союз архитекторов России подписали соглашение о сотрудничестве. Оно открывает новую главу для совместной работы творцов с профессиональным сообществом.</t>
+  </si>
+  <si>
+    <t>12.11.25 16:00</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5614</t>
+  </si>
+  <si>
+    <t>Linh Trung House Архитектор: H.a Фотографии: Quangdam Вьетнам / 2023</t>
+  </si>
+  <si>
+    <t>11.11.25 06:58</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5611</t>
+  </si>
+  <si>
+    <t>Выставка для того, чтобы познакомиться с архитектурой С 14 по 16 ноября в Центральном Доме архитектора в Москве пройдет выставка «Все летит, бежит и едет» — часть детского трека фестиваля «Открытый город», организованного Москомархитектурой. Это не просто экспозиция детских макетов, а взгляд на то, как будущее поколение архитекторов уже сейчас видит город в аспектах архитектуры его транспортных объектов. Основу выставки составят работы коллективов пяти школ, принимавших участие в фестивале, и творчество учащихся из 13 архитектурных студий Москвы на тему будущего развития города. Главный архитектор Москвы Сергей Кузнецов, патрон фестиваля, отмечает, что интерес к архитектурному образованию растет, а такие проекты помогают не просто «учить архитектуре», а воспитывать чуткость к контексту и ответственности за городскую среду. В этом смысле детский трек — не про игры, а про формирование мышления людей, которые спустя годы будут определять облик столицы. Пространство выставки оформлено проектом «Картония» в виде транспортной схемы — каждая студия обозначена своим маршрутом и цветом, а посетители смогут пройтись по «картам» идей и увидеть, как рождается архитектурное мышление: от любопытства к форме — до осознанности в проекте. В рамках публичной программы пройдут разнообразные воркшопы, мастер-классы от Музея транспорта Москвы, круглые столы о роли подростков в городе, а еще состоится презентация книги «Я — Метро» Софии Милье и Ирины Кузнецовой, куратора «Открытого города», образовательных, издательских и выставочных программ Москомархитектуры. Все это – в интересной игровой форме, с квизами и подарками. 14–16 ноября, Центральный Дом архитектора Регистрация — на сайте фестиваля «Открытый город», а подробности в канале «Открытый город | Школьникам».</t>
+  </si>
+  <si>
+    <t>07.11.25 20:30</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5601</t>
+  </si>
+  <si>
+    <t>XPENG Headquarters Автомобильная отрасль — ключевой драйвер современного развития. Крупные автомобильные компании вкладывают значительные усилия в проектирование и строительство своих штаб-квартир, и эти здания часто становятся отражением эпохи. Архитектура новой штаб-квартиры XPENG ломает индустриальные стереотипы, предлагая динамичный дизайн для эры интеллектуальной мобильности. Новый кампус штаб-квартиры XPENG расположен в районе Cencun города Тяньхэ (Гуанчжоу) и включает в себя штаб-квартиры как XPENG Motors, так и AeroHT (подразделение XPENG по летающим автомобилям), создавая современный технопарк с ИИ-технологиями, экологичными решениями и выразительной архитектурой. Помимо офисов, R&amp;D и выставочных зон, комплекс включает инженерные исследования, оценку дизайна и тестирование новых автомобилей. Вне главных зданий расположены флагманский магазин, конференц-центр и площадка для взлёта летающих автомобилей, создавая крупную технологическую зону с полной промышленной экосистемой. На крышах — зелёные панели, спортивные объекты и открытые пространства, интегрированные с городской средой. Кампус XPENG открывает новые горизонты для автомобильных технологий, объединяя офисы, производство и экспериментальные зоны в единую динамичную экосистему. Архитектор: weico Architects 2025 / Китай</t>
+  </si>
+  <si>
+    <t>06.11.25 13:59</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5593</t>
+  </si>
+  <si>
+    <t>67-Unit Social Housing Building in Illa Glòries Архитектор: Vivas Arquitectos, Pau Vidal 2024 / Испания</t>
+  </si>
+  <si>
+    <t>05.11.25 07:03</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5588</t>
+  </si>
+  <si>
+    <t>Стрит-арт проект «НЕТСТЕН» стал частью «Зодчества 2025» На 13-м Международном фестивале «Зодчество 2025» представили стенд, посвященный стрит-арту и его месту в большом городе. Изучить тему предложили в Москомархитектуре: вместе с ЦСИ «Винзавод» подготовили экспозицию с актуальными работами в сфере уличного искусства и интерактивную карту, которая помогает узнать о местах городских интервенций. Проект курирует лично главный архитектор Москвы Сергей Кузнецов. Вот, что он сам рассказал об отношении к стрит-арту в городе: «Наша задача – создать экосистему, где профессиональные художники получают возможность творчески высказываться в городе. Мы хотим, чтобы искусство стало естественной частью городской культуры, чтобы бизнес видел в нем не обузу, а инвестицию в смыслы». Сокураторами стенда стали пресс-секретарь главного архитектора Москвы Мария Ульянова и куратор образовательных, выставочных и издательских программ Москомархитектуры Ирина Кузнецова. Сегодня в 18:45 на площадке пройдет также дискуссия с участием Марии Ульяновой: диалог «Urban Voice: искусство и горожане», где эксперты обсудят пути развития общедоступного городского искусства. Увидеть, что такое «Больше НЕТСТЕН» и другие стенды «Зодчества» можно на этой неделе по 6 ноября в Гостином дворе в Москве. 📸 Вячеслав Замыслов</t>
+  </si>
+  <si>
+    <t>04.11.25 07:41</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5581</t>
+  </si>
+  <si>
+    <t>Салон Vedalia – место, где архитектура и забота вступают в спокойный диалог. Салон красоты Vedalia, расположенный на оживленной улице Ампелокипои, задуман как место, где можно отдохнуть от городского ритма. Здесь уход за собой превращается в медитативный ритуал, далёкий от обычной коммерческой процедуры. Атмосфера в помещении образуется благодаря материальности и свету, которые играют основную роль. Керамическая плитка с тонким рельефом создает тактильный фон, а мягкие текстуры на сиденьях создают уют и интимность. Растительность, интегрированная в пространство, играет роль не только декора, но и является живым элементом, улучшающим качество воздуха и придающим интерьеру свежесть. Большие отражающие поверхности усиливают восприятие пространства, в то время как рассеянный естественный свет усиливает открытость и прозрачность, создавая впечатление текучести. Vedalia позиционирует себя как бережное вмешательство, где утонченность становится формой роскоши. Здесь ценят тишину, ясность форм и продуманные детали, позволяя ощутить, что забота о теле может быть сродни погружению в архитектурную среду. Архитектор: Nysa Фотографии: Margarita Yoko Nikitaki Греция / 2025</t>
+  </si>
+  <si>
+    <t>04.11.25 07:39</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5574</t>
+  </si>
+  <si>
+    <t>01.11.25 13:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5573</t>
+  </si>
+  <si>
+    <t>#DELTAрекомендует Вы думали, архитектура – это про чертежи и серьёзные лица? А вот пять фильмов, которые ломают этот стереотип. 1️⃣«BIG Time» как делать дома-горные небоскрёбы и думать больше, чем «еще один ЖК» 2️⃣«Amazing Interiors» где интерьер мистически становится актёром 3️⃣«Микротопия» проживи на 8 м² и пойми: пространство – не про метры, а про идеи 4️⃣«Дизайн-мышление» дизайн как двигатель глобальных перемен, а не просто красивая картинка 5️⃣«Мой архитектор» личная история, в которой архитектура оказывается больше, чем форма Смотрите. Вопросы остаются, идеи появляются.</t>
+  </si>
+  <si>
+    <t>01.11.25 12:30</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5564</t>
+  </si>
+  <si>
+    <t>Dinh House Village Архитектор: H2 Фотографии: Hoang Le 2023 / Вьетнам</t>
+  </si>
+  <si>
+    <t>31.10.25 17:03</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5562</t>
+  </si>
+  <si>
+    <t>Архитектура, уважающая хрупкость мира ☀ Кенго Кума — человек, который вписал дома в окружающую среду. Его концепция «антиобъекта» появилась в 1995 году после разрушительного землетрясения в Кобе. Тогда Кенго увидел, что огромные дома не могут противостоять стихии, и создал свою архитектурную философию. Но что под собой подразумевает эта философия? Об этом рассказали на канале TRIBE.Недвижимость — медиа об архитектуре, искусстве и развитии городов. Дома Кумы это новая этика — здания, которые уважают природу, а не противостоят ей. Естественный свет, легкие материалы (бамбук, дерево) и воздух заменяют тяжелый бетон, объединяя человека и среду🗞 Еще больше о нестандартной архитектуре на канале TRIBE.Недвижимость. Фото: MR Group</t>
+  </si>
+  <si>
+    <t>31.10.25 13:56</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5552</t>
+  </si>
+  <si>
+    <t>Кухни, соединяющие внутреннее с внешним. Кухня является средой, которая в сегодняшние дни все чаще и чаще объединяет сразу несколько помещений домашнего обихода в одно. Начиная от рабочего пространства, где можно приготовить еду, заканчивая местом встреч. Эта зона со временем претерпела значительные изменения: более функциональный дизайн, различные материалы и структуры, которые улучшают аппетит, и более того, кухня перестала быть внутренним пространством, как бы "открываясь" наружу, пропуская больше света, принося гораздо большее удовольствия тем, кто там находится. В дополнение к уличным кухням, которые обычно предназначены для барбекю и дровяных печей, мы выбрали проекты, которые подчеркивают связь между внутренним и внешним пространством, где мы не только готовим еду, но и собираем семью и друзей. 1. Labri House / Nguyen Khai Architects &amp; Associates 2. Casa AK / Aguirre Arquitetura 3. Baker Boys Beach House / refresh*design 4. Fazenda Baixa Verde / Módulo 4 Arquitetura 5. House In Majabaru / Studio Cochi Architects 6. Casa Banibás / Apiacás Arquitetos 7. Feather House / Irving Smith Architects 8. Casa Jabuticaba / Lais Galvão Arquitetura 9. Casa Aviador / Sonne Müller Arquitetos 10. Punta Colorada III Shelter / TATÚ Arquitectura</t>
+  </si>
+  <si>
+    <t>31.10.25 07:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5546</t>
+  </si>
+  <si>
+    <t>Для тех, кто учится на лучших примерах: Garden Villa от XALER — классика вне времени. Здесь строгая геометрия фасада встречается с тишиной сада, а интерьер превращается в продуманную коллекцию: света, воздуха, мебели Minotti и Vitra. Этот дом построен по принципу «ничего лишнего» — и получил две награды International Property Awards. Редкое признание для частной архитектуры, где важны не метры, а глубина замысла. Больше постов про интерьер и архитектуру из канала Федора Соломатина: - Обзор нового грандиозного проекта: Sky Villa - Релиз Дубайского проекта: City Walk 2 - Как строить бизнес-процессы: Путь XALER В канале Solomatin можно узнать про девелоперский бизнес, который не штампует дома, а подходит философски к каждому проекту, строя исключительно концептуальные объекты, продумывая каждую деталь интерьера.</t>
+  </si>
+  <si>
+    <t>30.10.25 13:16</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5536</t>
+  </si>
+  <si>
+    <t>CASCADIA Golf Club Архитекторы: STRX Architects 2023 / Южная Корей</t>
+  </si>
+  <si>
+    <t>30.10.25 07:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5526</t>
+  </si>
+  <si>
+    <t>Завод - производитель дизайнерских радиаторов и полотенцесушителей Loten приглашает к сотрудничеству проектные компании, дизайнеров, архитекторов. Индивидуальные условия, высокая комиссия. Гарантированные выплаты за включение в проект и при закупке. Премиальное качество. Помощь с подбором. Срок изготовления - 2 недели. Бесплатная доставка по большинству регионов РФ. Выплата комиссии в течение 1 дня после поступления оплаты. www.loten.ru @sergeymoiseenkov - telegram +79255187991 +79257409616</t>
+  </si>
+  <si>
+    <t>29.10.25 15:04</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5516</t>
+  </si>
+  <si>
+    <t>Thaden School Thaden School — новая независимая средняя и старшая школа в Бентонвилле, штат Арканзас. Её уникальная программа соединяет академические знания с практикой и включает три направления: Wheels — изучение физики и механики через создание велосипедов и машин, Meals — биология и химия через выращивание и приготовление еды, и Reels — визуальное повествование через съёмку фильмов и видео. Школа активно сотрудничает с местными организациями в сфере искусства, гастрономии и волонтёрства, поэтому обучение происходит не только в классе, но и за пределами кампуса. Философия школы строится на принципе целостного развития — ум, тело и среда взаимосвязаны. Архитектура кампуса отражает этот подход: два участка объединяет «общая улица», где свободно сосуществуют автомобили, пешеходы и велосипедисты. Узкие, вытянутые здания спроектированы так, чтобы контролировать воздействие солнца и обеспечивать естественную вентиляцию. Кампус задуман как образовательное пространство, где наряду с классами расположены сельскохозяйственные участки и зоны восстановления природных экосистем. Проект реализован при участии Eskew Dumez Ripple, Andropogon и CMTA, основную часть кампуса (6 из 7 зданий) спроектировала студия Marlon Blackwell Architects (2019–2021). Ключевые постройки: Thaden House — исторический дом авиатора Луиса Тейдена; Reels Arts and Administration Building — классы, лаборатории и администрация; Wheels Science and Fabrication Building — инженерные мастерские; Bike Barn — спортзал и хранилище для велосипедов; Performance Hall — современная сцена для музыки, драмы и кино. Эти здания формируют живой, «дышащий» кампус, где архитектура становится частью образовательной философии: учёба как творческий процесс. Thaden School — школа, где дети растут, создавая, снимая и изобретая будущее своими руками. Архитекторы: Marlon Blackwell Architects 2021 / США</t>
+  </si>
+  <si>
+    <t>29.10.25 07:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5511</t>
+  </si>
+  <si>
+    <t>🏛Подсистема BAUT: решение сложных архитектурных форм Навесные вентилируемые фасады (НФС) — это комплексные системы для создания современных и технологичных фасадов. Подсистема Baut, которую компания Славдом поставляет на российский рынок, специально разработана для решения нестандартных задач в облицовке: ▪️Радиальная и наклонная кладка ▪️Создание 3D-элементов на фасаде ▪️Оформление эркеров, арочных проемов, сложных парапетов ▪️Устройство подвесных кирпичных потолков Комплексный подход к работе с НФС Baut Компания Славдом обеспечивает комплексное сопровождение на всех этапах этапах работы с подсистемами Baut: 1. Проектирование и расчет: Штатные инженеры выполняют расчет подсистемы и подготавливают проектную документацию (КМ, КМД). 2. Техническая поддержка: Специалисты помогают подобрать оптимальное решение для ваших задач. 3. Обучение: Проводятся мероприятия, где детально разбирается применение систем НФС на примере Baut. 4. Облицовочные материалы: Подсистемы Baut можно заказать вместе с облицовочными материалами — кирпичом, керамогранитом, фасадной плиткой или натуральным камнем. 🌐 Подробнее ознакомиться с подсистемами Baut и услугами проектирования можно на сайте Славдом. Реклама. ООО "Славдом", ИНН 7806528328, Erid: F7NfYUJJzppLvtRwVhjG</t>
+  </si>
+  <si>
+    <t>29.10.25 05:05</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5501</t>
+  </si>
+  <si>
+    <t>Odawara's House Архитектор: Niko Design Studio Фотографии: SOBAJIMA, Toshihiro, Nishikubo Taketo 2017 / Япония</t>
+  </si>
+  <si>
+    <t>28.10.25 07:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5500</t>
+  </si>
+  <si>
+    <t>Выход на международный уровень начинается с одной поездки — дизайн-тур в Китай для тех, кто хочет расти. В декабре собираемся в новый дизайн-тур для архитекторов и дизайнеров — с посещением крупнейшей выставки дизайна, шоурумов мебели и света, а также встречами с китайскими коллегами и прессой. Это возможность: ✅️ наладить прямые контакты с поставщиками, ✅️ узнать, как работать с Китаем и комплектовать проекты напрямую, ✅️принять участие в закрытом VIP-мероприятии с китайскими дизайнерами и партнёрами, ✅️ заявить о себе и попасть в международные медиа. 🔥Вы сможете выступать на одной сцене с топ дизайнерами Китая, попасть в прессу, получить возможность стажировки и публикации портфолио в зарубежных СМИ Все подробности, программа и отчёты с предыдущих поездок — по ссылке: 👉 https://t.me/anet_designer/1859</t>
+  </si>
+  <si>
+    <t>27.10.25 17:21</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5493</t>
+  </si>
+  <si>
+    <t>Шефшауэн — город одного цвета Шефшауэн, основанный в 1471 году как крепость для защиты от португальских захватчиков, на сегодняшний день знаменит своими голубыми и синими оттенками. Существует несколько версий, объясняющих голубизну города. Одна из основных затрагивает религию: в еврейской традиции синий цвет символизирует небо и море. Беженцы, прибывшие в город в 1930 году, начали красить стены в синий цвет — это было частью их обычаев. Ранее большинство зданий были белыми, а синий цвет был характерен лишь для еврейской части города. Некоторые жители считают, что синие оттенки отпугивают комаров, поскольку насекомые избегают воды, а синие стены ассоциируются с ней. Другие полагают, что синий цвет помогает сохранять прохладу в жаркие дни. А есть те, кто думает, что стены окрашены в синий цвет в качестве уважения к Средиземному морю или местному водопаду Рас-эль-Маа, который обеспечивал город водой и поддерживал в нем жизнь. В итоге единой версии, объясняющей голубизну Шефшауэна, не существует — каждая теория имеет право на существование.</t>
+  </si>
+  <si>
+    <t>24.10.25 18:43</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5484</t>
+  </si>
+  <si>
+    <t>Booking. com City Campus Архитектор: UNStudio Фотографии: Hufton+Crow, Matthijs van Roon, Ewout Huibers, Maarten Willemstein 2023 / Нидерланды</t>
+  </si>
+  <si>
+    <t>23.10.25 18:28</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5477</t>
+  </si>
+  <si>
+    <t>Брутализм Возник в 1950-х как ответ на вызовы послевоенного времени. Особенно знаком жителям бывших социалистических стран. Стиль легко узнать по характерным признакам: необработанному бетону, крупным геометрическим формам, круглым окнам, ритмичным балконам и запутанным на первый взгляд, но логичным переходам. Брутализм воплотился не только в монументальных постройках, но и в жилых комплексах с базовой инфраструктурой — всё из бетона. Архитекторы-бруталисты мыслили масштабно: они не ограничивались отдельными зданиями, а создавали кварталы и города, восстанавливая послевоенный мир. Бетон привлекал их дешевизной и практичностью, а социальная значимость стиля ценилась не меньше эстетической. Термин происходит от французского «béton brut» (необработанный бетон). Его ввели британские архитекторы Элисон и Питер Смитсоны, стремившиеся обосновать свой архитектурный стиль. Во многом он развивался на идеях Ле Корбюзье и Марселя Брёйера, чьи постройки сейчас считаются иконами брутализма. После того как историк архитектуры Рейнер Бэнем использовал термин в названии книги, брутализм утвердился как полноценное направление в архитектуре. #Архитектурный_стиль@archnewschannel</t>
+  </si>
+  <si>
+    <t>22.10.25 07:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5472</t>
+  </si>
+  <si>
+    <t>Любите красивые здания? Хотите узнать больше о современной и уникальной архитектуре? Тогда канал ❗️ "Архитектура и макетирование" создан для Вас!!! Вы увидите: ✅Фотографии, видеоролики и истории о самых впечатляющих архитектурных объектах со всего мира;  ✅Обзоры современных трендов в архитектуре; ✅Лучшие работы учеников нашей архитектурной студии. ✉️Присоединяйтесь к нам!</t>
+  </si>
+  <si>
+    <t>21.10.25 19:54</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5462</t>
+  </si>
+  <si>
+    <t>Pacaembu House Архитектор: Studio Arthur Casas Фотографии: Fernando Guerra | FG+SG Бразилия / 2023</t>
+  </si>
+  <si>
+    <t>20.10.25 17:55</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5452</t>
+  </si>
+  <si>
+    <t>Храм Истины — уникальное архитектурное сооружение, расположенное в Паттайе. Главная особенность здания заключается в использовании древних технологий строительства и резьбы по дереву. Храм возводится без применения металлических креплений — по крайней мере, так утверждают создатели проекта. На практике же используются специальные гвозди, вбитые лишь наполовину, которые планируется удалить после завершения строительства. Высота храма достигает 105 метров, что сопоставимо с двадцатиэтажным домом. Для строительства использованы различные породы дерева, создающие уникальную текстуру каждой части здания. Каждый метр храма украшен искусной резьбой. В здании размещены деревянные скульптуры и орнаменты, отражающие религиозные и мифологические сюжеты четырёх стран. Его строительство началось благодаря инициативе миллионера Лека Вирияпана, известного также как создатель культурно-исторического комплекса Муанг Боран в Бангкоке. Вдохновлённый богатством азиатской культуры, Вирияпан задумал создать место, где бы гармонично соединились религиозные традиции Таиланда, Индии, Камбоджи и Китая. Строительство храма продолжается уже с 1981 года. Первоначально планировалось завершить проект к 2025 году, однако, учитывая масштабность и сложность работ, сроки могут быть пересмотрены. #Другое@archnewschannel</t>
+  </si>
+  <si>
+    <t>17.10.25 07:00</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5451</t>
+  </si>
+  <si>
+    <t>Дорогие Архитекторы, мы ценим и понимаем сложность Вашего труда и хотим Вам немного помочь. Мы создали чат-поддержки по вопросам остекления. В момент проектирования Вы можете задать любой вопрос по остеклению, с Вами свяжется наш конструктор и поможет соединить в единое целое визуальную задумку и техническую реальность. Рассчитаем технические требования по региону, подберем зеркальность, цвета и комплектацию пакета, подберем алюминиевую систему под пакет, поможем с узлами и многое другое! Немного про нас , мы команда Alum Absolute — производители алюминиевого и фасадного остекления полного цикла. Мы работаем без подрядчиков, от проекта и производства, до монтажа и ежегодного обслуживания выполняем внутри компании. Это позволяет брать ответственность за каждый этап выполнения работ. Вступайте, через 24 часа уберем ссылку 🤝 Чат-поддержки : https://t.me/alumabsolute_bot Канал: https://t.me/AlumAbsolute</t>
+  </si>
+  <si>
+    <t>16.10.25 15:08</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5442</t>
+  </si>
+  <si>
+    <t>Munarra Centre for Regional Excellence Архитектор: ARM Architecture Фотографии: Peter Bennetts, Jesse Judd 2025 / Австралия</t>
+  </si>
+  <si>
+    <t>15.10.25 15:08</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5441</t>
+  </si>
+  <si>
+    <t>Новый онлайн сервис no-code по созданию виртуальных туров 360 Пример тура: https://app.space-pano.ru/pano-demo/usadba-otradnoe-168 Видео обзор: https://youtu.be/h3GFqnPtcME?si=dpFenR_0y0DscE1e Ссылка на сайт: space-pano.ru Ключевые особенности: - Ультравысокое разрешение до 32К - 3 вида навигации - Всплывающие окна с фото/видео контентом - Интеграция с Яндекс / Google картами - Интеграция своего кода - Настройка цветовых схем - Огромная библиотека иконок с возможностью загрузить свою - Выделение области - Мини-карта и конструктор сложных форм - Свои контакты - Экспорт тура себе на сервер Будем рады обратной связи!</t>
+  </si>
+  <si>
+    <t>14.10.25 20:41</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5431</t>
+  </si>
+  <si>
+    <t>Башня Камлика в Стамбуле Это впечатляющий проект, олицетворяющий синтез современных технологий и культурного наследия города. Начавшиеся строиться в 2015 году и завершившиеся в 2020-м, её 369 метров не только превратили башню в телекоммуникационный центр, но и сделали важнейшим культурным объектом. Её футуристический облик, сливаясь с историей и современностью, создаёт гармоничную структуру. Внутренние пространства башни включают жилые помещения, ресторан, открывающий панорамный вид на 360 градусов, смотровую площадку и многочисленные общественные зоны, среди которых уютные кафе и выставочные пространства. Башня Камлика стала символом единения людей и города, приглашая жителей и гостей Стамбула испытать уникальные моменты взаимодействия и открытия нового. Архитектор: Melike Altınışık Architects 2020 / Турция</t>
+  </si>
+  <si>
+    <t>13.10.25 07:05</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5429</t>
+  </si>
+  <si>
+    <t>❌ НИКОГДА НЕ ПОКУПАЙ СТЕНОВЫЕ ПАНЕЛИ, ПОКА НЕ ПРОЧИТАЕШЬ ЭТО! Дизайнер, архитектор - забудь всё, что знал о стеновых панелях. ЛДСП, ЭГГЕР, МДФ, HPL - прошлый век. ТОП-8 причин почему ведущие дизайнеры уже перешли на бамбуковые панели 👇 1️⃣ Монтаж до 500 м² в день. Не нужно подготавливать черновые стены. 2️⃣ Идеальная стыковка без зазоров. 3️⃣ Подходят для кухонь, ванных, кафе и фасадов. 4️⃣ Гнутся под арки, колонны, радиусные стены, потолки, скрытые двери. 5️⃣ Декоры: дерево, кожа, металл, ткань, софт-тач. 6️⃣ Экологичные и пожаробезопасные. 7️⃣ Монтаж без пыли, шума и подготовки стен. 8️⃣ Служат до 30 лет. В наличии в Москве. ⚠️ Есть один минус - они такие износостойкие, что достанут вас и вам придется их демонтировать и переклеить на дачу (да, так можно) Напишите в любой мессенджер, ответим на любые вопросы! 📞 +7 (926) 015-09-11 (WhatsApp / Telegram) 🌐 lathome.ru LAT HOME - поставщики бамбуковых панелей, гибкого камня, стеклоблоков, кварцпаркета и мебели.</t>
+  </si>
+  <si>
+    <t>09.10.25 18:02</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5419</t>
+  </si>
+  <si>
+    <t>True Black Coffee Bar Архитектор: NaaV Studio Фотографии: Sankeerth Jonnada 2025 / Индия</t>
+  </si>
+  <si>
+    <t>08.10.25 18:56</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5410</t>
+  </si>
+  <si>
+    <t>Лаборатория городской жизни Тай Кок Цуй — один из самых густонаселенных районов Гонконга, где городское обновление и реконструкция происходят быстрее всего. Около 2/3 зданий были возведены более 40 лет назад, это значит, что ближайшие 15 лет практически все сооружения пройдут через различные этапы реконструкции и модернизации. В ответ на потребности района был создан павильон, сочетающий в себе местные изделия из оцинкованной стали и ламинированного бамбука. Плавные линии конструкции напоминают морские волны, побуждая людей вспомнить о том, что Тай Кок Цуй расположен между морем и сушей, а также намекая на его будущее преображение. Особое внимание в проекте уделено созданию комфорта для посетителей. В павильоне предусмотрен навес для защиты людей от субтропического климата, создавая интересное общественное место. Геометрия конструкции построена вокруг существующих пальм, обеспечивая максимальную площадь тени и естественную вентиляцию территории. Таким образом, создание качественных общественных пространств становится приоритетной задачей городского планирования в районах с высокой плотностью населения и активной реконструкцией. Архитектор: Su Chang Design Research Office Гонконг / 2025</t>
+  </si>
+  <si>
+    <t>07.10.25 07:03</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5405</t>
+  </si>
+  <si>
+    <t>Вы архитектор или дизайнер? 🎨 Этот бонус — именно для вас! 🎁 ✨ Получите скидку 30 000 ₽ на первый заказ столешницы из кварца! Просто используйте промокод «ДИЗАЙНЕР» при оформлении заказа, и мы подарим вам скидку 30 000 ₽! 🔹 Как это работает? 1. Разместите заказ на камень с промокодом ДИЗАЙНЕР. 2. Подпишитесь на наш ТГ-канал — и получите моментальную скидку 30000 руб! 3. Легко, выгодно и приятно! 💸 💡 30 000 ₽ — это реальная скидка для вашего проекта! Работаем по всей России! 🇷🇺 📲 Подпишитесь на наш канал: t.me/stoneformula 🌐 Наш сайт: formula-kamnya.ru 📍 Адрес производства: Санкт-Петербург, ул. Боровая 116 #формулакамня #stoneformula #дизайнинтерьера #искуственныйкамень #столешница #натуральныйкамень #изделияизкамня</t>
+  </si>
+  <si>
+    <t>06.10.25 15:03</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5396</t>
+  </si>
+  <si>
+    <t>Jami At-Taqwa Mosque Cibinong Архитектор: Ismail Solehudin Architecture Фотографии: Lu’Luil Ma’nun 2025 / Индонезия</t>
+  </si>
+  <si>
+    <t>03.10.25 16:14</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5386</t>
+  </si>
+  <si>
+    <t>Лунный павильон «Лунный павильон» был задуман как ответ на древний китайский стих, в котором описывается поэт, опьяненный и улыбающийся среди цветочного поля. Вместо того чтобы буквально воплотить этот образ в архитектуре, дизайнеры взяли за основу заброшенную оранжерею, наложив на нее абстракции и рекомбинации пространственных и фигуративных мотивов — воды, луны, цветов и лодок. Образ «луны» тесно связан с литературным приёмом «пить и сочинять стихи». В павильоне он воплощён в виде вращающейся арт-инсталляции на одном из фасадов павильона. Если медленно идти вдоль кромки воды, то силуэт сооружения будет напоминать луну, восходящую над горизонтом. Хотя физическое строение оранжереи не сохранилось, её функция по выращиванию цветов была продолжена. В проекте размыта чёткая граница между внутренним и внешним пространством оранжереи, что позволяет растениям естественным образом распространяться из павильона в окружающий ландшафт. Архитектор: Atelier Guo Китай / 2025</t>
+  </si>
+  <si>
+    <t>02.10.25 15:54</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5376</t>
+  </si>
+  <si>
+    <t>Claremont McKenna College Robert Day Sciences Center Архитектор: BIG Фотографии: Laurian Ghinitoiu США / 2024</t>
+  </si>
+  <si>
+    <t>01.10.25 18:13</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5368</t>
+  </si>
+  <si>
+    <t>Неоклассицизм Суть неоклассицизма заключается в стремлении вернуться к античности, объединив при этом классические традиции с новейшими технологическими достижениями. Стиль возник в середине XVIII века как реакция на чрезмерную декоративность и вычурность барокко и рококо. Отличительной чертой неоклассицизма является строгая геометричность форм и пропорциональность всех элементов композиции. В отделке предпочитают натуральные материалы, акценты на вертикальные линии и умеренность в декоративном оформлении. В наши дни неоклассицизм переживает новое возрождение. Современные архитекторы находят интересные способы сочетать классические элементы с инновационными материалами и технологиями. Например, в новых проектах можно встретить бетонные колонны с классическим архитектурным ордером, стеклянные фронтоны, органично вписывающиеся в традиционный облик здания, а также металлическую лепнину и другие современные декоративные решения. #Архитектурный_стиль@archnewschannel</t>
+  </si>
+  <si>
+    <t>29.09.25 10:03</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5367</t>
+  </si>
+  <si>
+    <t>Еще про архитектуру Хотим поделиться с вами подборкой каналов, в которых можно погрузиться в современную архитектуру: Прогулки с архитектором Проект о современной архитектуре. Создан архитекторами, которые публикуют маршруты в телеграмм-канале и рассказывают о том, что нового построено в городе, деталях, приемах и смыслах современной архитектуры. Архитектор Канал покажет архитектуру со всех уголков мира. Подписывайтесь, чтобы узнавать новости и новинки архитектурных шедевров. Архиконкурс Это канал с базой международных конкурсов: архитектурных, урбанистических, интерьерных и промдизайнерских. Канал каждый день подтягивает информацию с нескольких сайтов — например, с Архи.ру, bustler, RIBA и многих других. Продуктовый кружок Каждый день тут собирают эстетику и насмотренность — в коллекцию дерзких инженерных и архитектурных приёмов. Халтура-Архитектура Канал с актуальными вакансиями для архитекторов. Из интересного На канале можно найти Ежегодную статистику по зарплатам в Москве и регионах, Советы по оформлению портфолио: которые помогут раскрыть свою экспертизу и продать свои услуги дороже. Архитектура и макетирование Здесь вы найдёте самую современную и впечатляющую архитектуру, а также вдохновляющие макеты учеников архитектурной студии.</t>
+  </si>
+  <si>
+    <t>26.09.25 16:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5360</t>
+  </si>
+  <si>
+    <t>Raw Materials Pavilion Архитектор: OficinaTransversal Фотографии: Ricardo Arellano 2025 / Мексика</t>
+  </si>
+  <si>
+    <t>25.09.25 07:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5351</t>
+  </si>
+  <si>
+    <t>Перегородки для дизайнеров. От производителя, который не подведёт. Ищете надежного подрядчика по стеклянным и лофт-перегородкам, который безупречно реализует вашу идею? «МежКомГард» — это собственное производство и команда экспертов. 🔹 Гарантия сроков по договору. 🔹 Реализация сложных идей и нестандартных решений. 🔹 Выгодные условия для партнеров. Вдохновляйте своих клиентов актуальными трендами! 👉 Получите Каталог 2025 и наши партнерские условия для дизайнеров - нажмите на ссылку 👉 https://t.me/peregorodki_msk_bot</t>
+  </si>
+  <si>
+    <t>24.09.25 20:01</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5344</t>
+  </si>
+  <si>
+    <t>Парусный замок: воспоминания о прошлом. В своей инсталляции «Парусный замок» художник Чэн Цзун Фэн представляет окружающую среду в виде архипелага, где группы зданий напоминают корабли, собравшиеся в гавани. Через эту метафору художник выстраивает связь между миром архитектуры и памятью человека, создавая своего рода диалог между настоящим и прошлым. В дневные часы инсталляция полна энергии и света, органично вписываясь в окружающий пейзаж. С наступлением темноты произведение преображается: оно начинает мягко светиться и переливаться, предлагая совершенно новое, современное прочтение исторического облика города. Это место является своеобразным порталом между эпохами. Ветер, паруса и скрип деревянных конструкций создают неповторимую атмосферу перехода сквозь века. Архитектор: Cheng Tsung FENG Design Studio Тайвань / 2025</t>
+  </si>
+  <si>
+    <t>22.09.25 17:55</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5335</t>
+  </si>
+  <si>
+    <t>Casa Yuri Архитектор: Zozaya Arquitectos Фотографии: Cesar Belio 2025 / Мексика</t>
+  </si>
+  <si>
+    <t>19.09.25 22:31</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5330</t>
+  </si>
+  <si>
+    <t>Хадльгримскиркья или церковь Хадльгримура в Рейкьявике, Исландия. В этом строении совмещены готика с футуризмом — такие, казалось бы, совершенно несовместимые стили, происходящие из противоположных эпох. Но именно это и создает атмосферу божественного и неземного предназначения церкви. Церковь возводилась почти 50 лет и была завершена только в 1986 г., а сам архитектор этого шедевра - Гвюдйоун, не дожил до завершения своего творения.</t>
+  </si>
+  <si>
+    <t>18.09.25 07:00</t>
+  </si>
+  <si>
+    <t>t.me/archnewschannel/5327</t>
+  </si>
+  <si>
+    <t>➡️ Дадим имена нашим стальным друзьям? Знакомьтесь, это не просто арт-объекты, а полноценные жители наших парков! Но у этих брутальных ребят до сих пор нет имён. Исправляем это с вашей помощью! 🐱 Кот-акробат (250 см) Его стихия — скорость и игра. Он вечно гоняет стальной мяч под открытым небом и даже не думает прятаться от дождя. Его шерстка со временем приобрела модный рыжий оттенок. Любит быть в центре внимания посетителей базы отдыха в Вологодской области. Суперсила — вечная молодость и стиль. 🐻 Медведь-богатырь (230 см) Еще один вологодский житель — сильный, молчаливый и мудрый. Стоит на страже соснового бора в окрестностях Череповца. Его стальная шуба под снегом и солнцем не стареет, а лишь поменяла оттенок — от серебра к бронзе. Суперсила — непробиваемая броня и спокойствие. 🦏 Носорог-путешественник (170 см) Он преодолел 1200 км, чтобы поселиться в городе Бор и радовать его жителей. Его прочная кожа не боится ни дорог, ни непогоды — она становится ярче и выразительнее с каждым сезоном. Прочный и очень фотогеничный. Суперсила — сила духа и выносливость. ➡️ В чём их общий секрет? Они сделаны из уникальной атмосферостойкой стали Forcera, поэтому не ржавеют, а эволюционируют! Forcera не боится влаги, мороза или ультрафиолета. Наоборот — со временем она лишь хорошеет, покрываясь прочным защитным слоем благородной патины. Это как вечный иммунитет против старения! ⚡️Хотите дать имя одному из этих крутых ребят? Просто напишите в комментариях ваши варианты имён (для одного или всех сразу).➡️ ➡️ Авторы самых ярких идей получат фирменный мерч от «Северстали», а имена победителей останутся с этими стальными легендами! #атмосферостойкая_сталь #Forcera</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1586,51 +2399,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H134"/>
+  <dimension ref="A1:H225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="3006.98" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -1644,51 +2457,51 @@
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>51453</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>448</v>
+        <v>1293</v>
       </c>
       <c r="F2">
         <v>1</v>
       </c>
       <c r="G2">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>51454</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>516</v>
       </c>
       <c r="G3">
@@ -4645,50 +5458,2110 @@
       <c r="G133">
         <v>47</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>51585</v>
       </c>
       <c r="B134" t="s">
         <v>400</v>
       </c>
       <c r="C134" t="s">
         <v>401</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>402</v>
       </c>
       <c r="E134">
         <v>1595</v>
       </c>
       <c r="F134">
         <v>8</v>
       </c>
       <c r="G134">
         <v>38</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135">
+        <v>81770</v>
+      </c>
+      <c r="B135" t="s">
+        <v>403</v>
+      </c>
+      <c r="C135" t="s">
+        <v>404</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E135">
+        <v>466</v>
+      </c>
+      <c r="F135">
+        <v>8</v>
+      </c>
+      <c r="G135">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136">
+        <v>81771</v>
+      </c>
+      <c r="B136" t="s">
+        <v>406</v>
+      </c>
+      <c r="C136" t="s">
+        <v>407</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="E136">
+        <v>842</v>
+      </c>
+      <c r="F136">
+        <v>8</v>
+      </c>
+      <c r="G136">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137">
+        <v>81772</v>
+      </c>
+      <c r="B137" t="s">
+        <v>409</v>
+      </c>
+      <c r="C137" t="s">
+        <v>410</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="E137">
+        <v>791</v>
+      </c>
+      <c r="F137">
+        <v>7</v>
+      </c>
+      <c r="G137">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138">
+        <v>81773</v>
+      </c>
+      <c r="B138" t="s">
+        <v>412</v>
+      </c>
+      <c r="C138" t="s">
+        <v>413</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="E138">
+        <v>869</v>
+      </c>
+      <c r="F138">
+        <v>11</v>
+      </c>
+      <c r="G138">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139">
+        <v>81774</v>
+      </c>
+      <c r="B139" t="s">
+        <v>415</v>
+      </c>
+      <c r="C139" t="s">
+        <v>416</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="E139">
+        <v>591</v>
+      </c>
+      <c r="F139">
+        <v>1</v>
+      </c>
+      <c r="G139">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140">
+        <v>81775</v>
+      </c>
+      <c r="B140" t="s">
+        <v>418</v>
+      </c>
+      <c r="C140" t="s">
+        <v>419</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="E140">
+        <v>1150</v>
+      </c>
+      <c r="F140">
+        <v>7</v>
+      </c>
+      <c r="G140">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141">
+        <v>81776</v>
+      </c>
+      <c r="B141" t="s">
+        <v>421</v>
+      </c>
+      <c r="C141" t="s">
+        <v>422</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E141">
+        <v>969</v>
+      </c>
+      <c r="F141">
+        <v>8</v>
+      </c>
+      <c r="G141">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142">
+        <v>81777</v>
+      </c>
+      <c r="B142" t="s">
+        <v>424</v>
+      </c>
+      <c r="C142" t="s">
+        <v>425</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="E142">
+        <v>1126</v>
+      </c>
+      <c r="F142">
+        <v>7</v>
+      </c>
+      <c r="G142">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143">
+        <v>81778</v>
+      </c>
+      <c r="B143" t="s">
+        <v>427</v>
+      </c>
+      <c r="C143" t="s">
+        <v>428</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="E143">
+        <v>1614</v>
+      </c>
+      <c r="G143">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144">
+        <v>81779</v>
+      </c>
+      <c r="B144" t="s">
+        <v>430</v>
+      </c>
+      <c r="C144" t="s">
+        <v>431</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="E144">
+        <v>1482</v>
+      </c>
+      <c r="F144">
+        <v>1</v>
+      </c>
+      <c r="G144">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145">
+        <v>81780</v>
+      </c>
+      <c r="B145" t="s">
+        <v>433</v>
+      </c>
+      <c r="C145" t="s">
+        <v>434</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E145">
+        <v>1101</v>
+      </c>
+      <c r="F145">
+        <v>14</v>
+      </c>
+      <c r="G145">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146">
+        <v>81781</v>
+      </c>
+      <c r="B146" t="s">
+        <v>436</v>
+      </c>
+      <c r="C146" t="s">
+        <v>437</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E146">
+        <v>852</v>
+      </c>
+      <c r="F146">
+        <v>1</v>
+      </c>
+      <c r="G146">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147">
+        <v>81782</v>
+      </c>
+      <c r="B147" t="s">
+        <v>439</v>
+      </c>
+      <c r="C147" t="s">
+        <v>440</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E147">
+        <v>591</v>
+      </c>
+      <c r="F147">
+        <v>4</v>
+      </c>
+      <c r="G147">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148">
+        <v>81783</v>
+      </c>
+      <c r="B148" t="s">
+        <v>442</v>
+      </c>
+      <c r="C148" t="s">
+        <v>443</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="E148">
+        <v>1293</v>
+      </c>
+      <c r="F148">
+        <v>3</v>
+      </c>
+      <c r="G148">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149">
+        <v>81784</v>
+      </c>
+      <c r="B149" t="s">
+        <v>445</v>
+      </c>
+      <c r="C149" t="s">
+        <v>446</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="E149">
+        <v>670</v>
+      </c>
+      <c r="F149">
+        <v>3</v>
+      </c>
+      <c r="G149">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150">
+        <v>81785</v>
+      </c>
+      <c r="B150" t="s">
+        <v>448</v>
+      </c>
+      <c r="C150" t="s">
+        <v>449</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E150">
+        <v>1157</v>
+      </c>
+      <c r="F150">
+        <v>2</v>
+      </c>
+      <c r="G150">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151">
+        <v>81786</v>
+      </c>
+      <c r="B151" t="s">
+        <v>451</v>
+      </c>
+      <c r="C151" t="s">
+        <v>452</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="E151">
+        <v>1133</v>
+      </c>
+      <c r="F151">
+        <v>3</v>
+      </c>
+      <c r="G151">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152">
+        <v>81787</v>
+      </c>
+      <c r="B152" t="s">
+        <v>454</v>
+      </c>
+      <c r="C152" t="s">
+        <v>455</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="E152">
+        <v>1089</v>
+      </c>
+      <c r="F152">
+        <v>7</v>
+      </c>
+      <c r="G152">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153">
+        <v>81788</v>
+      </c>
+      <c r="B153" t="s">
+        <v>457</v>
+      </c>
+      <c r="C153" t="s">
+        <v>458</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="E153">
+        <v>1050</v>
+      </c>
+      <c r="F153">
+        <v>3</v>
+      </c>
+      <c r="G153">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154">
+        <v>81789</v>
+      </c>
+      <c r="B154" t="s">
+        <v>460</v>
+      </c>
+      <c r="C154" t="s">
+        <v>461</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="E154">
+        <v>964</v>
+      </c>
+      <c r="F154">
+        <v>9</v>
+      </c>
+      <c r="G154">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155">
+        <v>81790</v>
+      </c>
+      <c r="B155" t="s">
+        <v>463</v>
+      </c>
+      <c r="C155" t="s">
+        <v>464</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="E155">
+        <v>817</v>
+      </c>
+      <c r="G155">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156">
+        <v>81791</v>
+      </c>
+      <c r="B156" t="s">
+        <v>466</v>
+      </c>
+      <c r="C156" t="s">
+        <v>467</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="E156">
+        <v>1130</v>
+      </c>
+      <c r="F156">
+        <v>6</v>
+      </c>
+      <c r="G156">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157">
+        <v>81792</v>
+      </c>
+      <c r="B157" t="s">
+        <v>469</v>
+      </c>
+      <c r="C157" t="s">
+        <v>470</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E157">
+        <v>1042</v>
+      </c>
+      <c r="F157">
+        <v>1</v>
+      </c>
+      <c r="G157">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158">
+        <v>81793</v>
+      </c>
+      <c r="B158" t="s">
+        <v>472</v>
+      </c>
+      <c r="C158" t="s">
+        <v>473</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="E158">
+        <v>1004</v>
+      </c>
+      <c r="F158">
+        <v>12</v>
+      </c>
+      <c r="G158">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159">
+        <v>81794</v>
+      </c>
+      <c r="B159" t="s">
+        <v>475</v>
+      </c>
+      <c r="C159" t="s">
+        <v>476</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="E159">
+        <v>1101</v>
+      </c>
+      <c r="F159">
+        <v>20</v>
+      </c>
+      <c r="G159">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160">
+        <v>81795</v>
+      </c>
+      <c r="B160" t="s">
+        <v>478</v>
+      </c>
+      <c r="C160" t="s">
+        <v>479</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="E160">
+        <v>1269</v>
+      </c>
+      <c r="F160">
+        <v>4</v>
+      </c>
+      <c r="G160">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161">
+        <v>81796</v>
+      </c>
+      <c r="B161" t="s">
+        <v>481</v>
+      </c>
+      <c r="C161" t="s">
+        <v>482</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E161">
+        <v>1167</v>
+      </c>
+      <c r="F161">
+        <v>13</v>
+      </c>
+      <c r="G161">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162">
+        <v>81797</v>
+      </c>
+      <c r="B162" t="s">
+        <v>484</v>
+      </c>
+      <c r="C162" t="s">
+        <v>485</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="E162">
+        <v>789</v>
+      </c>
+      <c r="F162">
+        <v>4</v>
+      </c>
+      <c r="G162">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163">
+        <v>81798</v>
+      </c>
+      <c r="B163" t="s">
+        <v>487</v>
+      </c>
+      <c r="C163" t="s">
+        <v>488</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="E163">
+        <v>1042</v>
+      </c>
+      <c r="F163">
+        <v>12</v>
+      </c>
+      <c r="G163">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164">
+        <v>81799</v>
+      </c>
+      <c r="B164" t="s">
+        <v>490</v>
+      </c>
+      <c r="C164" t="s">
+        <v>491</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="E164">
+        <v>1030</v>
+      </c>
+      <c r="F164">
+        <v>3</v>
+      </c>
+      <c r="G164">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165">
+        <v>81800</v>
+      </c>
+      <c r="B165" t="s">
+        <v>493</v>
+      </c>
+      <c r="C165" t="s">
+        <v>494</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="E165">
+        <v>948</v>
+      </c>
+      <c r="F165">
+        <v>5</v>
+      </c>
+      <c r="G165">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166">
+        <v>81801</v>
+      </c>
+      <c r="B166" t="s">
+        <v>496</v>
+      </c>
+      <c r="C166" t="s">
+        <v>497</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="E166">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167">
+        <v>81802</v>
+      </c>
+      <c r="B167" t="s">
+        <v>499</v>
+      </c>
+      <c r="C167" t="s">
+        <v>500</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="E167">
+        <v>1002</v>
+      </c>
+      <c r="F167">
+        <v>3</v>
+      </c>
+      <c r="G167">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168">
+        <v>81803</v>
+      </c>
+      <c r="B168" t="s">
+        <v>502</v>
+      </c>
+      <c r="C168" t="s">
+        <v>503</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="E168">
+        <v>1040</v>
+      </c>
+      <c r="F168">
+        <v>17</v>
+      </c>
+      <c r="G168">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169">
+        <v>81804</v>
+      </c>
+      <c r="B169" t="s">
+        <v>505</v>
+      </c>
+      <c r="C169" t="s">
+        <v>506</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="E169">
+        <v>658</v>
+      </c>
+      <c r="F169">
+        <v>1</v>
+      </c>
+      <c r="G169">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170">
+        <v>81805</v>
+      </c>
+      <c r="B170" t="s">
+        <v>508</v>
+      </c>
+      <c r="C170" t="s">
+        <v>509</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="E170">
+        <v>1135</v>
+      </c>
+      <c r="F170">
+        <v>11</v>
+      </c>
+      <c r="G170">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171">
+        <v>81806</v>
+      </c>
+      <c r="B171" t="s">
+        <v>511</v>
+      </c>
+      <c r="C171" t="s">
+        <v>512</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="E171">
+        <v>1257</v>
+      </c>
+      <c r="F171">
+        <v>18</v>
+      </c>
+      <c r="G171">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172">
+        <v>81807</v>
+      </c>
+      <c r="B172" t="s">
+        <v>514</v>
+      </c>
+      <c r="C172" t="s">
+        <v>515</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="E172">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173">
+        <v>81808</v>
+      </c>
+      <c r="B173" t="s">
+        <v>516</v>
+      </c>
+      <c r="C173" t="s">
+        <v>517</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="E173">
+        <v>1261</v>
+      </c>
+      <c r="F173">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174">
+        <v>81809</v>
+      </c>
+      <c r="B174" t="s">
+        <v>519</v>
+      </c>
+      <c r="C174" t="s">
+        <v>520</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="E174">
+        <v>1042</v>
+      </c>
+      <c r="F174">
+        <v>5</v>
+      </c>
+      <c r="G174">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175">
+        <v>81810</v>
+      </c>
+      <c r="B175" t="s">
+        <v>522</v>
+      </c>
+      <c r="C175" t="s">
+        <v>523</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="E175">
+        <v>1229</v>
+      </c>
+      <c r="F175">
+        <v>3</v>
+      </c>
+      <c r="G175">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176">
+        <v>81811</v>
+      </c>
+      <c r="B176" t="s">
+        <v>525</v>
+      </c>
+      <c r="C176" t="s">
+        <v>526</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="E176">
+        <v>1132</v>
+      </c>
+      <c r="F176">
+        <v>7</v>
+      </c>
+      <c r="G176">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177">
+        <v>81812</v>
+      </c>
+      <c r="B177" t="s">
+        <v>528</v>
+      </c>
+      <c r="C177" t="s">
+        <v>529</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="E177">
+        <v>1484</v>
+      </c>
+      <c r="F177">
+        <v>8</v>
+      </c>
+      <c r="G177">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178">
+        <v>81813</v>
+      </c>
+      <c r="B178" t="s">
+        <v>531</v>
+      </c>
+      <c r="C178" t="s">
+        <v>532</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="E178">
+        <v>1019</v>
+      </c>
+      <c r="F178">
+        <v>8</v>
+      </c>
+      <c r="G178">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179">
+        <v>81814</v>
+      </c>
+      <c r="B179" t="s">
+        <v>534</v>
+      </c>
+      <c r="C179" t="s">
+        <v>535</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="E179">
+        <v>1059</v>
+      </c>
+      <c r="F179">
+        <v>6</v>
+      </c>
+      <c r="G179">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180">
+        <v>81815</v>
+      </c>
+      <c r="B180" t="s">
+        <v>537</v>
+      </c>
+      <c r="C180" t="s">
+        <v>538</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="E180">
+        <v>995</v>
+      </c>
+      <c r="G180">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181">
+        <v>81816</v>
+      </c>
+      <c r="B181" t="s">
+        <v>540</v>
+      </c>
+      <c r="C181" t="s">
+        <v>541</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="E181">
+        <v>1005</v>
+      </c>
+      <c r="F181">
+        <v>8</v>
+      </c>
+      <c r="G181">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182">
+        <v>81817</v>
+      </c>
+      <c r="B182" t="s">
+        <v>543</v>
+      </c>
+      <c r="C182" t="s">
+        <v>544</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="E182">
+        <v>1265</v>
+      </c>
+      <c r="F182">
+        <v>2</v>
+      </c>
+      <c r="G182">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183">
+        <v>81818</v>
+      </c>
+      <c r="B183" t="s">
+        <v>546</v>
+      </c>
+      <c r="C183" t="s">
+        <v>547</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="E183">
+        <v>1327</v>
+      </c>
+      <c r="F183">
+        <v>13</v>
+      </c>
+      <c r="G183">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184">
+        <v>81819</v>
+      </c>
+      <c r="B184" t="s">
+        <v>549</v>
+      </c>
+      <c r="C184" t="s">
+        <v>550</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="E184">
+        <v>1043</v>
+      </c>
+      <c r="F184">
+        <v>4</v>
+      </c>
+      <c r="G184">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185">
+        <v>81820</v>
+      </c>
+      <c r="B185" t="s">
+        <v>552</v>
+      </c>
+      <c r="C185" t="s">
+        <v>553</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="E185">
+        <v>1250</v>
+      </c>
+      <c r="F185">
+        <v>13</v>
+      </c>
+      <c r="G185">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186">
+        <v>81821</v>
+      </c>
+      <c r="B186" t="s">
+        <v>555</v>
+      </c>
+      <c r="C186" t="s">
+        <v>556</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="E186">
+        <v>1161</v>
+      </c>
+      <c r="F186">
+        <v>6</v>
+      </c>
+      <c r="G186">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187">
+        <v>81822</v>
+      </c>
+      <c r="B187" t="s">
+        <v>558</v>
+      </c>
+      <c r="C187" t="s">
+        <v>559</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="E187">
+        <v>1067</v>
+      </c>
+      <c r="F187">
+        <v>3</v>
+      </c>
+      <c r="G187">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188">
+        <v>81823</v>
+      </c>
+      <c r="B188" t="s">
+        <v>561</v>
+      </c>
+      <c r="C188" t="s">
+        <v>562</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="E188">
+        <v>1045</v>
+      </c>
+      <c r="F188">
+        <v>5</v>
+      </c>
+      <c r="G188">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189">
+        <v>81824</v>
+      </c>
+      <c r="B189" t="s">
+        <v>564</v>
+      </c>
+      <c r="C189" t="s">
+        <v>565</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="E189">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190">
+        <v>81825</v>
+      </c>
+      <c r="B190" t="s">
+        <v>566</v>
+      </c>
+      <c r="C190" t="s">
+        <v>567</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="E190">
+        <v>521</v>
+      </c>
+      <c r="F190">
+        <v>7</v>
+      </c>
+      <c r="G190">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191">
+        <v>81826</v>
+      </c>
+      <c r="B191" t="s">
+        <v>569</v>
+      </c>
+      <c r="C191" t="s">
+        <v>570</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="E191">
+        <v>1127</v>
+      </c>
+      <c r="F191">
+        <v>10</v>
+      </c>
+      <c r="G191">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192">
+        <v>81827</v>
+      </c>
+      <c r="B192" t="s">
+        <v>572</v>
+      </c>
+      <c r="C192" t="s">
+        <v>573</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="E192">
+        <v>946</v>
+      </c>
+      <c r="F192">
+        <v>7</v>
+      </c>
+      <c r="G192">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193">
+        <v>81828</v>
+      </c>
+      <c r="B193" t="s">
+        <v>575</v>
+      </c>
+      <c r="C193" t="s">
+        <v>576</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="E193">
+        <v>1002</v>
+      </c>
+      <c r="F193">
+        <v>6</v>
+      </c>
+      <c r="G193">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194">
+        <v>81829</v>
+      </c>
+      <c r="B194" t="s">
+        <v>578</v>
+      </c>
+      <c r="C194" t="s">
+        <v>579</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="E194">
+        <v>507</v>
+      </c>
+      <c r="F194">
+        <v>1</v>
+      </c>
+      <c r="G194">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195">
+        <v>81830</v>
+      </c>
+      <c r="B195" t="s">
+        <v>581</v>
+      </c>
+      <c r="C195" t="s">
+        <v>582</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="E195">
+        <v>1054</v>
+      </c>
+      <c r="F195">
+        <v>15</v>
+      </c>
+      <c r="G195">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196">
+        <v>81831</v>
+      </c>
+      <c r="B196" t="s">
+        <v>584</v>
+      </c>
+      <c r="C196" t="s">
+        <v>585</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="E196">
+        <v>580</v>
+      </c>
+      <c r="F196">
+        <v>1</v>
+      </c>
+      <c r="G196">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197">
+        <v>81832</v>
+      </c>
+      <c r="B197" t="s">
+        <v>587</v>
+      </c>
+      <c r="C197" t="s">
+        <v>588</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="E197">
+        <v>938</v>
+      </c>
+      <c r="F197">
+        <v>10</v>
+      </c>
+      <c r="G197">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198">
+        <v>81833</v>
+      </c>
+      <c r="B198" t="s">
+        <v>590</v>
+      </c>
+      <c r="C198" t="s">
+        <v>591</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="E198">
+        <v>946</v>
+      </c>
+      <c r="F198">
+        <v>7</v>
+      </c>
+      <c r="G198">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199">
+        <v>81834</v>
+      </c>
+      <c r="B199" t="s">
+        <v>593</v>
+      </c>
+      <c r="C199" t="s">
+        <v>594</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="E199">
+        <v>956</v>
+      </c>
+      <c r="F199">
+        <v>11</v>
+      </c>
+      <c r="G199">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200">
+        <v>81835</v>
+      </c>
+      <c r="B200" t="s">
+        <v>596</v>
+      </c>
+      <c r="C200" t="s">
+        <v>597</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="E200">
+        <v>497</v>
+      </c>
+      <c r="F200">
+        <v>2</v>
+      </c>
+      <c r="G200">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201">
+        <v>81836</v>
+      </c>
+      <c r="B201" t="s">
+        <v>599</v>
+      </c>
+      <c r="C201" t="s">
+        <v>600</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="E201">
+        <v>1139</v>
+      </c>
+      <c r="F201">
+        <v>37</v>
+      </c>
+      <c r="G201">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202">
+        <v>81837</v>
+      </c>
+      <c r="B202" t="s">
+        <v>602</v>
+      </c>
+      <c r="C202" t="s">
+        <v>603</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="E202">
+        <v>1428</v>
+      </c>
+      <c r="F202">
+        <v>18</v>
+      </c>
+      <c r="G202">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203">
+        <v>81838</v>
+      </c>
+      <c r="B203" t="s">
+        <v>605</v>
+      </c>
+      <c r="C203" t="s">
+        <v>606</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="E203">
+        <v>1151</v>
+      </c>
+      <c r="F203">
+        <v>25</v>
+      </c>
+      <c r="G203">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204">
+        <v>81839</v>
+      </c>
+      <c r="B204" t="s">
+        <v>608</v>
+      </c>
+      <c r="C204" t="s">
+        <v>609</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="E204">
+        <v>771</v>
+      </c>
+      <c r="F204">
+        <v>3</v>
+      </c>
+      <c r="G204">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205">
+        <v>81840</v>
+      </c>
+      <c r="B205" t="s">
+        <v>611</v>
+      </c>
+      <c r="C205" t="s">
+        <v>612</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="E205">
+        <v>1164</v>
+      </c>
+      <c r="F205">
+        <v>10</v>
+      </c>
+      <c r="G205">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206">
+        <v>81841</v>
+      </c>
+      <c r="B206" t="s">
+        <v>614</v>
+      </c>
+      <c r="C206" t="s">
+        <v>615</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="E206">
+        <v>1255</v>
+      </c>
+      <c r="F206">
+        <v>19</v>
+      </c>
+      <c r="G206">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207">
+        <v>81842</v>
+      </c>
+      <c r="B207" t="s">
+        <v>617</v>
+      </c>
+      <c r="C207" t="s">
+        <v>618</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="E207">
+        <v>668</v>
+      </c>
+      <c r="F207">
+        <v>4</v>
+      </c>
+      <c r="G207">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208">
+        <v>81843</v>
+      </c>
+      <c r="B208" t="s">
+        <v>620</v>
+      </c>
+      <c r="C208" t="s">
+        <v>621</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="E208">
+        <v>1554</v>
+      </c>
+      <c r="F208">
+        <v>5</v>
+      </c>
+      <c r="G208">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209">
+        <v>81844</v>
+      </c>
+      <c r="B209" t="s">
+        <v>623</v>
+      </c>
+      <c r="C209" t="s">
+        <v>624</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="E209">
+        <v>589</v>
+      </c>
+      <c r="F209">
+        <v>4</v>
+      </c>
+      <c r="G209">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210">
+        <v>81845</v>
+      </c>
+      <c r="B210" t="s">
+        <v>626</v>
+      </c>
+      <c r="C210" t="s">
+        <v>627</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="E210">
+        <v>1337</v>
+      </c>
+      <c r="F210">
+        <v>19</v>
+      </c>
+      <c r="G210">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211">
+        <v>81846</v>
+      </c>
+      <c r="B211" t="s">
+        <v>629</v>
+      </c>
+      <c r="C211" t="s">
+        <v>630</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="E211">
+        <v>1573</v>
+      </c>
+      <c r="F211">
+        <v>7</v>
+      </c>
+      <c r="G211">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212">
+        <v>81847</v>
+      </c>
+      <c r="B212" t="s">
+        <v>632</v>
+      </c>
+      <c r="C212" t="s">
+        <v>633</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="E212">
+        <v>1553</v>
+      </c>
+      <c r="F212">
+        <v>10</v>
+      </c>
+      <c r="G212">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213">
+        <v>81848</v>
+      </c>
+      <c r="B213" t="s">
+        <v>635</v>
+      </c>
+      <c r="C213" t="s">
+        <v>636</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="E213">
+        <v>1311</v>
+      </c>
+      <c r="F213">
+        <v>4</v>
+      </c>
+      <c r="G213">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214">
+        <v>81849</v>
+      </c>
+      <c r="B214" t="s">
+        <v>638</v>
+      </c>
+      <c r="C214" t="s">
+        <v>639</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="E214">
+        <v>527</v>
+      </c>
+      <c r="G214">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215">
+        <v>81850</v>
+      </c>
+      <c r="B215" t="s">
+        <v>641</v>
+      </c>
+      <c r="C215" t="s">
+        <v>642</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="E215">
+        <v>1411</v>
+      </c>
+      <c r="F215">
+        <v>12</v>
+      </c>
+      <c r="G215">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216">
+        <v>81851</v>
+      </c>
+      <c r="B216" t="s">
+        <v>644</v>
+      </c>
+      <c r="C216" t="s">
+        <v>645</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="E216">
+        <v>1398</v>
+      </c>
+      <c r="F216">
+        <v>14</v>
+      </c>
+      <c r="G216">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217">
+        <v>81852</v>
+      </c>
+      <c r="B217" t="s">
+        <v>647</v>
+      </c>
+      <c r="C217" t="s">
+        <v>648</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="E217">
+        <v>1329</v>
+      </c>
+      <c r="F217">
+        <v>7</v>
+      </c>
+      <c r="G217">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218">
+        <v>81853</v>
+      </c>
+      <c r="B218" t="s">
+        <v>650</v>
+      </c>
+      <c r="C218" t="s">
+        <v>651</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="E218">
+        <v>1342</v>
+      </c>
+      <c r="F218">
+        <v>17</v>
+      </c>
+      <c r="G218">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219">
+        <v>81854</v>
+      </c>
+      <c r="B219" t="s">
+        <v>653</v>
+      </c>
+      <c r="C219" t="s">
+        <v>654</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="E219">
+        <v>1628</v>
+      </c>
+      <c r="F219">
+        <v>16</v>
+      </c>
+      <c r="G219">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220">
+        <v>81855</v>
+      </c>
+      <c r="B220" t="s">
+        <v>656</v>
+      </c>
+      <c r="C220" t="s">
+        <v>657</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="E220">
+        <v>1681</v>
+      </c>
+      <c r="F220">
+        <v>6</v>
+      </c>
+      <c r="G220">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221">
+        <v>81856</v>
+      </c>
+      <c r="B221" t="s">
+        <v>659</v>
+      </c>
+      <c r="C221" t="s">
+        <v>660</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="E221">
+        <v>520</v>
+      </c>
+      <c r="F221">
+        <v>4</v>
+      </c>
+      <c r="G221">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222">
+        <v>81857</v>
+      </c>
+      <c r="B222" t="s">
+        <v>662</v>
+      </c>
+      <c r="C222" t="s">
+        <v>663</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="E222">
+        <v>1499</v>
+      </c>
+      <c r="F222">
+        <v>7</v>
+      </c>
+      <c r="G222">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223">
+        <v>81858</v>
+      </c>
+      <c r="B223" t="s">
+        <v>665</v>
+      </c>
+      <c r="C223" t="s">
+        <v>666</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="E223">
+        <v>1470</v>
+      </c>
+      <c r="F223">
+        <v>12</v>
+      </c>
+      <c r="G223">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224">
+        <v>81859</v>
+      </c>
+      <c r="B224" t="s">
+        <v>668</v>
+      </c>
+      <c r="C224" t="s">
+        <v>669</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="E224">
+        <v>1802</v>
+      </c>
+      <c r="F224">
+        <v>60</v>
+      </c>
+      <c r="G224">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225">
+        <v>81860</v>
+      </c>
+      <c r="B225" t="s">
+        <v>671</v>
+      </c>
+      <c r="C225" t="s">
+        <v>672</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="E225">
+        <v>1229</v>
+      </c>
+      <c r="F225">
+        <v>3</v>
+      </c>
+      <c r="G225">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">