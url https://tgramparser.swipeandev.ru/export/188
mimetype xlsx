--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -1434,171 +1434,171 @@
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>51343</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>1226</v>
       </c>
       <c r="F2">
-        <v>22</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>51344</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>2713</v>
       </c>
       <c r="F3">
-        <v>44</v>
+        <v>111</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>51345</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>3312</v>
       </c>
       <c r="F4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>51346</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5">
         <v>3961</v>
       </c>
       <c r="F5">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>51347</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>4380</v>
       </c>
       <c r="F6">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>51348</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>4273</v>
       </c>
       <c r="F7">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>51349</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>4341</v>
       </c>
       <c r="F8">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>51350</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>4458</v>
       </c>
       <c r="F9">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>51351</v>
@@ -1614,91 +1614,91 @@
       </c>
       <c r="E10">
         <v>4425</v>
       </c>
       <c r="F10">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>51352</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11">
         <v>4704</v>
       </c>
       <c r="F11">
-        <v>34</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>51353</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12">
         <v>4861</v>
       </c>
       <c r="F12">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>51354</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13">
         <v>5155</v>
       </c>
       <c r="F13">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>51355</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14">
         <v>4528</v>
       </c>
       <c r="F14">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>51356</v>
@@ -1754,91 +1754,91 @@
       </c>
       <c r="E17">
         <v>4817</v>
       </c>
       <c r="F17">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>51359</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E18">
         <v>4858</v>
       </c>
       <c r="F18">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>51360</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E19">
         <v>4633</v>
       </c>
       <c r="F19">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>51361</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E20">
         <v>4687</v>
       </c>
       <c r="F20">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>51362</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
       <c r="C21" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E21">
         <v>4577</v>
       </c>
       <c r="F21">
         <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>51363</v>
@@ -1854,51 +1854,51 @@
       </c>
       <c r="E22">
         <v>4458</v>
       </c>
       <c r="F22">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>51364</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E23">
         <v>4501</v>
       </c>
       <c r="F23">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>51365</v>
       </c>
       <c r="B24" t="s">
         <v>74</v>
       </c>
       <c r="C24" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E24">
         <v>5057</v>
       </c>
       <c r="F24">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>51366</v>
@@ -3476,134 +3476,152 @@
         <v>4491</v>
       </c>
       <c r="F103">
         <v>45</v>
       </c>
       <c r="G103">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>51445</v>
       </c>
       <c r="B104" t="s">
         <v>314</v>
       </c>
       <c r="C104" t="s">
         <v>315</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E104">
         <v>4465</v>
       </c>
+      <c r="F104">
+        <v>64</v>
+      </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>51446</v>
       </c>
       <c r="B105" t="s">
         <v>317</v>
       </c>
       <c r="C105" t="s">
         <v>318</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>319</v>
       </c>
       <c r="E105">
         <v>4385</v>
       </c>
+      <c r="F105">
+        <v>48</v>
+      </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>51447</v>
       </c>
       <c r="B106" t="s">
         <v>320</v>
       </c>
       <c r="C106" t="s">
         <v>321</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E106">
         <v>4390</v>
       </c>
+      <c r="F106">
+        <v>50</v>
+      </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>51448</v>
       </c>
       <c r="B107" t="s">
         <v>323</v>
       </c>
       <c r="C107" t="s">
         <v>324</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>325</v>
       </c>
       <c r="E107">
         <v>4441</v>
       </c>
+      <c r="F107">
+        <v>71</v>
+      </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>51449</v>
       </c>
       <c r="B108" t="s">
         <v>326</v>
       </c>
       <c r="C108" t="s">
         <v>327</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>328</v>
       </c>
       <c r="E108">
         <v>4428</v>
       </c>
+      <c r="F108">
+        <v>68</v>
+      </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
         <v>51450</v>
       </c>
       <c r="B109" t="s">
         <v>329</v>
       </c>
       <c r="C109" t="s">
         <v>330</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>331</v>
       </c>
       <c r="E109">
         <v>3953</v>
+      </c>
+      <c r="F109">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">