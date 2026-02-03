--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Текст</t>
   </si>
   <si>
     <t>Просмотры</t>
   </si>
   <si>
     <t>Поделилось</t>
   </si>
   <si>
     <t>Реакции</t>
   </si>
   <si>
     <t>Комментарии</t>
   </si>
   <si>
@@ -1419,50 +1419,536 @@
     <t>13.02.25 16:59</t>
   </si>
   <si>
     <t>t.me/remote_russia/4351</t>
   </si>
   <si>
     <t>Letim, электронный кошелёк для российских путешественников в Турции, запустил партнерство с Airalo — мировым провайдером eSIM. Теперь вы можете приобрести специальный ваучер (Airmoney) без каких-либо дополнительных комиссий и активировать его в Airalo: достаточно купить код в приложении Letim, а затем ввести его при выборе нужного пакета на сайте или в приложении Airalo. Ваучеры доступны от 5 долларов и позволяют подключить цифровую SIM-карту не только для поездок по Турции, но и в более чем 200 странах мира. Скачать приложение Letim можно по ссылке.</t>
   </si>
   <si>
     <t>13.02.25 06:19</t>
   </si>
   <si>
     <t>t.me/remote_russia/4343</t>
   </si>
   <si>
     <t>#КраснодарскийКрай И правда: чем не Прованс? Обещала показать территорию Шато Андре — показываю. За такие виды можно простить многое. За оленей — вообще все. Локация вот, сохраняйте.</t>
   </si>
   <si>
     <t>12.02.25 15:11</t>
   </si>
   <si>
     <t>t.me/remote_russia/4334</t>
   </si>
   <si>
     <t>#КраснодарскийКрай Дегустировали, дегустировали, да не выдегустировали Еще один (помимо винодельни Нестеровых, про которую я писала тут) симпатичный семейный проект — Шато Андре. Агротуристический комплекс с виноградниками и отелем на 6 номеров в 40 минутах езды от Анапы. Шато пытается казаться Провансом и архитектурно подражает деревушкам французского Юга, где можно поселиться на ферме посреди лавандовых полей и с головой нырнуть в пастораль. В номерах мебель в райских птицах и живопись с уходящими в горизонт стогами и счастливыми сборщиками урожая. Камень и дерево добавляют уюта. Все мило, но есть что докручивать: как минимум убрать торчащую из стены плазму с проводами и стоящий рядом букетик из пластиковых веток. Ванной комнате явно не хватает «французскости» — совсем не дружит с остальным интерьером. Пока Прованс немного местечковый, но комплиментарный каберне совиньон в номере помогает сгладить стилистические нюансы. Цены на проживание суперлояльные: от 5000 ₽ в сутки. По сервису все грустненько. Персонал неприветливый. На завтраке было ощущение, что надо есть поскорее, чтобы никого не задерживать. Гостеприимство тоже страдает. Я приехала в районе 9 вечера, и мне сказали, что встретить меня уже не получится: поздно. Нужно заселиться самой. Ну и еды прихватить в номер, потому что ресторан закрыт, и в округе никаких заведений нет. В целом штатная ситуация, но вроде 9 вечера не так страшно звучит, чтобы сворачивать лавочку. С другой стороны, в отеле кроме моего был занят лишь один номер. Возможно, в низкий сезон персонал работает на низких вибрациях. И вот что удивительно: минусов много, а впечатление в итоге все равно положительное. При всех нюансах, Шато Андре — хорошее место. Во-первых, тут живет целая армия котов, а место с котами никак не может быть плохим. Во-вторых, у винодельни-отеля огромная живописная территория с фермой, фруктовым садом, пасекой и оленями. В следующем посте покажу, как она выглядит, а пока ловите фото моего номера (у меня был вот этот). И отдельно — котов.</t>
+  </si>
+  <si>
+    <t>20.12.25 06:20</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5650</t>
+  </si>
+  <si>
+    <t>Готовый маршрут по Русскому Северу Часть I. Москва — Каргополь Под занавес года ловите маршрут поездки по Русскому Северу. Ехать советую или в июне — начале июля на белые ночи, или ранней осенью, чтобы застать самое красивое золотишко. Стартуем из Москвы. ↓ 460 км ↓ Едем через Тверскую область с остановками: у храма в Михайловском-Прудово, у резного деревянного терема в селе Красный Холм, в Бежецке. Остаемся с ночевкой в Устюжне, которая до появления заводов на Урале была второй после Тулы оружейной столицей. Находим строгановское барокко, смотрим уникальный иконостас в краеведческом музее, гуляем вдоль реки Мологи и ужинаем в нарядном купеческом ресторане «Домъ 1857». ↓ 210 км ↓ В Кириллове берем экскурсию по Кирилло-Белозерскому монастырю. Даже если религиозная тема совсем не ваша, здесь с десяток музеев, а коллекция икон, принадлежащая обители, — это шедевры мирового уровня, которые выставлялись в парижском Лувре и Музее Гуггенхайма в Нью-Йорке. При монастыре работает гостиница «Государева крепость» с атмосферой монашеской кельи, но максимально комфортными условиями. На следующий день едем в Ферапонтово любоваться фресками Дионисия. Еще советую посетить древний город Белозерск: у меня не получилось из-за закрывшейся паромной переправы, но вам туда точно надо. ↓ 227 км ↓ В Вытегре гуляем по новой деревянной набережной и по музеям: сначала идем в «Водные пути Севера», экспозиция которого посвящена строительству Волго-Балтийского канала, а затем в музей «Подводная лодка Б-440», сделанный на базе настоящей субмарины. Заночевать можно в отеле Wardenclyffe Volgo-Balt, стилизованном под маяк. В 18 км от города смотрим две мощные церкви: деревянную и каменную. ↓ 41 км ↓ Доезжаем до горы Андома — самого красивого места на берегу Онежского озера. В 112 км — мыс Бесов Нос с петроглифами. ↓ 205 км ↓ Знакомимся с Каргополем: бродим по берегу Онеги, находим реконструированные полоскальни и поражаемся совсем не провинциальным по масштабам храмам, которыми восхищался Грабарь. В Саунино, что в 7 км, посещаем Церковь Иоанна Златоуста 1665 года постройки. Одни из самых впечатляющих и деликатных «небес», что я видела. Дальше едем в Кенозерье — продолжение в следующем посте.</t>
+  </si>
+  <si>
+    <t>19.12.25 17:53</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5649</t>
+  </si>
+  <si>
+    <t>Дарите уверенность — она точно пригодится в наступающем! Идея для любителей нетривиальных новогодних подарков: у Ингосстраха появились подарочные сертификаты разного номинала, начиная с 1000 рублей. Кроме очевидного — страхования от несчастных случаев и форс-мажоров в путешествиях, — можно застраховаться, например, от потери багажа, отмены рейса или порчи имущества соседями во время вашего отсутствия. Страховка распространяется не только на отдых, но и на рабочие поездки, а оформление полиса доступно из любой точки мира онлайн — в офис ходить не нужно. Узнать подробности и оформить сертификат можно на сайте.</t>
+  </si>
+  <si>
+    <t>19.12.25 07:03</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5641</t>
+  </si>
+  <si>
+    <t>Еще осенью планировала дойти до музея «Атом», наслушавшись от разных людей, какой он крутой. И вот наконец-таки увидела своими глазами. Ну что хочу сказать: масштабы и правда впечатляющие. Для музея построили большой стеклянный павильон, где вся экспозиция спрятана под землей. Это самое заглубленное здание на ВДНХ, и подземная часть его сделана со смыслом. Cоветские разделы показывают на глубине 16 метров, что соответствует первому в СССР руднику по добыче урановой руды. Я взяла экскурсию, ибо мои познания в атомной энергетике ограничиваются однократным просмотром «Оппенгеймера». Гид по имени Антон с порога начал рассказывать про заряженные частицы, но быстро понял, что с филологами так не работает, и перешел к зрелищной части. За нее отвечает макет реактора ВВЭР‑1200 в центральном зале, где каждые полчаса показывают светомузыкальное шоу «Атомная симфония». Вот там я основательно зависла. Под музыку, написанную искусственным интеллектом, гигантская конструкция оживает, начинает пульсировать, переливаться разными цветами и метафорически изображать выработку энергии. Затем мы спустились на несколько пролетов вниз, чтобы посмотреть собственно экспозицию. Она выстроена хронологически. Сначала советский атомный проект: ядерная гонка, разведка 1940-х, первые реакторы и секретные разработки. Потом научно-техническая революция 50-60-х — этот раздел впечатлил меня больше всего. Тут речь уже не про противостояние сверхдержав, а про романтику советского футуризма и большие идеи, направляющие энергию атома в мирное русло: строительство дирижаблей, ледоколов. В стеклянных колбах застыли в невесомости томики Булычева и Стругацких. Заканчивается все современностью: квантовыми компьютерами, радиоизотопами. И атомными городами, из которых я, к своему удивлению, не знаю примерно четверть. Если на новогодних праздниках будете в Москве, не поленитесь заглянуть. Там еще неподалеку Сafeteria de Madre открыли — легендарные сэндвичи с мортаделлой уходят в промышленных масштабах.</t>
+  </si>
+  <si>
+    <t>08.12.25 13:15</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5640</t>
+  </si>
+  <si>
+    <t>Эпичное окончание поездки длиной в 4500 км. Главное разочарование тех, кто видит сияние впервые, — в жизни сияет не так, как на фото. Магия длинной выдержки переводит деликатные всполохи в разряд аватаровских спецэффектов. Но в моменте, когда наблюдаешь аврору бореалис живьем, все равно становишься ребенком.</t>
+  </si>
+  <si>
+    <t>08.12.25 07:55</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5636</t>
+  </si>
+  <si>
+    <t>В прошлом году у меня выходило несколько серий про Ямал — как летний, так и зимний. Этот регион не испорчен туризмом и сохраняет свою самобытность, несмотря на то, что к нему все чаще стали присматриваться. Если поездка в чум к оленеводам для вас пока не вопрос ближайшего будущего, частичку Ямала можно иметь при себе в виде сувенира. На Ozon есть ямальский магазин — его развивает 20-летняя Ева Кучина, победительница конкурса молодых предпринимателей Ozon «20 до 20». Девушка создает вещи с символикой своего края, а еще организует мероприятия для пожилых людей. Теплые варежки, брошка-морошка, свитер с медведем и другие сувениры приблизят встречу с Ямалом в один клик. #реклама</t>
+  </si>
+  <si>
+    <t>06.12.25 16:43</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5628</t>
+  </si>
+  <si>
+    <t>Что смотреть в Повенце — «столице» Беломорканала Нашла в Медвежьегорске классного гида Александра, который специализируется на теме Беломорканала. Три часа пролетели на одном дыхании, и даже удалось увидеть шлюзование и застать последний теплоход с Соловков. Все основное мы смотрели в Повенце — поселке, который в 30-е был центром строительства Канала. От Медвежьегорска это 26 км = 30 минут езды. Прямо на въезде стоит необычная церковь (фото 1), похожая одновременно на ракету и оборонительную башню с окнами-бойницами. Ее открыли в 2003 году к 70-летнему юбилею Канала и в память об узниках ГУЛАГа, которые тут погибли (официально 12 300 человек, но точно никто не знает). В окрестностях поселка находится и первый шлюз. Александр предложил мне посмотреть на него со стороны Повенецкого маяка, который стоит на длинном каменном моле посреди Онежского озера. Тут очень кинематографично: в воде лежит деревянный остов старой шхуны, на пирсе кучкуются рыбаки. В моем случае еще и закат близился. Можно сказать, что это место — главные ворота, ведущие в Канал. Здесь когда-то хотели поставить памятник Сталину, но в итоге ограничились навигационным знаком. Сами шлюзы сейчас выглядят не так, как в 30-е. Изначально конструкции были сделаны из дерева, но потом их заменили на бетон (поэтому и в архитектуре вот этой церкви-ракеты решили деревянное здание поставить на бетонный пьедестал — обыграли тему). Все инженерные решения даже спустя почти сто лет остаются безукоризненными. Всего на Беломорско-Балтийском канале 19 шлюзов. Работает это так: судно заходит в камеру, ворота за ним закрываются, и в течение примерно 20 минут пространство заполняется водой. Потом открываются соседние ворота, и можно продолжать движение. И так 19 раз. ПОМОГИТЕ! Я лично увидела это на примере теплохода «Русь Великая», который возвращался из последнего рейса с Соловков. Надо будет как-нибудь спланировать подобный вояж и прокатиться по Беломорканалу. Кстати, если у вас есть собственное судно, то сделать это можно бесплатно. Оказывается, за использование шлюзов денег никаких не берут — нужно только разрешение на прохождение через Канал заранее оформить.</t>
+  </si>
+  <si>
+    <t>03.12.25 16:03</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5625</t>
+  </si>
+  <si>
+    <t>Проезжала мимо Медвежьегорска несколько раз, но никогда не заглядывала. Казалось, что город не вау какой интересный. История тут не древняя: все началось со строительства железной дороги от Петрозаводска до Мурманска. До этого ничего не было, кроме одного лесопильного завода. От него осталось целое поле опилок в окрестностях. Что до ж/д, то в городе сохранился очень красивый старый вокзал с башенкой 1916 года постройки (фото 1). Медвежьегорск можно рассматривать как стартовую точку для путешествия по Заонежью. Из ближайшего яркого для туристов — заповедник «Кижи» и Кижское ожерелье: маршрут по островам с часовнями и мельницами. На Онежском озере много колоритных деревень (на фото 3 — деревня Космозеро, которую очень рекомендую). Плюс еще одна знаковая тема для этих мест — строительство Беломорканала и все, что с ним связано. Меня как раз интересовал последний пункт. После Кенозерья снова вдарить по деревянному зодчеству уже не хотелось — нужно было сменить ракурс. И я нашла отличного проводника и поехала искать самый первый шлюз ББК.</t>
+  </si>
+  <si>
+    <t>01.12.25 12:56</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5616</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Про Ошевенск: гигантские избы, один из древнейших монастырей на Севере и самый рок-н-ролльный батюшка, которого я встречала Отец Александр ошеломил биографией с порога: бывший учитель ОБЖ, мастер спорта по гирям. «Я еще и романсы пою, — священник достал телефон и поставил видео, на котором он в джеймсбондовском смокинге густым баритоном исполняет «Очи черные». — В епархии меня называют „ваше бесподобие“». В деревню Ошевенский погост я заехала на 10 минут, а в итоге провела там почти два часа. Посмотрела церковь с рекордными «небесами» (самые крупные по площади, на фото 6 они заклеены бумагой для консервации), заглянула в домашний музейчик, который отец Александр с матушкой сделали в соседнем доме. Место ну очень душевное, и видно, что о нем заботятся. В музее внушительная коллекция старинных прялок со всего Русского Севера. Я нечто подобное видела в Сыктывкаре, но там это Национальный музей Республики Коми, а тут просто люди в деревне на чистом энтузиазме собрали экспозицию, которой впору быть представленной в крупном городе. Еще про Ошевенск стоит добавить, что это не одна точка на карте, а целый куст деревень: Большой Халуй, Ширяиха, Низ. Все избы здесь гигантских размеров и больше похожи на крепости. Строили так, чтобы под одной крышей помещалась вся экосистема, включая скотину. В Вологодской области мне рассказывали, что огромные дома — следствие того, что много где на Севере не было крепостного права. Когда у крестьян появлялись деньги, они могли не скромничать. В последнее время Ошевенск привлекает художников, архитекторов и дизайнеров, которые занимаются здесь восстановлением домов в рамках проекта Театр Архитектурной Формы. Вот тут можно почитать о нем подробнее. Напоследок я заглянула в Ошевенский монастырь (фото 2). Он частично покрыт лесами, и внутрь попасть не получилось. Но место само по себе тоже знаковое: один из древнейших монастырей Севера России, ровесник Соловков. Его значение для этих территорий сопоставимо с тем, какое имела Троице-Сергиева лавра для всего русского православного мира. Сейчас он незаслуженно забыт, но, раз реставрируют, значит, будет реннесанс. Еду в Медвежьегорск.</t>
+  </si>
+  <si>
+    <t>30.11.25 14:36</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5608</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Из Вершинино я планировала поехать в Медвежьегорск, что в 500 км, но знакомый гид посоветовал заглянуть еще и в Ошевенск. Это уже не Кенозерье, а Каргополье — от Каргополя примерно час на машине. Что делать в Ошевенске? Во-первых, он входит в Ассоциацию самых красивых деревень России. Во-вторых, там есть древний монастырь — практически ровесник Соловков. Ну и, в-третьих, Ошевенский погост — место с самыми большими «небесами» на Русском Севере. Все перечисленное звучало как вполне себе веский аргумент отложить Медвежьегорск на денек, что я и сделала. При желании в Ошевенске можно остановиться с ночевкой. Там есть гостевой дом на две комнаты (фото 5), стоит смешные 800 рублей в сутки. Еще мне предложили заказать традиционный обед. К вашему приезду местная жительница по имени Ольга готовит в русской печи все, что еще недавно росло, плавало и летало в радиусе пары километров. Количество еды такое, что больше половины я попросила завернуть с собой: грибной суп с домашним хлебом, рыбник с щукой, которую муж Ольги поймал за пару часов до, картофельная запеканка, овощной салат со своей грядки, пирог с клюквой (тоже собирали накануне). Если хотите такой обед, то нужно заранее позвонить и предупредить о визите: +7-911-056-11-55. По этому же номеру бронируется и гостевой дом. Про монастырь и Погост расскажу отдельно.</t>
+  </si>
+  <si>
+    <t>29.11.25 07:45</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5600</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Где смотреть деревянное зодчество на Русском Севере: мини-гид Чтобы вас не укачало от количества церквей (у меня вот к концу поездки все перемешалось в голове и превратилось в сплошной восьмерик на четверике), собрала самые колоритные в один пост с геолокациям. Сохраняйте на будущее, по сути это готовый маршрут. 😊 Часовня Николая Чудотворца, Вершинино 200-летняя часовня, ставшая символом Кенозерского нацпарка. Маленькая, уютная, стоит на вершине холма, поэтому ее отовсюду видно. 🟣Фото 1 😊 Почозерский погост, Филипповская Грандиозный комплекс на краю деревни. Когда подъезжаешь, издалека кажется, что перед тобой средневековая крепость. От Вершинино я добралась на машине за полчаса. Внутрь попасть не получилось (было закрыто), но там сейчас, насколько мне известно, нет оригинальных «небес» — они на реставрации. А вот снаружи очень впечатляет. 🟣Фото 2 😊 Церковь Рождества Пресвятой Богородицы, Бережная Дуброва Наверное, больше всего поразивший меня храм по соотношению «какая глушь / какие масштабы». Тут и размеры, приближающиеся к Кижам, и фантастическая сохранность, и «небеса». Плюс 17 век, что безусловный редкач: по пути мне в основном встречались церкви 18-19-го. 🟣Фото 3-4 😊 Богоявленская церковь, Лядины Раньше здесь стояли два храма с колокольней, и это был единственный сохранившийся в районе тройной ансамбль (и один из четырех сохранившихся в России). Потом от удара молнии случился пожар, и осталось только то, что на фото. Но все равно красиво. 🟣Фото 5 😊 Церковь Иоанна Златоуста, Саунино Еще один шедевр в 5 км от Каргополя. Вот если говорить про «небеса», то мой личный топ — это Саунино и Бережная Дуброва. В Саунино я еще и попала на открытие выставки про деревянное зодчество. 🟣Фото 6-7 😊 Церковь Богоявления, Ошевенск Самые крупные по площади «небеса» на всем Севере. Их сейчас заклеили полупрозрачной бумагой, чтобы законсервировать, поэтому насладиться в полной мере не получилось. Но зато тут такой рок-н-ролльный батюшка с оперным голосом и званием мастера спорта по гирям, что я точно вернусь. 🟣Фото 8</t>
+  </si>
+  <si>
+    <t>28.11.25 13:45</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5592</t>
+  </si>
+  <si>
+    <t>Непрерывное вещание в дороге — тот еще квест. Решила отложить рассказ о завершении поездки до собственно ее завершения. За две недели проехала 4500 км, сменила с десяток гостиниц, от избы с туалетом свободного падения до роскошного минимализма в Заонежье, наелась ягод прямо из леса, пока они еще были, застала последний теплоход на Беломорканале и последние золотые листья уходящей осени. Окончательно закрыла гештальт с деревянным зодчеством. На пути его было СТОЛЬКО, что если делать пост про каждую церквушку (не бойтесь, я себя контролирую), можно пару месяцев только про них и писать. Вывод наибанальнейший: Русский Север — это мощь вселенского масштаба, и исчерпать его невозможно. Уже накидала себе маршрут на следующую поездку в мае-июне 2026-го, а пока ловите рандомные кадры из этой.</t>
+  </si>
+  <si>
+    <t>17.11.25 13:41</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5584</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Высадка в Глазово: атеисты на службе у храма и приезд Кончаловского Посмотрела еще одно место в Кенозерье — деревню Глазово. До нее тоже можно добраться только по воде. Во время прогулки Иван, мой проводник, поделился интересным фактом. Оказывается, там, где когда-то стояли дома, часто вырастают малинники, и по этим малинникам можно потом сказать, где жили люди. В Глазово таких малинников много, а от присутствия людей осталось всего ничего. Целью моей поездки сюда была часовня Сошествия Святого Духа с фото 1-2. Ее в 1980-е законсервировали студенты из стройотряда «Атеист» (вот уж нарочно не придумаешь), а в нулевые помогали восстанавливать норвежцы. Внутри сохранились «небеса» 19 века. За еще одним небом — хмурым, с тяжелыми свинцовыми облаками — я поднялась на колокольню по деревянной лестнице. Про кино Один из моих вопросов к Ивану был — изменилось ли что-то после фильма Кончаловского «Белые ночи почтальона Алексея Тряпицына». Для тех, кто не в курсе: в 2014 году вышел фильм, который снимали в Кенозерье, а все роли в нем сыграли не профессиональные актеры, а местные жители. Фильм тогда получил «Серебряного льва» на Венецианском кинофестивале. Иван поворчал, что «ничему на экране нельзя верить». Один из персонажей по прозвищу Колобок выходит из дома за дровами, а берет их уже на другом берегу озера. «Он что, апостол, что ли, по воде ходить?» Я не стала парировать, что кино — это художественное высказывание, а дрова и расцветка кур — условности. Тем более сначала мой собеседник сказал, что фильм не видел и говорить о нем не хочет (видимо, что-то личное). Тут напрашивается аналогия с Териберкой, которая выстрелила после «Левиафана» Звягинцева. В Кенозерье такого бума не случилось, но это и к лучшему: иначе весь шарм растворился бы в крафтовых пивоварнях и караокешных. А так о фабрике грез напоминает немногое. Домики в деревне Зехнова, где проходили съемки, отреставрировали и сейчас сдают в аренду туристам. Главный герой Алексей Тряпицын по-прежнему живет и работает здесь — только уже не почтальоном, а сотрудником пожарной части. Звездная болезнь обошла его стороной. По таким дорогам она обычно редко добирается.</t>
+  </si>
+  <si>
+    <t>14.11.25 13:57</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5578</t>
+  </si>
+  <si>
+    <t>#РусскийСевер На катере по Кенозеру: меланхолия, вандализм и спасенные «небеса» Прогулка по северной акватории Кенозера в несезон по степени кинематографичности сравнима с январской Венецией. Неподвижное небо, чернеющий лес, забытые деревни по берегам — иногда всего на пару домов. Первая высадка у нас была в Рыжково. Пройдя через центральную улицу, мы с Иваном, водителем катера, добрели до деревянной часовни. Иван открыл дверь своим ключом. Эта особенность местного туризма очаровывает: здесь храмы, музеи, дома открывают специально и только для вас. Из-за этого возникает ощущение интимности, причастности к чему-то значимому. Что не так с «небесами» В часовне я впервые увидела «небеса». Потолочные иконы, составленные из дощечек-граней, — один из главных «хитов» Русского Севера. Конкретно в этой часовне они аутентичные, после реставрации (фото 2), но в некоторых местах вместо оригинальной живописи висят репродукции. «Небеса» изъяли из-за вандализма и заменили копиями. «А сами церкви поставили на сигнализацию», — добавил Иван. По его словам, раньше двери никогда не закрывали, и любой желающий мог войти. Но в нулевые в Кенозерье хлынул поток туристов, среди которых оказалось много охотников за древностями. Начали пропадать иконы, кресты. Сейчас все это хранится в Вершинино — в музее со смешным названием «Рухлядный амбар». В несезон он не работает, поэтому заглянуть туда в этот раз у меня не получилось. В ближайшие годы «Рухлядный амбар» трансформируется в более масштабную штуку. В Кенозерье будут строить депозитарий — большой современный (но в стилистике русского деревянного зодчества) музей, куда переедет вся коллекция. Что не так с ЮНЕСКО Иван говорит, что с тех пор как Кенозерье попало под охрану ЮНЕСКО, «местным жителям стало хуже». Появилось много ограничений. Вплоть до того, что нельзя собирать ягоды в лесу. «Охоту с рыбалкой тоже хотели запретить, но мужики взбунтовались и отстояли». После разговора с Иваном у меня сложилось впечатление, что к списку Всемирного наследия тут относятся скептически. Кенозерцы привыкли сами спасать свое деревянное зодчество. Большинство построек, которые сейчас в приличном состоянии, пару десятилетий назад были в шаге от небытия. И только благодаря пассионарности деревенских (а не пафосным размышлениям о ценности культурного ландшафта) удалось все это сберечь.</t>
+  </si>
+  <si>
+    <t>13.11.25 15:38</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5573</t>
+  </si>
+  <si>
+    <t>#РусскийСевер В Вершинино надо брать катер и смотреть окрестности. Кенозерье можно сравнить с архипелагом. До большинства деревушек, разбросанных по разным берегам, добираются только по воде. Если вы откроете карту и найдете озеро Кенозеро, то увидите, что местность похожа на тигриную шкуру: много длинных узких заливов, которые врезаются в участки дремучего леса. Тут даже на внедорожнике никак не проедешь. Из-за этого Кенозеро вряд ли когда-нибудь опопсеет: сюда так сложно и долго добираться, что большинство сдуются уже в начале пути. Катера, как и все остальное, бронируют сотрудники нацпарка. Я заранее ничего не заказывала — у меня вообще вся поездка под девизом «а дальше как пойдет». Догуляла в Вершинино до визит-центра. Учтивая сотрудница сделала пару звонков и выдала мне номер Ивана — владельца катера и по совместительству инспектора парка. Договорились, что он заберет меня от пристани и покатает по деревням. Индивидуальная прогулка стоила 7500 ₽ (2500 ₽ в час, нужно минимум 3 часа, так как расстояния приличные). Конечно, за один раз все Кенозерье не охватить. Обычно отдельно смотрят северную акваторию и отдельно — южную. Это две большие водные экскурсии. На юге — деревни Зехнова и Тырышкино, на севере — Рыжково и Глазово. Мы с Иваном обсудили маршрут и решили остановиться на втором варианте. Тизер прозвучал так: в Рыжково в несезон живет всего-навсего один человек, а в Глазово есть красивая старая часовня, построенная по кенозерским традициям посреди святой рощи (от которой, правда, осталось несколько сосен). P.S. В первом комментарии оставила контакты всех местных катеристов, лодочников и таксистов. Сохраняйте на будущее.</t>
+  </si>
+  <si>
+    <t>11.11.25 15:40</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5568</t>
+  </si>
+  <si>
+    <t>#РусскийСевер В ночи добралась до Вершинино — «столицы» Кенозерья. После Каргополя дорога постепенно становилась все хуже. Сначала разбитый асфальт, затем грунтовка и наконец бОльшую часть пути — глухой лес. Двадцать минут леса, потом какая-нибудь деревушка. Снова лес, снова деревушка — и вот так около двух часов. В какой-то момент возникла понтонная переправа, как с картины Куинджи: луна гигантским прожектором выхватывала из темноты кусок реки (той самой Онеги), и больше не было видно ничего. В Вершинино заселилась в избу (фото 4). Тут можно ночевать в гостинице, можно арендовать дом или поставить палатку на турстоянке. Для меня выбор очевиден. Ехать в деревню на далеком отрезанном от цивилизации Севере и жить там в отеле — красть у самого себя впечатления. В таком месте надо максимально погружаться в колорит и растворяться в дзене. Поэтому только изба, только хардкор. В избе, помимо хардкора, две комнаты, разделенные печкой, и кухня с рукомойником, электрической плиткой и холодильником. Туалет свободного падения находится в самом доме, не на улице. Рядом еще одна избушка — русская баня, которую растапливают за дополнительную плату (3500 ₽). Все жилье в Кенозерье бронируется по телефону +7-960-017-99-33. Это визит-центр нацпарка. Вы звоните, называете даты, и вам предлагают варианты. Вот здесь расписан каждый из них — и в Плесецком, и в Каргопольском секторах (чем они отличаются — писала пару постов назад). У нацпарка на редкость хороший сайт. Там все максимально подробно про логистику, маршруты, экскурсии и прочее. Меня поразило, что бронь сделали без предоплаты и каких-либо гарантий заселения с моей стороны. Я сказала, что приеду, и к моему прибытию подготовили избу: растопили печь, натаскали воды, накололи дров. Ключ лежал в скворечнике возле входа. Оплату (5500 ₽) взяли только на следующий день. Все на чистом доверии. Видимо, в этих краях по-другому не работает.</t>
+  </si>
+  <si>
+    <t>10.11.25 17:56</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5564</t>
+  </si>
+  <si>
+    <t>Еще 10 лет назад Саудовская Аравия была закрытой страной, которая не выдавала туристические визы, а сейчас любой желающий может ее посетить. Мне повезло побывать в Аравии в числе первых, когда она начала принимать гостей. Если честно, ожидания тогда были заниженные. Я рассчитывала увидеть сплошную пустыню с нефтяными вышками, а в итоге осталась под сильнейшим впечатлением: один только Мадаин-Салих — выбитый в скалах набатейский некрополь — чего стоит! Поводом для первой поездки может стать музыкальный фестиваль Soundstorm, который пройдет 11-13 декабря в Эр-Рияде. Заявлено две сотни артистов с мировым именем. Будут инсталляции от уличных художников, гастрокластер с местной кухней и много всего другого зрелищного и эффектного. Действо развернется на 14 сценах, у каждой из которых — своя концепция. Все подробности и билеты смотрите тут. Из Москвы в Саудовскую Аравию есть прямой рейс авиакомпании Flynas. Можно устроить себе предновогоднюю перезагрузку, рвануть на фестиваль и заодно изучить новую страну. ⚡️ Для самых спонтанных по промокоду remote_russia будет действовать 40%-ная скидка на билеты на Яндекс Афише. #партнерскийпост</t>
+  </si>
+  <si>
+    <t>10.11.25 14:54</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5556</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Каргополь: город, который многое потерял, но и приобрел не меньше По дороге в деревню Вершинино, «столицу» Кенозерья, заехали в Каргополь. Это ближайший большой (ну как большой — на 8000 человек) город к национальному парку. Каргополь стоит на реке Онеге. Оказывается, есть не только Онежское озеро, но и река с таким же названием. По ней можно попасть в Белое море, чем активно пользовались начиная с 16 века, когда перевозили соль из поморских варниц. Со временем соль перестала быть ценным товаром и превратилась в обыденность. Каргополь утратил свое значение и стал просто маленьким тихим городком на Севере. Но даже сейчас, когда тут полнейший штиль, видно, насколько это был мощный центр. Каргопольские церкви по масштабам как кафедральные соборы — в медвежьих углах такие не строили. Художник Грабарь, который побывал здесь и остался под сильным впечатлением, сравнивал их с дворцами флорентийского Возрождения. Историки искусства даже выделяют особый стиль — каргопольское узорочье (конец 17 — начало 18 века). Каргополь знают все, кто хоть как-то связан с архитектурой и дизайном. Лет 5 назад для студентов Вышки делали большую экспедицию, после чего они выпустили вот такой нарядный путеводитель. При всей своей красоте, для жизни Каргополь не самое простое место. Город до сих пор не газифицирован. Здесь используют печное отопление. Многоквартирные дома (высоток нет, максимум 3 этажа) отапливают паром. Водопровод и канализация есть не везде, но зато воду можно пить из уличных колонок и родников, бьющих прямо в черте города. Один из источников находится на набережной. Вокруг него построили беседку, а внутри сделали несколько ванн с ключевой водой (фото 3). Все вместе — реконструкция исторической полоскальни, которая когда-то тут была. Раньше местные жители приходили полоскать белье в такие купели. Эта полоскальня — новодел, но в городе есть и другие, которые до сих пор используются (ну а чему удивляться, если водопровод — роскошь, доступная не всем). Сама набережная, кстати, довольно симпатичная. Ее не так давно обновили: сделали деревянный настил, концертную площадку. Рядом стоит памятный знак Александру Баранову — основателю русских поселений на Аляске. Он был родом из Каргополя. Пока гуляла тут, думала, как все забавно переплетается. В августе я побывала у берегов Аляски на острове Ратманова, а сейчас стою вообще на другом конце географии — и снова Аляска. Только на этот раз у памятника человеку, ставшему правителем Русской Америки почти на 30 лет.</t>
+  </si>
+  <si>
+    <t>09.11.25 16:08</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5551</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Как устроен Кенозерский нацпарк Сразу на границе Карелии и Архангельской области (где от асфальта остаются только призрачные воспоминания) начинается Кенозерский нацпарк — тот самый, который в прошлом году включили в список Всемирного наследия ЮНЕСКО. Парк делится на два больших сектора: южный Каргопольский и северный Плесецкий. Охватить оба за один раз было бы слишком галопом — я решила исследовать второй. Тем более есть желание вернуться летом в разгар белых ночей. Сектора граничат между собой, но перейти из одного в другой можно только пешком по Транскенозерской тропе. На машине нужно ехать с большим крюком в 200 км. В Каргопольском секторе все самое-самое сконцентрировано вокруг озера Лекшмозера, а в Плесецком — вокруг озера Кенозера (эти северные топонимы — эликсир для ушей). Центр Каргопольского сектора — деревня Морщихинская, центр Плесецкого — деревня Вершинино. Это для понимания, как все устроено. Еще к Кенозерскому нацпарку относится Онежское Поморье, про которое я делала большую серию летом (если пропустили, начинайте читать отсюда). Но географически это далеко, а смыслово — совсем другая история. Чем сектора отличаются друг от друга? Каргопольский — это больше про природу. Там ландшафтные театры, экотропы и уникальная система озер, соединенных протоками и каналами. Там же — континентальный водораздел двух океанов, Северного Ледовитого и Атлантического. Звучит как полный бред, но географы не дадут соврать: перешеек между озерами Масельгское и Вильно разделяет воды Атлантики и Арктики. Плесецкий сектор — это мир деревянных часовен, погостов, поклонных крестов, священных рощ и глухих деревень, затерянных среди бесчисленных озер. Похоже на описание много чего в России, но такого, как здесь, поверьте, вы не увидите больше нигде. Ребята из ЮНЕСКО обычно не ошибаются и просто так свои «оскары» и пальмовые веточки не раздают.</t>
+  </si>
+  <si>
+    <t>09.11.25 10:57</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5550</t>
+  </si>
+  <si>
+    <t>Вот и сказочке конец. Из Вологодской области мы ехали в Архангельскую по идеальному асфальту Карелии (три региона за день, ага). Всю дорогу ждали подвоха, и вот он, голубчик, встречает нас прямо на границе. Зрелище настолько анекдотичное, что так просто не бывает. Там, где Карелия, — безупречное полотно, муравью провалиться некуда. Со стороны Архангельской области начинается безудержное ямщицкое айнанэ. До перехода в параллельную реальность остается три... два... один.</t>
+  </si>
+  <si>
+    <t>08.11.25 12:51</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5542</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Добралась до самого красивого места на Онежском озере. Из-за разноцветного песчаника гора Андома похожа на слоеный пирог с прожилками красного, голубого, фиолетового. В прожилках попадаются древние моллюски и останки девонских рыб — им от 360 до 420 миллионов лет. Про Андому говорят «гора», но это всего лишь 85 метров береговой возвышенности, появившейся в результате движения ледника. От Вытегры сюда можно доехать за 40 минут. Рядом рыбацкие деревни: Ольково, Ларьково, Гневашевская. Мы проехали чуть дальше, до деревни Озёрное-Устье, и увидели, как река Андома впадает в Онежское озеро (чуть было не написала «море», но оно и правда выглядит как море). Это все еще территория Вологодской области, хотя пейзажи больше напоминают Карелию (до нее осталось 86 км). Лес кажется глухой непроницаемой стеной, и даже в солнечную погоду в нем царит легкий полумрак.</t>
+  </si>
+  <si>
+    <t>07.11.25 12:38</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5532</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Главный повод приехать в Ферапонтово — увидеть фрески Дионисия, одного из средневековых титанов (наряду с Рублёвым и Феофаном Греком). Это он в 15 веке работал над Успенским собором Московского Кремля. Но самое масштабное сохранившееся его произведение — тут, в Вологодской области. В отличие от огромного Кирилло-Белозерского, монастырь в Ферапонтово компактный. Обойти всю территорию можно за пятнадцать минут. А вот в Музее фресок вы с гарантией застрянете и потеряете счет времени. Росписи покрывают площадь в 600 квадратных метров. Размах и сохранность немыслимые. Когда видишь тончайшие по цвету и словно подсвеченные изнутри изображения и сравниваешь их с какой-нибудь дикой вырвиглаз-реставрацией, какие встречаются в церквях, сразу понимаешь, почему ЮНЕСКО не прошла мимо (Ферапонтов монастырь включен в список Всемирного наследия). Сначала в отдельном зальчике вам показывают мини-фильм про Дионисия. Его можно смело пропустить. Изложение в стиле советского справочника, а закадровый голос напоминает ИИ. После просмотра вы идете любоваться в собор Рождества Богородицы. Фотографировать внутри разрешают. Службы в соборе не проводят — это действующий музей. Передать красоту фресок не получится никакой техникой, но я оставлю видео в первом комментарии.</t>
+  </si>
+  <si>
+    <t>07.11.25 10:27</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5527</t>
+  </si>
+  <si>
+    <t>Когда вернусь в Москву, обязательно загляну в новый музей «Атом» на ВДНХ. Уже так много про него слышала, что пора сходить на разведку и увидеть все своими глазами. Там только что открылся фестиваль «Резонанс», посвященный истории музыки и науки и их тесной взаимосвязи (Эйнштейн, например, все свободное время слушал Баха и Моцарта). Следующие концерты пройдут 20 ноября, 13 декабря, 13 февраля, 12 марта и 16 апреля. Каждый охватывает период в 20 лет. Только что были композиторы 1900-1920-х, дальше пойдут 40-60-е, 60-80-е, и так далее — вплоть до наших дней. В программе произведения, которые отвечали на вызовы своего времени, — так же, как передовые научные разработки. Если к музыке вы спокойно, можно прийти и не в даты фестиваля. В «Атоме» 1700 экспонатов: от макета советской атомной бомбы РДС-1 до рубки первого в мире атомного ледокола «Ленин» (все никак не попаду на него в Мурманске) и модели атомного дирижабля. Работает лекторий, в котором ученые и популяризаторы науки простым языком рассказывают про сложные вещи: квантовые технологии, теорию вероятностей. Полное расписание есть на сайте.</t>
+  </si>
+  <si>
+    <t>06.11.25 06:55</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5519</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Как устроена гостиница при Кирилло-Белозерском монастыре «Государева крепость» находится прямо внутри обители, за крепостной стеной. Это и плюс, и минус. Минус — потому что нужно тащить чемоданы через весь двор. Плюс — вы ночуете в музее. В 18 часов заканчиваются экскурсии, туристов выпроваживают, и остаются только древние стены. Постояльцам разрешено свободно перемещаться по территории. Бронируя номер, вы покупаете эксклюзивное право находиться в монастыре, когда для всех остальных он закрыт. Номера разбросаны по двум ярусам бывшего фортификационного сооружения. Монастыри же были не только центром духовной жизни — они защищали от вражеских набегов. Сама крепостная стена относится к XVII веку. Когда-то тут находилась тюрьма для раскольников и политических. За несколько веков кирпичная кладка разрушилась, фундаменты просели. Когда решили делать здесь гостиницу, все пришлось буквально собирать по частям: кровлю, полы, окна, двери, своды. На это ушло десять лет. Нижний ярус сохранился лучше, поэтому номера на первом этаже (включая мой джуниор сюит) более аутентичные. Когда заходишь, нужно склонить голову, чтобы уместиться в крошечном — даже для роста 160 см — дверном проеме. Внутри открывается портал в другую эпоху. Вроде все современное — и мебель, и сантехника, и даже телевизор зачем-то есть, — а ощущение древности присутствует. Каменные своды, окна-бойницы и воображение делают свое дело. Пространство поделено на несколько зон: спальня, гостиная с диваном, кухня с микроволновкой и мини-холодильником. В санузле — без сюрпризов: махровые полотенца, одноразовые тапочки, косметические принадлежности. Никакого спартанства и дырок в полу. Завтраки подают в монастырском кафе за дополнительную оплату. Яичница с колбасой, овсянка с орехами, блинчики с разными начинками. Все по 250-300 рублей за порцию. Одной ночи в «Государевой крепости» достаточно. Это не тот отель, в который вам захочется возвращаться, но побывать в монастыре и не пожить в келье — это как пройти мимо термального источника и не искупаться.</t>
+  </si>
+  <si>
+    <t>05.11.25 13:26</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5514</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Заночевала в монастыре. Была идея протестить паром до Белозерска — переправа через реку Шексну находится в 20 минутах от Кирилло-Белозерского монастыря. Но паромное расписание оказалось призрачным, как утренний туман в полях. В действительности паром может не прийти, что он и сделал. Причины варьируются от погодных до экзистенциальных. И узнаешь ты об этом уже стоя на берегу и грязно матерясь. Прождав час, я решила больше не искать легких водных путей. Варианта было два. Ехать в Белозерск через Череповец (долго, да еще и ночью) или найти ночлег в Кириллове и утром сгонять в Ферапонтово. Второй план звучал заманчивее. Тем более я вспомнила, что в стенах Кирилло-Белозерского монастыря год назад открылась гостиница. «Государеву крепость» — так она называется — нельзя забронировать через отельные агрегаторы. Только по телефону. Голос на том конце трубки предложил на выбор три категории номеров: одноместный за 2800, двухместный за 4500 и джуниор сюит за 9000. В монастыре вроде сам бог велел аскезничать, но я подумала: когда еще? В конце концов, не каждый день выпадает возможность заночевать в 600-летней обители. Да еще и при закрытом музее, когда вокруг ни одного туриста. Заселению в джуниор сюит — быть!</t>
+  </si>
+  <si>
+    <t>31.10.25 12:55</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5504</t>
+  </si>
+  <si>
+    <t>О, в Яндекс Картах появились рекомендации с фото и короткими подписями прямо на карте. Алгоритм сам придумывает за тебя, куда сходить, где поесть и как провести время, анализируя твои предпочтения (эти нейросети про нас знают уже больше, чем родители). Помню, в журнале Maxim когда-то была рубрика «Десктоп интересного человека». Теперь ее можно заменить скриншотом из приложения. Ну а если серьезно, то хорошая полезная вещь. Достаточно нажать на «Рекомендации» — и все появляется на карте. Есть тематический раздел «Осень», чтобы взять от сезона по максимуму. Нейросеть анализирует, какие места вы ищете, какие оценки и отзывы ставите, и подбирает то, что подойдет вам. Мне вот порекомендовали Black Swan Pub, усадьбу Салтыковых и черную икру в ресторане «Белуга». Начинаем с конца?</t>
+  </si>
+  <si>
+    <t>31.10.25 07:40</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5500</t>
+  </si>
+  <si>
+    <t>Я редко рекомендую каналы и делаю это крайне избирательно: рассказываю только о тех, которые правда зацепили. Вот Софа — зацепила. Она умеет переводить повседневное в фэнтезийное, немножко волшебное. Так она ходит в спа с крокодилами в Израиле. Так — в оперу в Москве. А так — в домовой чат в Минске. Живет между Москвой и Тель-Авивом. Пишет ярко, хлестко и смешно: каждый день — по готовому фельетону. Наслаждайтесь!</t>
+  </si>
+  <si>
+    <t>30.10.25 18:29</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5494</t>
+  </si>
+  <si>
+    <t>#РусскийСевер И вот еще красивое из Вытегры. В 18 км от города стоит огромная Богоявленская церковь, по масштабам сравнимая с Преображенской церковью в Кижах (и по возрасту тоже: 1733 год постройки). Рядом каменный храм с колоннами. И все это просто посреди трассы, даже сворачивать с асфальта никуда не нужно.</t>
+  </si>
+  <si>
+    <t>30.10.25 13:45</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5486</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Ночёвка на маяке В Вытегре есть и такое. Правда, маяк не настоящий — в виде него построили гостиницу Wardenclyffe Volgo-Balt. Поскольку я заранее ничего не бронировала и решила, что поездка у меня будет сплошной импровизацией, то заночевать здесь не получилось — все было битком (если что, то в качестве альтернативы рекомендую «Старый городъ»). Утром следующего дня зашла посмотреть, как устроен отель-маяк изнутри. Не могу сказать, что сильно впечатлилась. Номера тут довольно обычные по дизайну, хотя все мило и опрятно. В сутки проживание стоит от 5000 ₽. Из вау-эффектов можно подняться по винтовой лестнице и попасть сначала в симпатичную библиотеку (фото 2), а затем на смотровую площадку с видом на Волгобалт. На первом этаже работает ресторан со спорными отзывами. Специально приезжать в Вытегру ради ночевки в Wardenclyffe вряд ли стоит, но если уж вы тут оказались, то идите на свет маяка. Кстати, пока писала пост, вспомнила, как однажды ночевала на настоящем действующем маяке на острове Шикотан и даже сделала про это материал для журнала «Вокруг Света».</t>
+  </si>
+  <si>
+    <t>29.10.25 12:50</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5479</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Что делает боевая подлодка в Вологодской области? На первый взгляд полный сюр: в краю лесов и резных палисадов стоит субмарина. Но это Вытегра, детка, а Вытегре, как я уже писала, море по колено: по Волго-Балтийскому каналу можно добраться куда угодно. За свои 30 лет на службе подлодка Б-440 проделала солидный путь: побывала и в Средиземном, и в Баренцевом, и в Норвежском морях. Отметилась на Кубе, в Гвинее, Египте, Сирии, Алжире. В конце девяностых Б-440 отправили на пенсию, и тогда через Ладожское и Онежское озёра она дошла до Вытегорского порта, где и пришвартовалась. Почему здесь? Потому что в Вытегре родился и жил главный советский конструктор дизельных подводных лодок по фамилии Рудницкий. Решили, что будет красивый жест в его честь. Двадцать лет назад на базе Б-440 сделали музей. Всю обстановку сохранили, добавив стенды с фотографиями, документы и много длинных текстов. Я прошла все семь отсеков, посидела на матросской кровати, заглянула в перископ — в общем, устроила себе иммерсив. Интереснее всего было увидеть, как организован быт подводников. Офицерские каюты размещаются на верхней палубе и выглядят настолько по-спартански, что капсульный отель в аэропорту по сравнению с ними — гранд резорт. Мне с ростом 160 см и весом 50 кг в таких было бы тесно, не говоря уже о клаустрофобии. Матросские койки и вовсе кажутся полками в шкафу. Но зато в меню кают-компании есть красная икра. И как тут не вспомнить добрым словом «Профессора Хромова».</t>
+  </si>
+  <si>
+    <t>29.10.25 10:48</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5478</t>
+  </si>
+  <si>
+    <t>Иногда за дешёвым билетом прячется дорогой сюрприз. Например, ты купил перелет по супервыгодной цене, а потом неожиданно всплывает платная регистрация на рейс. И стоит она не символические 10 долларов, а примерно как сам билет. У меня так было с поездкой в Армению. Чтобы избежать подобных ситуаций, Anywayanyday предлагает своим пользователям честные «калькуляторы поездок»: расчет стоимости отдыха (перелет, проживание, транспорт, еда, развлечения) без искусственного занижения цен. Можно выбрать предсказуемый и комфортный вариант путешествия без подводных камней. Вообще, сервис, который существует на рынке уже 17 лет, однозначно заслуживает доверия. В тг-канале Anywayanyday море полезной информации: подборки рейсов, интересные места, сценарии поездок. Вот, например, идеи для ноябрьских праздников, которые очень скоро пригодятся. Подписывайтесь и путешествуйте в проверенной компании!</t>
+  </si>
+  <si>
+    <t>28.10.25 13:41</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5473</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Вытегра Еще один (после Устюжны) город, который недавно не вызывал у меня никаких ассоциаций, а теперь запомнится. Вытегра стоит прямо на Волго-Балтийском канале, соединяющем такие, казалось бы, бесконечно далекие (и географически, и ощущенчески) друг от друга моря, как Каспийское и Балтийское. Лотосовый Юг и рапсовый Север. Волго-Балтийский канал — это, по сути, дорога, а Вытегра — город на дороге. Он как будто несет в себе вот эту энергию движущегося потока, перехода. Вся история здесь связана с водой. В 18 веке была пристань, через которую проходил торговый тракт из Архангельска в Петербург. Потом появилась целая верфь, а позже — Мариинская водная система: искусственный путь, соединивший Волгу с Невой. В 1960-е после реконструкции (за столько лет чудо инженерной мысли подустарело) его преобразовали в Волго-Балтийский водный путь имени Ленина, или сокращенно Волгобалт. 1100 километров по каналам, рекам и озерам с революционными для своего времени гидротехническими сооружениями. Волгобалту в Вытегре посвящен музей «Водные пути Севера». Увы, в день моего прибытия он оказался закрыт. Если будете в этих краях, обязательно загляните. Там не просто рандомное здание — экспозицию сделали в машинном зале гидроэлектростанции, а рядом можно увидеть реконструированный полушлюз (шлюз, но без камеры) с действующим механизмом открытия ворот. Все это находится на деревянной набережной, которая появилась у города пять лет назад и изменила его до неузнаваемости (в лучшую сторону, конечно). Часть конструкций оформили в стиле сооружений той самой Мариинской водной системы образца 19 века. Все воссоздано по историческим фотографиям, которые сейчас выставлены на стендах. Раз «Водные пути Севера» закрыты, будем прокладывать подводные. Еще один интересный городской музей сделали на базе настоящей подлодки. О нем — в следующем посте.</t>
+  </si>
+  <si>
+    <t>26.10.25 15:33</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5464</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Итак, Устюжна. Тихий купеческий город с громким прошлым. Оказывается, Устюжна была второй после Тулы оружейной столицей и центром русской металлургии. Пока на Урале не появились железоделательные заводы, за лучшими кузнецами и оружейниками все приезжали сюда. Город еще и стоял на торговых путях, соединявших Москву с Великим Новгородом и северными землями. Так что медвежьим углом Устюжну в ее лучшие годы точно нельзя было назвать: тут было много купцов и всяких дельцов, и вовсю кипела жизнь. Одних только храмов до революции построили тринадцать штук. Среди них попадаются очень интересные. Например, Казанская церковь с фото 5 — пышнейшее cтрогановское барокко. Или церковь Воскресения на фото 9, которая стоит без куполов (сняли в годы СССР и с тех пор не вернули): ну прямо древнерусские белокаменные палаты. В бывшем соборе Рождества Богородицы работает краеведческий музей. Я заглянула на пять минут и в итоге зависла. Внутри фантастический иконостас, чудом сохранившийся благодаря тому, что в советское время его до самого верха заставили коробками. Над оформлением трудились мастера Московской оружейной палаты. Рядом деревянные скульптуры наподобие пермских богов. Часть помещения отведена под картинную галерею. Есть подлинники Айвазовского и Кустодиева. Там же, в музее, я взяла обзорную экскурсию с гидом и прогулялась по городу. По уровню колорита Устюжна может тягаться с Переславлем и даже Суздалем, просто масштабы тут скромнее. Виды с берега реки Мологи — ну чистый Поленов. К самой реке ведет каменная мостовая, которую строили еще к приезду Александра I. Из забавного в Устюжне есть история, связанная с Гоголем. Местные гиды рассказывают, что сюжет, описанный в «Ревизоре», случился здесь. Из Вологды приехал некий помещик Волков, кутила и прохиндей, которого по ошибке приняли за важную персону. Историю взяли на вооружение маркетологи от туризма. В путеводителях по Вологодской области город фигурирует со слоганом «родина гоголевского “Ревизора”». По мне, так мелковато. Устюжна представляет собой нечто гораздо более значительное, хотя скульптуры Хлестакова и городничего на главной площади забавные. В комментариях еще фото.</t>
+  </si>
+  <si>
+    <t>26.10.25 13:33</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5463</t>
+  </si>
+  <si>
+    <t>Если вы часто пользуетесь зарубежными сервисами (например, смотрите сериалы на Netflix) или бронируете отели и билеты за границей, то для оплаты вам не обязательно нужна карта иностранного банка. Альтернативный вариант — сервис «Плати по миру». Как он работает? 1️⃣Вы запускаете телеграм-бот @platipomiru_bot 🔟Оформляете виртуальную карту в USD (процесс занимает 2 минуты) 3️⃣Пополняете ее через СБП в рублях И сразу же можете оплачивать подписки, покупки и приложения на зарубежных сайтах. У сервиса есть круглосуточная поддержка в чате — помогают с любым вопросом. Быстро, просто, удобно! Реклама. ООО "ПЭЙ ПИПЛ". ИНН: 7802942714, Erid: CQH36pWzJqNS1hfhhBYq4sgFZASbUYos7vNxABzsphYLuQ</t>
+  </si>
+  <si>
+    <t>26.10.25 10:35</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5454</t>
+  </si>
+  <si>
+    <t>#РусскийСевер Город, про который я даже не слышала А он оказался жемчужиной: эдаким Переславлем-Залесским, только без туристов. Мы выехали из Москвы, пронеслись по М-11 через Тверскую область с остановкой у заброшенного храма в Михайловском-Прудово (фото 1) и в населенном пункте под названием Красный Холм: там, среди прочего, обнаружился красивейший деревянный терем с фото 9. А потом как одна из опций для ночевки возникла Устюжна — городок с ноготок в 460 км от Москвы. В Устюжну я приехала, когда уже стемнело, поэтому прогулку отложила на следующий день. Но даже при свете фонарей стало понятно, что место заслуживает изучения. В отеле «Устюжна» номер стоил приятные 3500 ₽. Еще одна находка — ресторан «Домъ 1857» с рейтингом 4.9. Интерьер оформлен со вкусом и совсем не провинциально. Стены из красного кирпича с «родной» исторической кладкой украсили черно-белыми фотографиями. Деревянный буфет с фото 7 вообще просится в музей. Меню старорусско-купеческое: бок теленка, пельмени из щуки. Некоторые позиции выглядят, как вставные зубы. Видимо, владельцы посчитали, что без шакшуки и фитнес-завтрака с кунжутным соусом москвичи уйдут, хлопнув дверью. Но ладно, не будем придираться. И «Домъ 1857», и сама Устюжна по уровню неожиданности (приятной) и яркости впечатлений 10 из 10. В следующем посте покажу, как выглядит город.</t>
+  </si>
+  <si>
+    <t>25.10.25 15:38</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5453</t>
+  </si>
+  <si>
+    <t>Я знаю, что я не сделала прошлым летом. Была идея отправиться в гранд вояж по Архангельской области в разгар белых ночей и посмотреть хрестоматийный Русский Север. Но тогда не получилось по времени, а сейчас, пока осеннее золотишко еще не облетело, все складывается наилучшим образом. У меня нет четкого плана, но я знаю, что хочу добраться до Кенозерского национального парка. Как именно — через какие города и веси — будем решать в процессе. Из понятного на данный момент только то, что весь путь я планирую проделать на машине, без авиаперелетов и водного транспорта. По дороге обещаю показывать много красивого, а в конце будет гайд со всеми местами.</t>
+  </si>
+  <si>
+    <t>21.10.25 06:53</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5448</t>
+  </si>
+  <si>
+    <t>Прощаюсь с «Хромовым», как с близким другом. За то время, что я провела на корабле, успела привязаться к нему, как к живому существу. Будет сложно засыпать без плеска волн за иллюминатором, утренних побудок на завтрак и ощущения, что за тебя уже все спланировали-приготовили-придумали. Решила собрать все чукотские посты в один, чтобы было удобнее ориентироваться в серии. • Как устроена жизнь на корабле и чем там кормят • Остров Итыгран и древний памятник эскимосов • Янракыннот: кладбище китов • Мыс Дежнева и поселок Наукан • Уэлен: первые впечатления, прошлое и настоящее • Пролив Сенявина: самое китовое место в России • Остров Ратманова и лежбище моржей • Новое Чаплино и образцовая школа • Как я сходила на оперу в Анадыре • Как попасть на судно «Профессор Хромов» Я была на Чукотке и в прошлом году. Тогда у меня выходили вот такие посты. • Гудым: секретная база времен Холодной войны • Как в Анадыре выращивают огурцы • Сопка Михаила и залив Онемен Теперь надо обязательно добраться до Врангеля.</t>
+  </si>
+  <si>
+    <t>20.10.25 17:11</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5446</t>
+  </si>
+  <si>
+    <t>Ламповое сообщество для отельеров от Яндекс Путешествий Обмен опытом, обсуждение трендов рынка и экспертные статьи про гостиничный бизнес. ▪️Сторителлинг и сториливинг: как использовать истории в маркетинге ▪️Много эмоций и хороший сон: запросы семейных гостей ▪️Эргономика: как сделать интерьер удобным для гостей ▪️Тренд на санаторинг: почему молодёжь едет в здравницы ▪️Эмпатия в гостеприимстве: как влияет на прибыль Присоединяйтесь</t>
+  </si>
+  <si>
+    <t>19.10.25 13:28</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5440</t>
+  </si>
+  <si>
+    <t>Чукотка: как ее посмотреть При всей своей красоте, Чукотка сурова. Это не тот регион, который легко осилить самостоятельно. Тут нет дорог, огромные расстояния между населенными пунктами и крайне непредсказуемая погода, которая может скорректировать авиасообщение так, что вы будете вынуждены провести несколько недель в ожидании. Еще один нюанс, с которым приходится считаться, — короткий сезон. Он длится буквально месяц-полтора. Если вы хотите посмотреть все самое-самое, то нужно успеть запрыгнуть в погодное окно (август — начало сентября). В июле еще может лежать снег. Получается задачка со звездочкой: логистика сильно растянута во времени, а время при этом ограничено. С учетом этой особенности единственный способ увидеть максимум за 8-10 дней, не подвергаясь экстремальным испытаниям и не повторяя подвигов Семена Дежнева, — пойти морским путем. На данный момент сделать это можно только на судне «Профессор Хромов». Маршрут проходит через территорию нацпарка «Берингия» и включает главные точки: остров Итыгран, пролив Сенявина, мыс Дежнева, самый восточный населенный пункт континента Уэлен, остров Ратманова. На пути много красивых географических чекинов: например, вы перейдете из Восточного полушария в Западное и окажетесь в месте, где встречаются два океана, два континента и две страны. Сотни китов, моржи, птичьи базары — все это тоже прилагается. Навигация у «Хромова» в этом сезоне закончилась, но открыта продажа кают на следующий год. На 7-14 августа запланирована классическая программа, как была у меня, а 3-15 сентября будет расширенная версия с заброской на остров Врангеля — в царство белых медведей и овцебыков. Удовольствие это дорогое, но дешевым оно быть и не может из-за труднодоступности и сложнейшей логистики. На Чукотке перелет из Анадыря в Певек стоит 50 000 рублей, а здесь речь о многодневном путешествии по самым удаленным местам полуострова с размещением по системе «все включено» (даже алкоголь входит без ограничений) и гастрономической программой. Как выглядит судно и как устроена жизнь на нем — можно посмотреть тут. Стандартное место в каюте стоит 795 000 рублей. Если скажете, что вы от меня, организатор сделает скидку 10%. Сумму можно разделить на несколько частей и отдавать в течение года — в этом плане все гибко. За деталями и программой обращайтесь напрямую к организатору, его зовут Александр: @alexanderktp «Да я лучше машину куплю на эти деньги», «Да мы в Антарктиду дешевле съездим» — всем, кому хочется написать что-то в таком духе, желаю купить машину и съездить на Ледяной континент. Кстати, я когда была в Антарктиде, познакомилась там с девочкой, которая продала машину ради путешествия, потому что это была ее самая большая мечта, а мечта всегда дороже любой груды железа.</t>
+  </si>
+  <si>
+    <t>18.10.25 12:41</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5431</t>
+  </si>
+  <si>
+    <t>Чем нас кормили на Чукотке (читать на сытый желудок) За время экспедиции у нас было три гастроужина от Дмитрия Парикова (он на фото 1). Возможно, вы о нем слышали. Дима долго работал бренд-шефом ресторанов Владимира Перельмана («Рыба моя», I Like Wine и пр.), а потом открыл свой ностальгический проект «На даче». Еще Париков курирует кухню суздальских ресторанов Дымова. В общем, парень он востребованный, и то, что нашел время сгонять на Дальний Восток, — большая удача и заслуга организатора нашей экспедиции Александра Богословского, решившего, что Чукотка должна насыщать не только красивыми видами. «Поставить» высокую кухню на борту корабля — это примерно как сделать фешн-показ в лесу. Как обстоят дела со свежими овощами и фруктами в зоне экстремального земледелия — я вам показывала. Ингредиенты пришлось собирать, как конструктор. Что-то Париков привез с собой — например, четыре 50-килограммовых чемодана были до отказа забиты соусами. Маринованные помидорки «как в детстве у бабушки» тоже приехали на Дальний Восток, проделав путь, который их коллегам по грядке не снился. А вот с деликатесами проблем не возникло. До нашей экспедиции «Хромов» побывал на Камчатке, где ребята закупились икрой, крабами и гребешком. Потом зашли на Командоры, а там лучшая рыбалка на палтуса: на фото 6 — один из корабельных гидов Андрей и его трофей на 55 кг, который мы потом ели две недели. Меню гастроужинов начали разрабатывать за полгода. В нем объединились две темы: Дальний Восток и ностальгическая «дачная» история. Попытки сделать что-то чукотское — допустим, приготовить моржатину — оставили сразу. Такую еду нужно пробовать в гостях у местных жителей. Когда ты пытаешься превратить ее в мишленовский ужин, получается нелепо и, главное, искусственно. Так что в итоге было на столе? На закуску подавали риет из чавычи с жареным редисом, форель с моченой брусникой и соусом из водорослей, гребешок с солеными боровиками (на первый взгляд странное сочетание, но по вкусу фантастика). Из горячего мне запомнился уже знакомый вам командорский палтус, приготовленный по технологии конфи: долгое томление при низкой, менее 100°C, температуре. К нему шло шалфеевое картофельное пюре. Неплохо спелись гребешки и гречка с белыми грибами. Пирог с неркой и треской бесстыже хрустел и таял во рту. Десерты вышли летне-дачно-огородными: черная смородина с ванильным кремом, пирог из ревеня, ягоды в сметане. Каждое блюдо шеф представлял лично и рассказывал мини-историю, связанную либо с детскими воспоминаниями, либо с яркими впечатлениями дня. В дополнение шли российские вина из числа премиальных: например, Cosaque от «Галицкий и Галицкий», которое еще попробуй достань. Если учесть, что на Чукотке нет вообще ни одного ресторана (даже в Анадыре), то вся затея ребят выглядит невероятным романтическим порывом.</t>
+  </si>
+  <si>
+    <t>16.10.25 17:03</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5423</t>
+  </si>
+  <si>
+    <t>#Чукотка Одна из лучших троп для трекинга на Чукотке — из бухты Пенкегней в бухту Гилмымыл. Еще недавно тут никто не ходил. Гиды с «Хромова» первыми проложили этот маршрут в прошлом году и начали водить по нему туристов. Кайф Чукотки в том, что здесь все тропы и все бухты — дикие. Названия Гилмымыл даже нет на Яндекс Картах. Маршрут проходит через территорию нацпарка «Берингия», где сконцентрировано все самое-самое: фьорды, тундры, птичьи базары, лежбища моржей, эскимосские памятники. Расстояние в 15 км мы преодолели без особого труда. Перепад высот смешной, а максимальная степень экстрима — перейти ручей. Сбиться с пути тоже нереально. Как пошутил мой гид в Исландии много лет назад, если вы заблудились в тундре, то просто встаньте с колен. По пути насобирали целую корзину грибов. Забавно, что берез и осин тут нет, а подберезовиков и подосиновиков — тьма. Да и вообще, сам факт существования грибов в тундре существенно расширил мои познания в биологии. В конце прогулки нас ждали Сенявинские термальные источники — бассейн с теплой минералкой прямо у подножия гор (фото 3). Оказалось, что в окрестностях полторы сотни подобных источников с температурой от 20 до 80°. Отогревшись от мороси, все переместились в бухту, а там уже дым коромыслом: гастропикник от шеф-повара Димы Парикова, нашего корабельного батюшки-кормильца. С нерочкой, картошечкой, икорочкой, водочкой и прочим на «очк». Если бы все трекинги заканчивались так, я бы уже стерла сто пар мембранных ботинок.</t>
+  </si>
+  <si>
+    <t>15.10.25 18:33</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5422</t>
+  </si>
+  <si>
+    <t>#Чукотка Самое китовое место в России Пока все ищут китов на Шантарах, на Чукотке они не просто подходят к лодке, нарушая все возможные представления о личных границах, но и устраивают целые флэшмобы. Здесь вы можете увидеть пятьдесят китов одновременно, и даже это не предел! Через пролив Сенявина в Беринговом море у гигантов проходит миграция. Осенью они перемещаются в сторону Калифорнийского полуострова, а весной возвращаются на Чукотку. В проливе есть бухта под названием Пенкегней — одно из самых китовых мест на планете. Ее можно поставить в один ряд с полуостровом Вальдес в Аргентине и Эрманусом в ЮАР — мировыми китовыми «столицами». Если честно, вся эта информация стала для меня откровением. Про пролив Сенявина я раньше даже не слышала. Пока штудируете карты, полюбуйтесь на трех красавцев, которые занимались аквааэробикой в метре от нас. Теперь вы знаете, где их искать.</t>
+  </si>
+  <si>
+    <t>13.10.25 16:28</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5413</t>
+  </si>
+  <si>
+    <t>#Чукотка При Абрамовиче в Новом Чаплино начался ренессанс. Весь устаревший жилой фонд снесли, и на его месте появился новенький коттеджный поселок — те самые разноцветные дома на фото к предыдущему посту, вызвавшие много обсуждений в комментариях. Все они построены на сваях и как будто левитируют над землей. По-другому тут никак: если не изолировать здание, то исходящее от него тепло может растопить вечную мерзлоту, и тогда дом просядет и даже обрушится. Коммуникации у коттеджей тоже выведены на поверхность. Те, кто много ездит по «северам», знают, что это классика жанра. Помимо новых зданий, в поселке есть альтернативные источники энергии: ветрогенератор и солнечные батареи. А еще редкая для Чукотки роскошь — дорога. Она, хоть и грунтовая, связывает Новое Чаплино с районным центром — пгт Провидения. Трижды в неделю между двумя населенными пунктами курсирует автобус. Побродив по главной улице (как и в Уэлене: главная и единственная), мы отправились на разведку в местную школу. Она занимает без преувеличения шикарное здание, построенное по канадской технологии. Рядом ухоженная территория с футбольным полем и баскетбольной площадкой. Фото 7-9 — оттуда. Экскурсию для нас провели две учительницы — русского языка и эскимосского. Последний преподают в качестве факультатива. Раньше учеников возили по обмену на остров Святого Лаврентия в США (от Чукотки всего 80 км), где они могли общаться с американскими сверстниками. Для Нового Чаплино сохранение языка — болезненный вопрос. В тех населенных пунктах, где национальный состав пестрый, проблема идентичности не такая острая. А Новое Чаплино «выросло» из древнего эскимосского поселения. Уназик — так оно называлось — упразднили в 1950-е, когда начался процесс укрупнения сел. Практически все новочаплинцы — эскимосы, чья культура постепенно утрачивается. Как и во многих местах, чисто географически оторванных от цивилизации, тут есть тенденция оттока населения. Особенно молодежи. Сейчас в школе учится 40 детей, что, даже по меркам поселка, немного. Учитель — исчезающая профессия. Те, что работают, — в основном предпенсионного возраста, а свежая кровь сюда не стремится. Но упадком от этого места все равно не веет — во всяком случае так мне показалось на первый поверхностный взгляд туриста. Тут своя культурная жизнь: мероприятия в ДК, кружки для детей, ансамбль эскимосских танцев. Есть община, которая занимается зверобойным промыслом. Новое Чаплино оставляет впечатление теплящейся жизни. Да, со своими проблемами (а у кого их нет?), но без морока безнадеги и тлена.</t>
+  </si>
+  <si>
+    <t>11.10.25 11:38</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5408</t>
+  </si>
+  <si>
+    <t>#Чукотка Новое Чаплино: модель идеальной реальности За все время экспедиции мы трижды высаживались в селах. Сначала был Янракыннот с жутковатым кладбищем китов. Потом самый восточный населенный пункт Евразии Уэлен. И вот третья остановка: Новое Чаплино в 25 км от Провидения, местного райцентра. Казалось бы, обстановка уже должна стать привычной, но это полнейший разрыв шаблона. Во-первых, ослепительное солнце вместо серой хмари. Во-вторых, ощущение, что мы высадились где-то в Норвегии или Дании, где жизнь буквально расчерчена по линейке. Аккуратные дома на сваях, раскрашенные в жизнерадостные цвета, «причесанные» улицы, муралы с китами и медведями. Ущипните меня срочно! Пойду выяснять, как так получилось и не сплю ли я.</t>
+  </si>
+  <si>
+    <t>11.10.25 09:37</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5407</t>
+  </si>
+  <si>
+    <t>Одна из самых неприятных ситуаций в дикой природе — промочить ноги. Сейчас на Чукотке у нас было несколько трекингов, в которых мы пересекали ручьи. Даже хорошие водонепроницаемые ботинки не защитят, если воды по щиколотку, а в резиновых сапогах преодолевать большие расстояния просто неудобно. Вот почему с недавних пор я беру с собой в поездки мембранные носки. Да-да, мембранными бывают не только куртки и брюки. Из английской мембраны Porelle российский бренд NUCEX шьет отличные носки, в которых ноги остаются сухими даже при полном погружении в воду 🌊 Чтобы протестировать, как это работает, не обязательно лететь на Чукотку. Прогулка с собакой под дождем, поход за кофе по слякоти, утренняя пробежка по мокрой траве, рыбалка, поездка на велосипеде по лужам — во всех этих случаях NUCEX окажутся очень кстати. Стоят такие носки недорого, а прослужат долго. По промокоду NUCEX1010 еще и действует скидка 10% при заказе на Ozon.</t>
+  </si>
+  <si>
+    <t>08.10.25 11:50</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5401</t>
+  </si>
+  <si>
+    <t>#Чукотка Первый раз в жизни увидела моржей. Не одного и не двух, а штук, наверное, пятьсот. Ластоногие прохлаждались на скалах у берегов острова Ратманова. Когда мы подходили к ним на «Зодиаках», моржи засмущались и бросились в океан, а потом окружили нас со всех сторон. Из воды поднимались все новые и новые клыки (и как тут было не вспомнить видео на ютубе, где морж пробивает ими надувную лодку). Около получаса мы дрейфовали в моржовом супе, совершенно потрясенные. Экспедиционный лидер заранее анонсировал, что на Ратманова нас ждет одно из крупнейших лежбищ, но в дикой природе ничего не случается по заказу. Увидеть столько животных и на таком близком расстоянии — фантастическое везение. Будем считать, что Чукотка нас приняла.</t>
+  </si>
+  <si>
+    <t>07.10.25 18:11</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5399</t>
+  </si>
+  <si>
+    <t>#Чукотка Добралась до Аляски. Расстояние между Россией и Америкой в этом участке Берингова пролива всего 4 километра. Слева на фото остров Биг Даймонд, справа Литл Даймонд. По-русски они Ратманова (Россия) и Крузенштерна (США). Здесь встречаются две страны, два континента и два океана. А еще в этом месте можно в буквальном смысле заглянуть в прошлое. Острова разделены линией перемены дат, и мы опережаем американцев почти на сутки. Неофициальное название Крузенштерна — остров Вчера. Когда мы подошли к Аляске, на капитанском мостике мне вручили бинокль. Я думала, что увижу голые скалы, а там прямо жилой поселок с домиками. По подсчетам двухлетней давности, на Крузенштерна живет 77 человек. От Ратманова мы начинаем движение в обратную сторону. Но сначала сделаем остановку, чтобы посетить одно из крупнейших лежбищ моржей.</t>
+  </si>
+  <si>
+    <t>27.09.25 19:16</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5392</t>
+  </si>
+  <si>
+    <t>#Чукотка Одни на краю света: как живет Уэлен сегодня В самом восточном населенном пункте Евразии 700 постоянных жителей. Из них 140 — дети, которые учатся в местной школе. В поселке работает поликлиника, совмещенная с аптекой. Есть магазины (фото 5, 7), ассортимент которых призван закрывать все потребности: чтобы можно было и штаны купить, и сахар. В Анадырь на шопинг не наездишься. Ближайшая к Уэлену цивилизация — село Лаврентия. Туда дважды в месяц летает вертолет МИ-8. Билет стоит 5000 рублей. Прямого сообщения между Уэленом и Анадырем, главным городом на Чукотке, нет. Чтобы попасть в Анадырь, уэленцу нужно проделать большой путь: сначала добраться до Лаврентия, а уже оттуда лететь 2 часа на АН-24 авиакомпании «Чукотавиа». И это всего лишь поездка в Анадырь! А если надо куда-то в Сибирь или, страшно сказать, в Москву, то путешествие превращается в эпопею. Планировать логистику сложно даже при наличии расписания. Погода портится, рейсы отменяют, и все планы рушатся. До 2022 года между Уэленом и соседней Аляской, до которой всего 50 км (до Анадыря — 500), существовало сообщение. У многих уэленцев в Америке живут родственники. Раньше можно было добраться на самолете до Нома — города в штате Аляска. Влияние ближайших соседей прослеживается в мелочах. Например, сладости здесь называют по-английски: «свити». В репертуаре ансамбля «Уэлен» много танцев с Аляски. Да и образ жизни у эскимосов по обе стороны Берингова пролива похожий. Когда мы гуляли по поселку, местная женщина по имени Светлана забавно оговорилась. Рассказывая о том, что в Уэлене когда-то выращивали песцов на пушнину, она добавила: «Чтобы продавать в Россию». И вот это «в Россию» прозвучало абсолютно естественно, потому что вырвалось на автомате. Здесь, на краю земли, и правда кажется, что Россия — это где-то бесконечно далеко. Ее показывают по новостям, о ней рассказывают редкие туристы, добравшиеся до Уэлена, но по факту она ничуть не меньшая экзотика, чем какие-нибудь джунгли Амазонки с обложки журнала про путешествия.</t>
+  </si>
+  <si>
+    <t>26.09.25 17:10</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5385</t>
+  </si>
+  <si>
+    <t>#Чукотка Уэлен не просто точка на краю географии. У него уникальная история. Вообще, это место древнее, и селились тут давно, но «выстрелило» оно в 1930-е. Когда затонул «Челюскин», Уэлен первым принял сигнал бедствия, а вскоре стал одним из пунктов эвакуации. Людей, застрявших на дрейфующей льдине, вывозили сюда. А радистом, распознавшим тот самый сигнал, был уроженец Уэлена Отке. В его честь сегодня названа главная улица в Анадыре. Тогда же, в 1930-е, в Уэлене появилась косторезная мастерская. Художники, среди которых были и чукчи, и эскимосы, работали с мелкой пластикой: делали фигурки, шахматы, пудреницы, броши. И все это выходило такой тонкости и виртуозности исполнения, что про уэленских косторезов узнали даже в Париже — в 1937 году на Всемирной выставке им присудили золотую медаль. Сейчас косторезной мастерской как единого пространства, где все встречаются и работают, нет. Мастера сидят по домам. Уровень у всех разный. Не в обиду будет сказано, но в ДК нам предлагали купить довольно простенькие вещи. А вот пять лет назад я брала интервью у настоящего большого художника Татьяны Печетегиной (фото 7). Встречались мы в Анадыре, но родом она из Уэлена. Ее работы — это Босх на моржовых клыках: там такая глубина и проработка деталей, что нужен микроскоп, чтобы все рассмотреть. Еще в Уэлене есть одноименный ансамбль, который вот-вот отпразднует вековой юбилей. Он давал концерты в Германии и на Аляске, выступал в Москве в честь 850-летия. Сложно сказать, какое по счету поколение артистов сейчас танцевало перед нами в ДК, но это точно были потомки старожилов. Удивительно, конечно, как за 100 лет ничего не меняется — и в то же время меняется все.</t>
+  </si>
+  <si>
+    <t>25.09.25 09:17</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5377</t>
+  </si>
+  <si>
+    <t>#Чукотка Уэлен: самый восточный населенный пункт России и Евразии Утром нам сообщили, что в Уэлен мы сегодня не попадаем. За бортом штормовой ветер, и монструозные волны не дадут «Зодиакам» подойти к берегу. Пришлось ждать у моря погоды — в самом буквальном смысле. Задабривать погодных богов все отправились в бар, и — о, чудо — после обеда экспедиционный лидер дал добро на высадку. Когда мы спускали «Зодиаки», хлестал дождь такой силы, что поселок скрылся за стеной ливня. Было ощущение, что высаживать нас будут в пустоту. За пару секунд до швартовки появился галечный пляж, а на нем — смеющиеся школьники, прибежавшие поглазеть на пришельцев, то есть на нас. Мы выбрались из лодок, и первое, что я увидела, — маленькая деревянная часовня, похожая на ракету. Картинка выглядела нереально — как будто нас привезли на съемочную площадку бутафорского городка. Главная и она же единственная во всем Уэлене улица Ленина вытянулась цепочкой одинаковых домиков вдоль бесконечной (на самом деле 15 км) косы, отделяющей небольшую лагуну от открытого Северного Ледовитого океана. Из-за ливня людей на улице не было, и только большие лохматые псы сидели в лужах, по одному на каждую. Чтобы мы не мокли, нас сразу повели в ДК, где к нашему приезду уже вовсю готовились местные жители. Кругом царила обстановка, как за пять минут до боя курантов, когда надо успеть и оливье докрошить, и ресницы накрасить. Женщины в цветастых халатах раскладывали принесенные из дома угощения: котлеты из арктического гольца, чукотский хлеб кавкав на пирожковом тесте, вяленое мясо кита (называется кыкватоль), китовые мозги. Дети в национальной одежде репетировали в гримерке. Было видно, что наш приезд не какая-то дежурная галочка в табеле, а большое-пребольшое событие. Не каждый день на твоей планете высаживаются гости из других галактик.</t>
+  </si>
+  <si>
+    <t>24.09.25 06:16</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5369</t>
+  </si>
+  <si>
+    <t>#Чукотка Я много раз бывала в местах, про которые говорят «край света». Но именно на мысе Дежнёва я этот край почувствовала. Здесь не то что нет толп туристов — в год мыс посещает от силы пара сотен человек. Из них 80% — участники экспедиций на «Хромове». Для сравнения: на мыс Доброй Надежды в прошлом году за один лишь высокий сезон (с января по апрель) приезжало 370 тысяч туристов. Там тебе и магнитики с пингвинами, и латте на банановом. На Дежнёва от цивилизации только барак пограничников и старые мясные ямы — каменные резервуары для хранения моржатины, оставшиеся от эскимосов. Дежнёва уникален трижды: это самая восточная оконечность и Чукотки, и России, и всего Евразийского континента. Но бог с ними, с красивыми чекинами. Когда стоишь у маяка (он, кстати, действующий) на крутом склоне, обрывающемся в Берингов пролив, вдыхаешь растворенную в воздухе водяную пыль и смотришь в туманную мглу, стирающую границу между морем и небом, и правда возникает чувство, что прямо здесь карта заканчивается. Дальше начинается бесконечность.</t>
+  </si>
+  <si>
+    <t>22.09.25 08:49</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5364</t>
+  </si>
+  <si>
+    <t>На минутку телепортируюсь с Чукотки в Нижний Новгород, чтобы рассказать вам об интересном событии. До 20 ноября в столице закатов проходит 1-я международная Биеннале экологического искусства. Об отношениях человека и природы размышляют 150 современных художников из России, Аргентины, Италии, Китая, Мексики, Франции. Совсем недавно биеннале совместно с Дзеном запустили уличный проект «Воздух»: на фасадах домов, мостах и в парках по всему городу теперь можно увидеть работы молодых авторов, посвященные проблемам загрязнения окружающей среды, исчезновению видов и другим темам, волнующим экоактивистов. А еще к премьере проекта «Воздух» в Дзене вышел целый цикл материалов под названием «Вызовы экологии глазами художников». Почитать и поразмышлять можно вот здесь. И да, звучит как отличный повод для поездки в Нижний на выходные (если для нее вообще нужны поводы). Берите на заметку!</t>
+  </si>
+  <si>
+    <t>19.09.25 08:12</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5348</t>
+  </si>
+  <si>
+    <t>Шок-контент по-чукотски: кладбище китов Следующей нашей остановкой после острова Итыгран стало национальное село Янракыннот. Оно находится на небольшом холме на побережье Берингова моря. Между двумя местами высадки было примерно три часа хода. Как и на Итыгране, в Янракынноте есть свой «берег скелетов», но это уже другая история. Если Китовая аллея — древний памятник эскимосов, то здесь перед нами современное действующее кладбище. Местные жители охотятся на китов, разделывают туши на берегу, а скелеты оставляют обгладывать диким животным. Черепа ставят вертикальным «забором», отчего они напоминают раскрытые ножницы. Вообще, скелет кита похож на останки какого-то птерозавра. Не знай я предысторию, ни за что бы не догадалась, что за существо передо мной. Добыча серых и гренландских китов на Чукотке разрешена, но только для представителей коренного населения. Это часть традиционного уклада и единственный способ выжить. Мужчины-морзверобои (женщинам охотиться нельзя) обеспечивают мясом целые поселки. Весь промысел курируется территориально-соседскими общинами, или ТСО. Всего на Чукотке их десять. Каждый год китобоям выдают квоту. У больших общин — например, есть община «Дауркин», в которую входят сразу пять сел, — она больше, у маленьких меньше. «Дауркин» может добыть 45 серых китов, 555 моржей, 1200 тюленей. Это количество делится между всеми населенными пунктами. У каждого села свои охотничьи угодья и лежбища. По окончании сезона зверобои должны отчитаться, поскольку получают зарплату. У них даже есть KPI: показатели результативности. То, что местным знакомо и привычно, туриста поначалу шокирует. В Янракынноте меня не покидало жуткое ощущение: огромные мумифицированные туши китов, оставленные на берегу, казались изуродованными пришельцами, пострадавшими от мощного взрыва. В комментариях оставила еще фото.</t>
+  </si>
+  <si>
+    <t>19.09.25 06:11</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5343</t>
+  </si>
+  <si>
+    <t>Что действительно важно в путешествиях? Конечно, впечатления. Гулять по побережью или узким улочкам, сидеть в поезде, подниматься в горы, лежать в гамаке у океана. Для всего этого идеально подойдут свитшоты и футболки российского бренда Captain's Mate. Подписывайтесь на их телеграм-канал. Ребята часто делятся историями из путешествий, новинками и акциями. Для моих читателей действует промокод KOVYL, который дает скидку 12% до 18 октября включительно. #реклама</t>
+  </si>
+  <si>
+    <t>18.09.25 13:38</t>
+  </si>
+  <si>
+    <t>t.me/remote_russia/5335</t>
+  </si>
+  <si>
+    <t>#Чукотка Остров Итыгран После целого дня качки в открытом Беринговом море все дружно выдохнули, когда судно зашло в пролив Сенявина. Дальше как по заказу: волны — на минимум, краски — на максимум. Вдали показался остров Итыгран, где мы и высадились на резиновых лодках «Зодиаках» (такими пользовался Жак-Ив Кусто в своих экспедициях). До пандемии на Итыгране чаще бывали иностранцы, чем русские. Сюда заходили большие круизные лайнеры Poseidon Expeditions и других компаний. Сейчас по воде можно добраться только на «Профессоре Хромове». Никаких регулярных паромов тут нет, да и вообще, на острове никто не живет. Есть туры из поселка Провидения, которые организует нацпарк «Берингия» (Итыгран — его часть). Вас отвезут в бухту Румилет, а оттуда к острову. Но до Провидения нужно еще долететь местными авиалиниями. С авиацией на Чукотке все непредсказуемо. Самолеты постоянно отменяют из-за плохой погоды, и вы можете провести в ожидании рейса неделю. Один из пассажиров «Хромова», когда-то здесь уже бывавший, рассказал мне, что прождал своего вылета 21 день. Главная причина попасть на Итыгран — Китовая аллея. Примерно в 16 веке (когда точно — никто не знает) местные эскимосы вкапывали в землю кости и черепа гренландских китов. Из китовых останков сложился целый археологический комплекс. Кому и зачем нужно было заниматься его строительством — вопрос. Есть разные версии: охотничья база, площадка для спортивных состязаний, перевалочный пункт. Самая популярная — что это древнее святилище. Китов эскимосы всегда почитали, хоть и охотились на них (и до сих пор охотятся). До недавних пор научное сообщество ничего про Китовую аллею не знало. Ее обнаружили только в 1976 году исследователи из Института этнологии и антропологии. Объект рассматривали в качестве претендента на включение в список Всемирного наследия ЮНЕСКО, но после 2022 года вопрос замялся. Пока мы бродили по побережью среди китовых костей, я вспомнила, что нечто подобное видела на Фолклендских островах. В прибрежном городишке Стэнли есть англиканская церковь, возле которой стоит огромная арка из челюстей двух синих китов. Правда, той арке всего 90 лет, а тут перед нами 400-летние свидетельства присутствия людей там, куда сегодня еще попробуй доберись.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1784,51 +2270,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H155"/>
+  <dimension ref="A1:H209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="3894.192" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -1842,421 +2328,421 @@
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>49859</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>3229</v>
+        <v>7963</v>
       </c>
       <c r="F2">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="G2">
-        <v>461</v>
+        <v>747</v>
       </c>
       <c r="H2">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>49860</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>4984</v>
       </c>
       <c r="F3">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G3">
-        <v>696</v>
+        <v>840</v>
       </c>
       <c r="H3">
-        <v>78</v>
+        <v>102</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>49861</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>6070</v>
       </c>
       <c r="F4">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="G4">
-        <v>705</v>
+        <v>819</v>
       </c>
       <c r="H4">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>49862</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5">
         <v>5913</v>
       </c>
       <c r="F5">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G5">
-        <v>614</v>
+        <v>700</v>
       </c>
       <c r="H5">
-        <v>53</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>49863</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>5869</v>
       </c>
       <c r="F6">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G6">
-        <v>642</v>
+        <v>705</v>
       </c>
       <c r="H6">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>49864</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>6606</v>
       </c>
       <c r="F7">
-        <v>149</v>
+        <v>168</v>
       </c>
       <c r="G7">
-        <v>523</v>
+        <v>574</v>
       </c>
       <c r="H7">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>49865</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>6492</v>
       </c>
       <c r="F8">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G8">
-        <v>531</v>
+        <v>564</v>
       </c>
       <c r="H8">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>49866</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>6156</v>
       </c>
       <c r="F9">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="G9">
-        <v>196</v>
+        <v>209</v>
       </c>
       <c r="H9">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>49867</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10">
         <v>7071</v>
       </c>
       <c r="F10">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G10">
-        <v>625</v>
+        <v>656</v>
       </c>
       <c r="H10">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>49868</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11">
         <v>7131</v>
       </c>
       <c r="F11">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="G11">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="H11">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>49869</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12">
         <v>6201</v>
       </c>
       <c r="F12">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G12">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>49870</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13">
         <v>6621</v>
       </c>
       <c r="F13">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G13">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="H13">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>49871</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14">
         <v>8173</v>
       </c>
       <c r="F14">
-        <v>208</v>
+        <v>225</v>
       </c>
       <c r="G14">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="H14">
         <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>49872</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E15">
         <v>6643</v>
       </c>
       <c r="F15">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G15">
-        <v>378</v>
+        <v>387</v>
       </c>
       <c r="H15">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>49873</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E16">
         <v>7420</v>
       </c>
       <c r="F16">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="G16">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H16">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>49874</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E17">
         <v>12204</v>
       </c>
       <c r="F17">
         <v>55</v>
       </c>
       <c r="G17">
@@ -2287,51 +2773,51 @@
       </c>
       <c r="G18">
         <v>108</v>
       </c>
       <c r="H18">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>49876</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E19">
         <v>8765</v>
       </c>
       <c r="F19">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="G19">
         <v>431</v>
       </c>
       <c r="H19">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>49877</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E20">
         <v>8322</v>
       </c>
       <c r="F20">
@@ -5740,50 +6226,1451 @@
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>50012</v>
       </c>
       <c r="B155" t="s">
         <v>466</v>
       </c>
       <c r="C155" t="s">
         <v>467</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>468</v>
       </c>
       <c r="E155">
         <v>7972</v>
       </c>
       <c r="F155">
         <v>70</v>
       </c>
       <c r="G155">
         <v>436</v>
       </c>
       <c r="H155">
         <v>43</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156">
+        <v>80155</v>
+      </c>
+      <c r="B156" t="s">
+        <v>469</v>
+      </c>
+      <c r="C156" t="s">
+        <v>470</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E156">
+        <v>8042</v>
+      </c>
+      <c r="F156">
+        <v>284</v>
+      </c>
+      <c r="G156">
+        <v>576</v>
+      </c>
+      <c r="H156">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157">
+        <v>80156</v>
+      </c>
+      <c r="B157" t="s">
+        <v>472</v>
+      </c>
+      <c r="C157" t="s">
+        <v>473</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="E157">
+        <v>7033</v>
+      </c>
+      <c r="G157">
+        <v>67</v>
+      </c>
+      <c r="H157">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158">
+        <v>80157</v>
+      </c>
+      <c r="B158" t="s">
+        <v>475</v>
+      </c>
+      <c r="C158" t="s">
+        <v>476</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="E158">
+        <v>7494</v>
+      </c>
+      <c r="F158">
+        <v>137</v>
+      </c>
+      <c r="G158">
+        <v>399</v>
+      </c>
+      <c r="H158">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159">
+        <v>80158</v>
+      </c>
+      <c r="B159" t="s">
+        <v>478</v>
+      </c>
+      <c r="C159" t="s">
+        <v>479</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="E159">
+        <v>10167</v>
+      </c>
+      <c r="F159">
+        <v>15</v>
+      </c>
+      <c r="G159">
+        <v>708</v>
+      </c>
+      <c r="H159">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160">
+        <v>80159</v>
+      </c>
+      <c r="B160" t="s">
+        <v>481</v>
+      </c>
+      <c r="C160" t="s">
+        <v>482</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E160">
+        <v>9164</v>
+      </c>
+      <c r="F160">
+        <v>15</v>
+      </c>
+      <c r="G160">
+        <v>290</v>
+      </c>
+      <c r="H160">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161">
+        <v>80160</v>
+      </c>
+      <c r="B161" t="s">
+        <v>484</v>
+      </c>
+      <c r="C161" t="s">
+        <v>485</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="E161">
+        <v>6978</v>
+      </c>
+      <c r="F161">
+        <v>39</v>
+      </c>
+      <c r="G161">
+        <v>412</v>
+      </c>
+      <c r="H161">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162">
+        <v>80161</v>
+      </c>
+      <c r="B162" t="s">
+        <v>487</v>
+      </c>
+      <c r="C162" t="s">
+        <v>488</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="E162">
+        <v>8711</v>
+      </c>
+      <c r="F162">
+        <v>19</v>
+      </c>
+      <c r="G162">
+        <v>413</v>
+      </c>
+      <c r="H162">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163">
+        <v>80162</v>
+      </c>
+      <c r="B163" t="s">
+        <v>490</v>
+      </c>
+      <c r="C163" t="s">
+        <v>491</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="E163">
+        <v>7453</v>
+      </c>
+      <c r="F163">
+        <v>40</v>
+      </c>
+      <c r="G163">
+        <v>562</v>
+      </c>
+      <c r="H163">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164">
+        <v>80163</v>
+      </c>
+      <c r="B164" t="s">
+        <v>493</v>
+      </c>
+      <c r="C164" t="s">
+        <v>494</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="E164">
+        <v>6907</v>
+      </c>
+      <c r="F164">
+        <v>83</v>
+      </c>
+      <c r="G164">
+        <v>616</v>
+      </c>
+      <c r="H164">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165">
+        <v>80164</v>
+      </c>
+      <c r="B165" t="s">
+        <v>496</v>
+      </c>
+      <c r="C165" t="s">
+        <v>497</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="E165">
+        <v>6502</v>
+      </c>
+      <c r="F165">
+        <v>112</v>
+      </c>
+      <c r="G165">
+        <v>492</v>
+      </c>
+      <c r="H165">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166">
+        <v>80165</v>
+      </c>
+      <c r="B166" t="s">
+        <v>499</v>
+      </c>
+      <c r="C166" t="s">
+        <v>500</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="E166">
+        <v>6625</v>
+      </c>
+      <c r="F166">
+        <v>22</v>
+      </c>
+      <c r="G166">
+        <v>674</v>
+      </c>
+      <c r="H166">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167">
+        <v>80166</v>
+      </c>
+      <c r="B167" t="s">
+        <v>502</v>
+      </c>
+      <c r="C167" t="s">
+        <v>503</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="E167">
+        <v>9604</v>
+      </c>
+      <c r="F167">
+        <v>31</v>
+      </c>
+      <c r="G167">
+        <v>605</v>
+      </c>
+      <c r="H167">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168">
+        <v>80167</v>
+      </c>
+      <c r="B168" t="s">
+        <v>505</v>
+      </c>
+      <c r="C168" t="s">
+        <v>506</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="E168">
+        <v>8099</v>
+      </c>
+      <c r="F168">
+        <v>30</v>
+      </c>
+      <c r="G168">
+        <v>525</v>
+      </c>
+      <c r="H168">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169">
+        <v>80168</v>
+      </c>
+      <c r="B169" t="s">
+        <v>508</v>
+      </c>
+      <c r="C169" t="s">
+        <v>509</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="E169">
+        <v>7776</v>
+      </c>
+      <c r="F169">
+        <v>40</v>
+      </c>
+      <c r="G169">
+        <v>439</v>
+      </c>
+      <c r="H169">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170">
+        <v>80169</v>
+      </c>
+      <c r="B170" t="s">
+        <v>511</v>
+      </c>
+      <c r="C170" t="s">
+        <v>512</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="E170">
+        <v>7434</v>
+      </c>
+      <c r="F170">
+        <v>89</v>
+      </c>
+      <c r="G170">
+        <v>618</v>
+      </c>
+      <c r="H170">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171">
+        <v>80170</v>
+      </c>
+      <c r="B171" t="s">
+        <v>514</v>
+      </c>
+      <c r="C171" t="s">
+        <v>515</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="E171">
+        <v>7453</v>
+      </c>
+      <c r="F171">
+        <v>27</v>
+      </c>
+      <c r="G171">
+        <v>207</v>
+      </c>
+      <c r="H171">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172">
+        <v>80171</v>
+      </c>
+      <c r="B172" t="s">
+        <v>517</v>
+      </c>
+      <c r="C172" t="s">
+        <v>518</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="E172">
+        <v>6646</v>
+      </c>
+      <c r="F172">
+        <v>57</v>
+      </c>
+      <c r="G172">
+        <v>485</v>
+      </c>
+      <c r="H172">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173">
+        <v>80172</v>
+      </c>
+      <c r="B173" t="s">
+        <v>520</v>
+      </c>
+      <c r="C173" t="s">
+        <v>521</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="E173">
+        <v>7148</v>
+      </c>
+      <c r="F173">
+        <v>90</v>
+      </c>
+      <c r="G173">
+        <v>581</v>
+      </c>
+      <c r="H173">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174">
+        <v>80173</v>
+      </c>
+      <c r="B174" t="s">
+        <v>523</v>
+      </c>
+      <c r="C174" t="s">
+        <v>524</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="E174">
+        <v>7275</v>
+      </c>
+      <c r="F174">
+        <v>102</v>
+      </c>
+      <c r="G174">
+        <v>702</v>
+      </c>
+      <c r="H174">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175">
+        <v>80174</v>
+      </c>
+      <c r="B175" t="s">
+        <v>526</v>
+      </c>
+      <c r="C175" t="s">
+        <v>527</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="E175">
+        <v>7017</v>
+      </c>
+      <c r="F175">
+        <v>48</v>
+      </c>
+      <c r="G175">
+        <v>587</v>
+      </c>
+      <c r="H175">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176">
+        <v>80175</v>
+      </c>
+      <c r="B176" t="s">
+        <v>529</v>
+      </c>
+      <c r="C176" t="s">
+        <v>530</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E176">
+        <v>6709</v>
+      </c>
+      <c r="F176">
+        <v>68</v>
+      </c>
+      <c r="G176">
+        <v>510</v>
+      </c>
+      <c r="H176">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177">
+        <v>80176</v>
+      </c>
+      <c r="B177" t="s">
+        <v>532</v>
+      </c>
+      <c r="C177" t="s">
+        <v>533</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="E177">
+        <v>7614</v>
+      </c>
+      <c r="F177">
+        <v>54</v>
+      </c>
+      <c r="G177">
+        <v>214</v>
+      </c>
+      <c r="H177">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178">
+        <v>80177</v>
+      </c>
+      <c r="B178" t="s">
+        <v>535</v>
+      </c>
+      <c r="C178" t="s">
+        <v>536</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="E178">
+        <v>6842</v>
+      </c>
+      <c r="F178">
+        <v>86</v>
+      </c>
+      <c r="G178">
+        <v>632</v>
+      </c>
+      <c r="H178">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179">
+        <v>80178</v>
+      </c>
+      <c r="B179" t="s">
+        <v>538</v>
+      </c>
+      <c r="C179" t="s">
+        <v>539</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="E179">
+        <v>7150</v>
+      </c>
+      <c r="F179">
+        <v>44</v>
+      </c>
+      <c r="G179">
+        <v>527</v>
+      </c>
+      <c r="H179">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180">
+        <v>80179</v>
+      </c>
+      <c r="B180" t="s">
+        <v>541</v>
+      </c>
+      <c r="C180" t="s">
+        <v>542</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="E180">
+        <v>10189</v>
+      </c>
+      <c r="F180">
+        <v>19</v>
+      </c>
+      <c r="G180">
+        <v>226</v>
+      </c>
+      <c r="H180">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181">
+        <v>80180</v>
+      </c>
+      <c r="B181" t="s">
+        <v>544</v>
+      </c>
+      <c r="C181" t="s">
+        <v>545</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="E181">
+        <v>4459</v>
+      </c>
+      <c r="F181">
+        <v>5</v>
+      </c>
+      <c r="G181">
+        <v>94</v>
+      </c>
+      <c r="H181">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182">
+        <v>80181</v>
+      </c>
+      <c r="B182" t="s">
+        <v>547</v>
+      </c>
+      <c r="C182" t="s">
+        <v>548</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="E182">
+        <v>9006</v>
+      </c>
+      <c r="F182">
+        <v>42</v>
+      </c>
+      <c r="G182">
+        <v>566</v>
+      </c>
+      <c r="H182">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183">
+        <v>80182</v>
+      </c>
+      <c r="B183" t="s">
+        <v>550</v>
+      </c>
+      <c r="C183" t="s">
+        <v>551</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="E183">
+        <v>6964</v>
+      </c>
+      <c r="F183">
+        <v>66</v>
+      </c>
+      <c r="G183">
+        <v>430</v>
+      </c>
+      <c r="H183">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184">
+        <v>80183</v>
+      </c>
+      <c r="B184" t="s">
+        <v>553</v>
+      </c>
+      <c r="C184" t="s">
+        <v>554</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E184">
+        <v>7025</v>
+      </c>
+      <c r="F184">
+        <v>54</v>
+      </c>
+      <c r="G184">
+        <v>464</v>
+      </c>
+      <c r="H184">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185">
+        <v>80184</v>
+      </c>
+      <c r="B185" t="s">
+        <v>556</v>
+      </c>
+      <c r="C185" t="s">
+        <v>557</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="E185">
+        <v>6885</v>
+      </c>
+      <c r="F185">
+        <v>16</v>
+      </c>
+      <c r="G185">
+        <v>102</v>
+      </c>
+      <c r="H185">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186">
+        <v>80185</v>
+      </c>
+      <c r="B186" t="s">
+        <v>559</v>
+      </c>
+      <c r="C186" t="s">
+        <v>560</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="E186">
+        <v>7073</v>
+      </c>
+      <c r="F186">
+        <v>48</v>
+      </c>
+      <c r="G186">
+        <v>465</v>
+      </c>
+      <c r="H186">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187">
+        <v>80186</v>
+      </c>
+      <c r="B187" t="s">
+        <v>562</v>
+      </c>
+      <c r="C187" t="s">
+        <v>563</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="E187">
+        <v>7996</v>
+      </c>
+      <c r="F187">
+        <v>106</v>
+      </c>
+      <c r="G187">
+        <v>603</v>
+      </c>
+      <c r="H187">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188">
+        <v>80187</v>
+      </c>
+      <c r="B188" t="s">
+        <v>565</v>
+      </c>
+      <c r="C188" t="s">
+        <v>566</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="E188">
+        <v>6897</v>
+      </c>
+      <c r="F188">
+        <v>82</v>
+      </c>
+      <c r="G188">
+        <v>96</v>
+      </c>
+      <c r="H188">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189">
+        <v>80188</v>
+      </c>
+      <c r="B189" t="s">
+        <v>568</v>
+      </c>
+      <c r="C189" t="s">
+        <v>569</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="E189">
+        <v>7554</v>
+      </c>
+      <c r="F189">
+        <v>121</v>
+      </c>
+      <c r="G189">
+        <v>628</v>
+      </c>
+      <c r="H189">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190">
+        <v>80189</v>
+      </c>
+      <c r="B190" t="s">
+        <v>571</v>
+      </c>
+      <c r="C190" t="s">
+        <v>572</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="E190">
+        <v>8328</v>
+      </c>
+      <c r="F190">
+        <v>26</v>
+      </c>
+      <c r="G190">
+        <v>852</v>
+      </c>
+      <c r="H190">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191">
+        <v>80190</v>
+      </c>
+      <c r="B191" t="s">
+        <v>574</v>
+      </c>
+      <c r="C191" t="s">
+        <v>575</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="E191">
+        <v>11218</v>
+      </c>
+      <c r="F191">
+        <v>54</v>
+      </c>
+      <c r="G191">
+        <v>695</v>
+      </c>
+      <c r="H191">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192">
+        <v>80191</v>
+      </c>
+      <c r="B192" t="s">
+        <v>577</v>
+      </c>
+      <c r="C192" t="s">
+        <v>578</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="E192">
+        <v>10504</v>
+      </c>
+      <c r="F192">
+        <v>5</v>
+      </c>
+      <c r="G192">
+        <v>47</v>
+      </c>
+      <c r="H192">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193">
+        <v>80192</v>
+      </c>
+      <c r="B193" t="s">
+        <v>580</v>
+      </c>
+      <c r="C193" t="s">
+        <v>581</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="E193">
+        <v>8756</v>
+      </c>
+      <c r="F193">
+        <v>218</v>
+      </c>
+      <c r="G193">
+        <v>911</v>
+      </c>
+      <c r="H193">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194">
+        <v>80193</v>
+      </c>
+      <c r="B194" t="s">
+        <v>583</v>
+      </c>
+      <c r="C194" t="s">
+        <v>584</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="E194">
+        <v>8109</v>
+      </c>
+      <c r="F194">
+        <v>47</v>
+      </c>
+      <c r="G194">
+        <v>760</v>
+      </c>
+      <c r="H194">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195">
+        <v>80194</v>
+      </c>
+      <c r="B195" t="s">
+        <v>586</v>
+      </c>
+      <c r="C195" t="s">
+        <v>587</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="E195">
+        <v>9272</v>
+      </c>
+      <c r="F195">
+        <v>86</v>
+      </c>
+      <c r="G195">
+        <v>914</v>
+      </c>
+      <c r="H195">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196">
+        <v>80195</v>
+      </c>
+      <c r="B196" t="s">
+        <v>589</v>
+      </c>
+      <c r="C196" t="s">
+        <v>590</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="E196">
+        <v>12613</v>
+      </c>
+      <c r="F196">
+        <v>282</v>
+      </c>
+      <c r="G196">
+        <v>1083</v>
+      </c>
+      <c r="H196">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197">
+        <v>80196</v>
+      </c>
+      <c r="B197" t="s">
+        <v>592</v>
+      </c>
+      <c r="C197" t="s">
+        <v>593</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="E197">
+        <v>9426</v>
+      </c>
+      <c r="F197">
+        <v>44</v>
+      </c>
+      <c r="G197">
+        <v>830</v>
+      </c>
+      <c r="H197">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198">
+        <v>80197</v>
+      </c>
+      <c r="B198" t="s">
+        <v>595</v>
+      </c>
+      <c r="C198" t="s">
+        <v>596</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E198">
+        <v>11838</v>
+      </c>
+      <c r="F198">
+        <v>56</v>
+      </c>
+      <c r="G198">
+        <v>724</v>
+      </c>
+      <c r="H198">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199">
+        <v>80198</v>
+      </c>
+      <c r="B199" t="s">
+        <v>598</v>
+      </c>
+      <c r="C199" t="s">
+        <v>599</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="E199">
+        <v>9690</v>
+      </c>
+      <c r="F199">
+        <v>120</v>
+      </c>
+      <c r="G199">
+        <v>285</v>
+      </c>
+      <c r="H199">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200">
+        <v>80199</v>
+      </c>
+      <c r="B200" t="s">
+        <v>601</v>
+      </c>
+      <c r="C200" t="s">
+        <v>602</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="E200">
+        <v>10717</v>
+      </c>
+      <c r="F200">
+        <v>165</v>
+      </c>
+      <c r="G200">
+        <v>1127</v>
+      </c>
+      <c r="H200">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201">
+        <v>80200</v>
+      </c>
+      <c r="B201" t="s">
+        <v>604</v>
+      </c>
+      <c r="C201" t="s">
+        <v>605</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="E201">
+        <v>11746</v>
+      </c>
+      <c r="F201">
+        <v>68</v>
+      </c>
+      <c r="G201">
+        <v>860</v>
+      </c>
+      <c r="H201">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202">
+        <v>80201</v>
+      </c>
+      <c r="B202" t="s">
+        <v>607</v>
+      </c>
+      <c r="C202" t="s">
+        <v>608</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="E202">
+        <v>12517</v>
+      </c>
+      <c r="F202">
+        <v>71</v>
+      </c>
+      <c r="G202">
+        <v>901</v>
+      </c>
+      <c r="H202">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203">
+        <v>80202</v>
+      </c>
+      <c r="B203" t="s">
+        <v>610</v>
+      </c>
+      <c r="C203" t="s">
+        <v>611</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="E203">
+        <v>8673</v>
+      </c>
+      <c r="F203">
+        <v>26</v>
+      </c>
+      <c r="G203">
+        <v>721</v>
+      </c>
+      <c r="H203">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204">
+        <v>80203</v>
+      </c>
+      <c r="B204" t="s">
+        <v>613</v>
+      </c>
+      <c r="C204" t="s">
+        <v>614</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="E204">
+        <v>8290</v>
+      </c>
+      <c r="F204">
+        <v>48</v>
+      </c>
+      <c r="G204">
+        <v>844</v>
+      </c>
+      <c r="H204">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205">
+        <v>80204</v>
+      </c>
+      <c r="B205" t="s">
+        <v>616</v>
+      </c>
+      <c r="C205" t="s">
+        <v>617</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="E205">
+        <v>8827</v>
+      </c>
+      <c r="F205">
+        <v>104</v>
+      </c>
+      <c r="G205">
+        <v>972</v>
+      </c>
+      <c r="H205">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206">
+        <v>80205</v>
+      </c>
+      <c r="B206" t="s">
+        <v>619</v>
+      </c>
+      <c r="C206" t="s">
+        <v>620</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="E206">
+        <v>8714</v>
+      </c>
+      <c r="F206">
+        <v>46</v>
+      </c>
+      <c r="G206">
+        <v>297</v>
+      </c>
+      <c r="H206">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207">
+        <v>80206</v>
+      </c>
+      <c r="B207" t="s">
+        <v>622</v>
+      </c>
+      <c r="C207" t="s">
+        <v>623</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="E207">
+        <v>9135</v>
+      </c>
+      <c r="F207">
+        <v>132</v>
+      </c>
+      <c r="G207">
+        <v>619</v>
+      </c>
+      <c r="H207">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208">
+        <v>80207</v>
+      </c>
+      <c r="B208" t="s">
+        <v>625</v>
+      </c>
+      <c r="C208" t="s">
+        <v>626</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="E208">
+        <v>7967</v>
+      </c>
+      <c r="F208">
+        <v>37</v>
+      </c>
+      <c r="G208">
+        <v>192</v>
+      </c>
+      <c r="H208">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209">
+        <v>80208</v>
+      </c>
+      <c r="B209" t="s">
+        <v>628</v>
+      </c>
+      <c r="C209" t="s">
+        <v>629</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E209">
+        <v>7768</v>
+      </c>
+      <c r="F209">
+        <v>44</v>
+      </c>
+      <c r="G209">
+        <v>725</v>
+      </c>
+      <c r="H209">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">