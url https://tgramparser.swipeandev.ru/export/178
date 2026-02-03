--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -3909,174 +3909,174 @@
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>48698</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>62091</v>
       </c>
       <c r="F2">
-        <v>291</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>48699</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>63146</v>
       </c>
       <c r="F3">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>48700</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>62483</v>
       </c>
       <c r="F4">
-        <v>120</v>
+        <v>167</v>
       </c>
       <c r="H4">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>48701</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5">
         <v>64379</v>
       </c>
       <c r="F5">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>48702</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>62814</v>
       </c>
       <c r="F6">
-        <v>144</v>
+        <v>237</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>48703</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>63621</v>
       </c>
       <c r="F7">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>48704</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>62822</v>
       </c>
       <c r="F8">
-        <v>193</v>
+        <v>243</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>48705</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>64096</v>
       </c>
       <c r="F9">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>48706</v>
@@ -4622,174 +4622,174 @@
       </c>
       <c r="E35">
         <v>66108</v>
       </c>
       <c r="F35">
         <v>32</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>48732</v>
       </c>
       <c r="B36" t="s">
         <v>110</v>
       </c>
       <c r="C36" t="s">
         <v>111</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E36">
         <v>69530</v>
       </c>
       <c r="F36">
-        <v>246</v>
+        <v>254</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>48733</v>
       </c>
       <c r="B37" t="s">
         <v>113</v>
       </c>
       <c r="C37" t="s">
         <v>114</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E37">
         <v>67934</v>
       </c>
       <c r="F37">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>48734</v>
       </c>
       <c r="B38" t="s">
         <v>116</v>
       </c>
       <c r="C38" t="s">
         <v>117</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E38">
         <v>67021</v>
       </c>
       <c r="F38">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H38">
         <v>8</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>48735</v>
       </c>
       <c r="B39" t="s">
         <v>119</v>
       </c>
       <c r="C39" t="s">
         <v>120</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E39">
         <v>66923</v>
       </c>
       <c r="F39">
-        <v>181</v>
+        <v>188</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>48736</v>
       </c>
       <c r="B40" t="s">
         <v>122</v>
       </c>
       <c r="C40" t="s">
         <v>123</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E40">
         <v>78673</v>
       </c>
       <c r="F40">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>48737</v>
       </c>
       <c r="B41" t="s">
         <v>125</v>
       </c>
       <c r="C41" t="s">
         <v>126</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E41">
         <v>66741</v>
       </c>
       <c r="F41">
         <v>62</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>48738</v>
       </c>
       <c r="B42" t="s">
         <v>128</v>
       </c>
       <c r="C42" t="s">
         <v>129</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E42">
         <v>68146</v>
       </c>
       <c r="F42">
-        <v>208</v>
+        <v>216</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>48739</v>
       </c>
       <c r="B43" t="s">
         <v>131</v>
       </c>
       <c r="C43" t="s">
         <v>132</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E43">
         <v>67998</v>
       </c>
       <c r="F43">
         <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>48740</v>
@@ -4802,114 +4802,114 @@
       </c>
       <c r="D44" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>48741</v>
       </c>
       <c r="B45" t="s">
         <v>134</v>
       </c>
       <c r="C45" t="s">
         <v>137</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>138</v>
       </c>
       <c r="E45">
         <v>67428</v>
       </c>
       <c r="F45">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="H45">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>48742</v>
       </c>
       <c r="B46" t="s">
         <v>139</v>
       </c>
       <c r="C46" t="s">
         <v>140</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>141</v>
       </c>
       <c r="E46">
         <v>70818</v>
       </c>
       <c r="F46">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>48743</v>
       </c>
       <c r="B47" t="s">
         <v>142</v>
       </c>
       <c r="C47" t="s">
         <v>143</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>144</v>
       </c>
       <c r="E47">
         <v>69673</v>
       </c>
       <c r="F47">
         <v>84</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>48744</v>
       </c>
       <c r="B48" t="s">
         <v>145</v>
       </c>
       <c r="C48" t="s">
         <v>146</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>147</v>
       </c>
       <c r="E48">
         <v>68089</v>
       </c>
       <c r="F48">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H48">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>48745</v>
       </c>
       <c r="B49" t="s">
         <v>145</v>
       </c>
       <c r="C49" t="s">
         <v>148</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>130</v>
       </c>
       <c r="E49">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>48746</v>
@@ -4962,111 +4962,111 @@
       </c>
       <c r="E52">
         <v>331</v>
       </c>
       <c r="F52">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>48749</v>
       </c>
       <c r="B53" t="s">
         <v>156</v>
       </c>
       <c r="C53" t="s">
         <v>157</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E53">
         <v>73731</v>
       </c>
       <c r="F53">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>48750</v>
       </c>
       <c r="B54" t="s">
         <v>159</v>
       </c>
       <c r="C54" t="s">
         <v>160</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>161</v>
       </c>
       <c r="E54">
         <v>67773</v>
       </c>
       <c r="F54">
         <v>71</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>48751</v>
       </c>
       <c r="B55" t="s">
         <v>162</v>
       </c>
       <c r="C55" t="s">
         <v>163</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>164</v>
       </c>
       <c r="E55">
         <v>69644</v>
       </c>
       <c r="F55">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>48752</v>
       </c>
       <c r="B56" t="s">
         <v>165</v>
       </c>
       <c r="C56" t="s">
         <v>166</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>167</v>
       </c>
       <c r="E56">
         <v>67818</v>
       </c>
       <c r="F56">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>48753</v>
       </c>
       <c r="B57" t="s">
         <v>168</v>
       </c>
       <c r="C57" t="s">
         <v>169</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>170</v>
       </c>
       <c r="E57">
         <v>68304</v>
       </c>
       <c r="F57">
         <v>132</v>
       </c>
       <c r="H57">
         <v>12</v>
       </c>
     </row>
@@ -5085,71 +5085,71 @@
       </c>
       <c r="E58">
         <v>10689</v>
       </c>
       <c r="F58">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>48755</v>
       </c>
       <c r="B59" t="s">
         <v>174</v>
       </c>
       <c r="C59" t="s">
         <v>175</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>176</v>
       </c>
       <c r="E59">
         <v>72341</v>
       </c>
       <c r="F59">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>48756</v>
       </c>
       <c r="B60" t="s">
         <v>177</v>
       </c>
       <c r="C60" t="s">
         <v>178</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>179</v>
       </c>
       <c r="E60">
         <v>69283</v>
       </c>
       <c r="F60">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>48757</v>
       </c>
       <c r="B61" t="s">
         <v>180</v>
       </c>
       <c r="C61" t="s">
         <v>181</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>182</v>
       </c>
       <c r="E61">
         <v>68680</v>
       </c>
       <c r="F61">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>48758</v>
@@ -5188,51 +5188,51 @@
       </c>
       <c r="E63">
         <v>72369</v>
       </c>
       <c r="F63">
         <v>123</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>48760</v>
       </c>
       <c r="B64" t="s">
         <v>189</v>
       </c>
       <c r="C64" t="s">
         <v>190</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>191</v>
       </c>
       <c r="E64">
         <v>71087</v>
       </c>
       <c r="F64">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H64">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>48761</v>
       </c>
       <c r="B65" t="s">
         <v>192</v>
       </c>
       <c r="C65" t="s">
         <v>193</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>194</v>
       </c>
       <c r="E65">
         <v>72767</v>
       </c>
       <c r="F65">
         <v>221</v>
       </c>
     </row>
@@ -5334,71 +5334,71 @@
       </c>
       <c r="F70">
         <v>110</v>
       </c>
       <c r="H70">
         <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>48767</v>
       </c>
       <c r="B71" t="s">
         <v>208</v>
       </c>
       <c r="C71" t="s">
         <v>209</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>210</v>
       </c>
       <c r="E71">
         <v>70980</v>
       </c>
       <c r="F71">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>48768</v>
       </c>
       <c r="B72" t="s">
         <v>211</v>
       </c>
       <c r="C72" t="s">
         <v>212</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>213</v>
       </c>
       <c r="E72">
         <v>70526</v>
       </c>
       <c r="F72">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="H72">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>48769</v>
       </c>
       <c r="B73" t="s">
         <v>214</v>
       </c>
       <c r="C73" t="s">
         <v>215</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>216</v>
       </c>
       <c r="E73">
         <v>4308</v>
       </c>
       <c r="F73">
         <v>30</v>
       </c>
       <c r="H73">
@@ -5423,148 +5423,148 @@
       </c>
       <c r="F74">
         <v>100</v>
       </c>
       <c r="H74">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>48771</v>
       </c>
       <c r="B75" t="s">
         <v>220</v>
       </c>
       <c r="C75" t="s">
         <v>221</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>222</v>
       </c>
       <c r="E75">
         <v>76021</v>
       </c>
       <c r="F75">
-        <v>1024</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>48772</v>
       </c>
       <c r="B76" t="s">
         <v>223</v>
       </c>
       <c r="C76" t="s">
         <v>224</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>225</v>
       </c>
       <c r="E76">
         <v>70195</v>
       </c>
       <c r="F76">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>48773</v>
       </c>
       <c r="B77" t="s">
         <v>226</v>
       </c>
       <c r="C77" t="s">
         <v>227</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E77">
         <v>69979</v>
       </c>
       <c r="F77">
-        <v>493</v>
+        <v>497</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>48774</v>
       </c>
       <c r="B78" t="s">
         <v>229</v>
       </c>
       <c r="C78" t="s">
         <v>230</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>231</v>
       </c>
       <c r="E78">
         <v>73235</v>
       </c>
       <c r="F78">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>48775</v>
       </c>
       <c r="B79" t="s">
         <v>232</v>
       </c>
       <c r="C79" t="s">
         <v>233</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>228</v>
       </c>
       <c r="E79">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>48776</v>
       </c>
       <c r="B80" t="s">
         <v>232</v>
       </c>
       <c r="C80" t="s">
         <v>234</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>235</v>
       </c>
       <c r="E80">
         <v>74254</v>
       </c>
       <c r="F80">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H80">
         <v>26</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
         <v>48777</v>
       </c>
       <c r="B81" t="s">
         <v>236</v>
       </c>
       <c r="C81" t="s">
         <v>237</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E81">
         <v>78266</v>
       </c>
       <c r="F81">
         <v>301</v>
       </c>
     </row>