--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="975">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Текст</t>
   </si>
   <si>
     <t>Просмотры</t>
   </si>
   <si>
     <t>Поделилось</t>
   </si>
   <si>
     <t>Реакции</t>
   </si>
   <si>
     <t>Комментарии</t>
   </si>
   <si>
@@ -2331,50 +2331,656 @@
     <t>12.10.24 08:34</t>
   </si>
   <si>
     <t>t.me/clubputeshestviy/868</t>
   </si>
   <si>
     <t>🌐 Дагестан Ставьте❤️, если безумно захотелось шашлыка🥩🍖 ⠀ В Дагестане он такой… такой! Словами не описать🤤Нежнейшее мясо просто тает во рту) А аромат сводит с ума. Каждый кусочек - словно праздник! Наши туристы признаются, что это самый вкусный шашлык в их жизни) ⠀ 🔝И это всего лишь одно из колоритных блюд, которое вы попробуете в путешествии по Дагестану. Вас ждет столько гастрономических открытий! Местная кухня точно сможет вас удивить) ⠀ 🔥Если вы готовы пробовать новое и восхищаться, тогда let’s go с нами в тур «Знакомим с Дагестаном за 4 дня» ⠀ ✅Даты: 01-04.11 ✅Стоимость: ◻️с авиаперелетом из Питера - от 58.640₽ ◻️без авиаперелета - от 35.500₽ ⠀ Подробности здесь ❓Хотите поехать? Любите пробовать местную кухню? #дагестан #кудапоехать #путешествияпороссии #путешествия</t>
   </si>
   <si>
     <t>11.10.24 09:43</t>
   </si>
   <si>
     <t>t.me/clubputeshestviy/867</t>
   </si>
   <si>
     <t>🌐 Кольский полуостров. Мурманск. 💯 Есть точки на карте и природные явления, которые нужно увидеть своими глазами, хотя бы раз в жизни. 💥Люди ради такого проезжают, порой, полмира. И северное сияние – прекрасная Аврора – конечно, в таком списке значится одной из первых. Сейчас, в связи с очень высокой солнечной активностью, разноцветные сполохи можно наблюдать очень далеко от Полярного круга и даже летом. Но не зря сияние называется полярным или северным: чаще всего и лучше всего его можно наблюдать именно там. 📍 На территории России это: Мурманская и Архангельская области, Ямало-Ненецкий и Ханты-Мансийский округа, Республика Карелия, Коми, Чукотка и Красноярский край.   Образуется сияние от солнечного ветра. Ещё Михаил Ломоносов доказал, что природа северного сияния — электрическая. ⭐Сейчас мы знаем, что светящееся небо — результат работы заряженных частиц солнечного ветра. ⭐Большая их часть отражается, но некоторые все же прорываются в атмосферу через магнитное поле Земли — сделать это проще всего в районе магнитных полюсов. ⭐Интересно, что сияние — результат взаимодействия заряженных частиц солнечного ветра с атмосферными газами планеты. ⭐Они и определяют конечные цвета сияния: например, зеленый получается при взаимодействии с кислородом, красный — от кислорода и азота, красный, фиолетовый и синий — от азота. ❗️ Чтобы наверняка "поймать Аврору", нужно учитывать прогноз солнечной активности. ⭐Чем выше активность солнца, тем выше вероятность увидеть северное сияние. ⭐Чтобы появилось сияние, на солнце должен произойти выброс частиц (плазмы). После такого выброса и до сияния примерно 2-5 дней. ⭐В прогнозе нужно обратить внимание на индекс магнитной активности (К-индекс). Если К-индекс достиг 4-5 и выше, вероятность возникновения сияния высока. Хотя я лично видела удивидельной красоты сияние при индексе 3. Кстати, есть специальные приложения, чтобы определить, где и когда лучше увидеть Аврору. 🌈Замечено, что свечения обычно возникают в период с середины сентября до конца марта в ясные морозные ночи (от –10 °С). Это не значит, что небо озаряется только в эти месяцы — сияние вполне может случиться и в августе. Но вероятность все-таки выше зимой, примерно с ноября по февраль. 🌈Заодно в высоких широтах в это время ночь длится по 18-20 часов, и даже слабые сияния будут видны более отчетливо. Лучшее время для наблюдений — 21:00 — 03:00. ❗️Важно: ловить северное сияние стоит за городом, на высветленном электричеством небе его можно не заметить. ❓А вы охотились за Авророй? Удачно? #интересно #мурманск #северноесияние</t>
   </si>
   <si>
     <t>10.10.24 15:34</t>
   </si>
   <si>
     <t>t.me/clubputeshestviy/862</t>
   </si>
   <si>
     <t>🌐 Скоро, уже совсем скоро Новый год! 🎁 🎄И, как в детстве, мы ждем елку, подарков и, конечно, Дедушку Мороза! Соскучились ведь, целый год не видели-не слышали о нем ничего! ⭐️Многие знают, что главная резиденция Деда Мороза находится в Великом Устюге. Есть его Усадьба и в Москве. И, в основном, конечно, люди сами приезжают в гости к зимнему волшебнику. 🎅Но мало кто знает, что и Дед Мороз – самый настоящий путешественник. Раз в году под Новый год он проезжает по стране многие тысячи километров. 🚂 И, конечно, едет он не на тройке с бубенцами. А на самом настоящем, почти волшебном, поезде. Поезд Деда Мороза имеет, если можно так сказать, свою собственную резиденцию. ⭐️ Между путешествиями он стоит на станции "Морозная" на ж/д вокзале города Сортавала в Карелии. Кстати, волшебный поезд доступен для посещения. ⭐️ На станции "Морозная" всегда ждут Новый год: над воротами у входа на перрон работают часы с обратным отсчетом времени до наступления заветной полуночи. 🚂 Поезд Деда Мороза — это празднично оформленная передвижная резиденция с приёмной, вагоном для проведения игр и квестов, вагоном-театром, в котором дают кукольные представления, двумя вагонами-ресторанами, фотокупе и вагоном-лавкой, где можно приобрести сувениры из Великого Устюга и Костромы (там расположена резиденция  Снегурочки). Как я уже говорила,  раз в году волшебный поезд  отправляется в предновогодний тур по стране. 😮 Вот несколько интересных фактов. ❄️В этом году поезд Деда Мороза доедет до самого Сахалина. ❄️Он сделает остановки в разных городах России, и команда зимнего волшебника покажет повсюду новогодние детские представления. ❄️Гости смогут встретиться с Дедом Морозом, Снегурочкой и их сказочными помощниками, посмотреть представления и выпить чаю с главным волшебником праздника. ❄️В прошлом году поезд Деда Мороза посетил 81 город России за 64 дня. ❄️За это время он преодолел свыше 32 тыс. километров пути. ❄️В праздничных мероприятиях поучаствовали почти 450 тыс. гостей. ❄️Самой отдалённой точкой тура в прошлом году стал город Тында. ❄️В этот раз состав отправится до острова Сахалин, куда его доставят паромом. ❄️Поездка начнется 14 ноября и продлится 2 месяца. Завершится она 14 января в Великом Устюге. ❓Знали о поезде Деда Мороза? Будете его встречать? #люмокс #интересно #новыйгод #дедмороз</t>
+  </si>
+  <si>
+    <t>18.01.26 06:51</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2362</t>
+  </si>
+  <si>
+    <t>🌐Воскресный завтрак 🌟А в каком городе вы хотите позавтракать? Пишите цифру – пришлю программу 🌟Или уже завтракали? 🌟И как вам? Поделитесь! #карелия@clubputeshestviy #северозапад@clubputeshestviy #выборг@clubputeshestviy #калининград@clubputeshestviy #мурманск@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>14.01.26 06:58</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2351</t>
+  </si>
+  <si>
+    <t>🛼 «Лёд 8.03.» – сними своё кино на льду Байкала! 💫Вынос мозга, взрыв эмоций, разрыв шаблонов, переход на новый уровень и выход в открытый Космос зимнего Байкала – это только обязательный минимальный набор ощущений, который я вам гарантирую на все 💯 Лично для меня зимний  Байкал стал одним из самых сильных впечатлений в жизни! Невероятный, всегда разный, а потому совершенно неописуемый лед, наплески, торосы, ледяные пещеры – это в самое ❤️ Готова вернуть деньги, если я окажусь не права💸 А какие кадры вы снимите! 📸 Срочно собирайтесь! 🌸 А это ведь еще и ❤️ Марта! ❤️Подарите своей любимой или любимой себе ❤️Тур: «Магия байкальского льда: гроты, торосы и священный Ольхон» ❤️Даты: 8-13 марта 2026 ❤️ Цена: 90 900 ₽ 1/2 DBL Есть и другие предложения! ❤️В программе тура: Иркутск, пос. Листвянка, деревня Тальцы, комплекс «Золотая Орда», о. Ольхон с его ледяными пещерами, мыс Хобой и Огой, пос. Хужир, скала Шаманка и «Три брата» и много других чудес. Ставьте ❤️ в комментах и я вышлю вам подробную программу. ❤️Забронировать тур ❤️задать вопрос #байкал@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>13.01.26 14:23</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2350</t>
+  </si>
+  <si>
+    <t>🌐 3 тура в «Рускеала»: сходство, различия, бонусы «Рускеала» — это то место, которое обязательно стоит посетить, оказавшись в Карелии. Горный парк отлично подходит для однодневного путешествия. ▪️Программа у всех туров похожа: Рускеала, город Сортавала, водопады Ахвенкоски, магазин форелевого хозяйства. ▪️Но есть и некоторые различия: ▪️ «Жемчужина Карелии — Рускеала» ▪️Транспорт: Автобус ▪️Старт и финиш: Санкт-Петербург ▪️Бонусы: ▪️из Рускеала до Сортавала можно прокатиться на ретропоезде «Рускеальский экспресс» (билеты покупаются самостоятельно на сайте РЖД). ▪️пакет «полный» с экскурсией и пакет «стандарт» для самостоятельной прогулки ▪️Выезды: пн, ср, пт, сб, вс ▪️Стоимость: 3 800 ₽ / 5450₽ (пакет «Стандарт» / пакет «Полный») 👉Программа тура ЗДЕСЬ ▪️ «Жемчужина Карелии — Рускеала из Петрозаводска» ▪️Транспорт: Автобус ▪️Старт и финиш: Петрозаводск ▪️Бонусы: ▪️из Рускеала до Сортавала можно прокатиться на ретропоезде «Рускеальский экспресс» (билеты покупаются самостоятельно на сайте РЖД). ▪️пакет «полный» с экскурсией и пакет «стандарт» для самостоятельной прогулки ▪️Выезды: 14, 21, 22 февраля; 7, 8 марта ▪️Стоимость: 3 390 ₽ / 4790₽ (пакет «Стандарт» / пакет «Полный») 👉Программа тура ЗДЕСЬ ▪️«Жемчужина Карелии — путешествие в Рускеала на Ретропоезде» ▪️Транспорт: поезд «Ласточка» из СПБ (билеты не входят в стоимость тура) + автобус из Сортавала ▪️Старт и финиш: Санкт-Петербург или Сортавала ▪️Бонус: посещение исторического комплекса «Бастiонъ» ▪️Выезды: ср, сб ▪️Стоимость: 2 650 ₽ / 5300₽ (пакет «Стандарт» / пакет «Полный») 👉Программа тура ЗДЕСЬ 🆎Будет интересно, если делать иногда такие разборы туров🆎 ❤️ – конечно, да 👌 – иногда можно 🤔 – не вижу смысла #карелия@clubputeshestviy #рускеала@clubputeshestviy #туры1день@clubputeshestviy #разбортуров@clubputeshestviy 🌐Поехали в Карелию? ➡️Выбрать тур ➡️Забронировать тур</t>
+  </si>
+  <si>
+    <t>11.01.26 13:05</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2349</t>
+  </si>
+  <si>
+    <t>🌐А минусы будут?! Путешествовать после праздников - выгодно! 💯 1️⃣Дешевле. Цены на туры, питание и доп.услуги уменьшаются. 2️⃣Меньше туристов. В автобусах есть свободные места, а на достопримечательностях нет толп людей. 3️⃣Больше выбора. Любые локации и даты, ведь везде есть места! 🎁Собрали варианты, куда можно поехать на 1 день после праздников: ▪️Увидеть незамерзающие водопады и покормить северных оленей. 👉Тур «Сила природы Карелии. Долина водопадов»: https://clck.ru/3RDeQ5 ▪️от 5 590 ₽ ▪️Побывать в настоящем средневековом замке. 👉Тур «Экскурсия в Выборг по Королевской дороге»: https://clck.ru/3RDeQH ▪️от 3 750 ₽ ▪️Исследовать старинные русские крепости. 👉Тур «Псков – Изборск – Печоры. Крепости, монастыри, пещеры»: https://clck.ru/3RDeQT ▪️от 5 290 ₽ ▪️Погулять по Детинцу с настоящим посадником. 👉Тур «Все лучшее в Великом Новгороде с интерактивной экскурсией и посадником»: https://clck.ru/3RDeQe ▪️от 4 100 ₽ #карелия@clubputeshestviy #выборг@clubputeshestviy #великийновгород@clubputeshestviy #северозапад@clubputeshestviy #псков@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ ⏺️Туры по Карелии (зима)  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно 👉ПОДПИШИСЬ @tolko_tury</t>
+  </si>
+  <si>
+    <t>09.01.26 15:58</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2348</t>
+  </si>
+  <si>
+    <t>🌐Териберка: место на краю Земли ❤️ Интересные факты. ❤️Териберка - единственное место в нашей стране, где можно увидеть открытый Северный Ледовитый океан и выйти в море на поиск китов. ❤️Здесь расположен самый северный водопад европейской части России, воды которого впадают в Баренцево море – Батарейский. Он прекрасен в любое время года.⠀ ❤️Териберка существует уже более пяти веков и ни разу не меняла свое название. Кстати, многие спрашивают, на какую букву падает ударение - ТерИберка.⠀ ❤️Наибольшую популярность Териберка приобрела после выхода фильма «Левиафан», что сделало её символом русской глубинки.⠀ ❤️Ходят легенды, что раньше в местности, где находится Териберка, обитали настоящие драконы. Всё, что о них напоминает сейчас – окаменевшие яйца на берегу, на пляже «Яйца Дракона».⠀ ❤️Именно в Териберке вы можете посетить самое знаменитое и самое северное кладбище кораблей. Здесь вы увидите останки старых рыбацких судов, выброшенных на берег Баренцева моря. Поехали в Териберку?! За одно короткое путешествие можно получить больше впечатлений, чем за весь год. ❤️Тур «Сияние Арктики от Териберки до Лапландии» ❤️4 дня ❤️Даты: 20 – 23 февраля 26 – 29 марта ❤️Подробная программа https://clck.ru/3QesaA ⠀ #мурманск@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>06.01.26 07:03</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2342</t>
+  </si>
+  <si>
+    <t>❄️Лед! Наконец-то! Январь радует нас морозной погодой, поэтому прогулки по льду Ладоги стартовали. ❤️Не пропустите сезон аэролодок, которые еще называют хивусами! ❤️Если пару-тройку лет назад о зимнем путешествии на Ладожские шхеры или Валаам можно было только мечтать и ждать начала навигации, то теперь можно с ветерком домчаться до них по льду. ❤️Аэролодке не страшны ни ледяные торосы, ни открытая вода – всюду она пройдет! И вы будете чувствовать себя надежно, комфортно и в тепле. ❤️ Итак, туры, где можно прокатиться на чудо-лодке. ❤️Места силы Карелии. Прогулка по Ладожским шхерам на аэролодке ❤️Тур на 1 день ❤️От 4900 руб ❤️Программа: https://clck.ru/3R9qNw ❤️ Карельские выходные 2. Рускеала, Валаам и Ладожские шхеры на аэролодке ❤️Тур на 2 дня ❤️От 12700 руб ❤️Программа: https://clck.ru/3R9qQ6 ❤️Гран-тур Вся Карелия и прогулка по Ладожским шхерах на аэролодке ❤️Тур на 4 дня ❤️От 26750 руб ❤️Программа: https://clck.ru/3R9qSD ❣️Рискнули бы прокатиться? Или страшновато❣️ ❤️ – обязательно 👍 – здорово, но не в этот раз 🙈 – ой, боюсь #карелия@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ ⏺️Туры по Карелии (зима)  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>31.12.25 18:45</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2341</t>
+  </si>
+  <si>
+    <t>❤️❤️❤️❤️❤️❤️❤️❤️❤️❤️❤️ ❄️С Новым 2️⃣0️⃣2️⃣6️⃣ годом!❄️ ❄️Мира этому миру, радости и любви  сердцу, обновления и света душе, тепла и достатка дому!❄️ ❄️Новогоднего волшебства, чудес, исполнения всех желаний!❄️ ❣️❣️❣️. ❣️❣️. ❣️❣️. ❣️❣️ ❣️❣️❣️. ❣️❣️. ❣️❣️. ❣️❣️ ❣️❣️❣️. ❣️❣️. ❣️❣️. ❣️❣️</t>
+  </si>
+  <si>
+    <t>30.12.25 15:06</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2339</t>
+  </si>
+  <si>
+    <t>НЕтайного Санту вызывали?🎅 Давайте устроим предновогодний подарочный движ! Есть возможность не только попиариться, подарив что- то супер-пупер классное, что есть только у вас, но еще можно и получить подарок! Каждый из нас перед Новым годом сможет почувствовать себя немного волшебником: исполнить чье-то, пусть и небольшое, желание. ❤️Правила игры такие. 🎅Если что-то берете, то предлагайте и от себя тоже! 🎅Если же что-то предлагаете, то брать в ответ – это уже на ваше усмотрение! ❗️Обязательно❗️делаем репост у себя в сториз и/или зовем друзей в комментах под постом, чтобы собрать побольше интересных и полезных подарочков! ❤️Итак: 1️⃣Пишем под постом, что вы предлагаете в подарок. 2️⃣Если что-то приглянулось вам, то выделяем подарочек и пишем «Беру». 3️⃣Не забывайте выходить на связь с теми, кого вы осчастливили, и объяснить, как можно подарочком завладеть. И будет всем счастье! 🎅Айда, сантить в комментах! Я начну, а вы подхватывайте!</t>
+  </si>
+  <si>
+    <t>29.12.25 17:26</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2336</t>
+  </si>
+  <si>
+    <t>🚨Легки на подъём? Вам собраться – только подпоясаться? Успейте запрыгнуть в последний вагон! Выезд 31 декабря! Последние места в Новогодние туры! 🎄 Новый Год с Карельской диковинкой 2 номера в отеле «Белые ночи», категория экстра (трипл и дабл) 🎄 Колоритный Новый год  в самой веселой деревне - 1 номер в отеле «Тайвас», категория хит 🎄 Новогодние приключения на русском севере  - 1 номер в гостинице «Северная», 1 номер в отеле «Тайвас», 4 номера в отеле «Питер Инн» -  категория хит. 3 номера в отеле «Заречная» - категория оптима 🎄 Новогодние хиты из Москвы - 3 номера в отелях категории бюджет «Руна» + «Альда», 3 номера в отелях категории оптима «Вилла Айно» + «Сеурахуоне», 2 номера в категории хит «Питер Инн»+ «Ласточкино гнездо» 🎄 Космический Новый год в Карелии  - 2 номера в отелях категории эстра «Космос + Белые ночи» #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>28.12.25 15:49</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2335</t>
+  </si>
+  <si>
+    <t>🔔«Jingle Bells»: рождественский гимн, написанный не для Рождества «Jingle Bells» – американская песня, одна из наиболее часто исполняемых рождественских песен в мире.  🌟Автор — Джеймс Лорд Пирпонт, который написал композицию в 1857 году. Изначально песня называлась The One Horse Open Sleigh («Сани, запряжённые одной лошадью»). 🌟Считается, что Пирпонт сочинил её вдохновившись популярными в то время гонками на санях.  И, кстати, песня пелась от имени некого парня. А в песне говорилось о том, что парень прокатил в санях девушку. Сани перевернулись. Возникла весьма пикантная ситуация. И парень предлагает не теряться и использовать ее по полной😂 🌟Изначально песня предназначалась для исполнения на День благодарения, который отмечается в четвёртый четверг ноября в США. Пирпонт сам исполнял её в своей церкви. 🌟Однако песня настолько пришлась по душе прихожанам, что они попросили снова исполнить её на Рождество.  🌟В 1902 году «Jingle Bells» стала главным рождественским хитом в США. С этого момента началась всемирная известность песни. ﻿ 🔔Некоторые факты из истории композиции: 🌟В 1940 году Дмитрий Шостакович использовал мелодию «Jingle Bells» в музыке к спектаклю «Король Лир», где она называлась «Песней шута».  🌟В декабре 1965 года астронавты Уолтер Ширра и Томас Стаффорд, находясь на борту космического корабля Gemini 6, исполнили эту мелодию, используя губную гармонику и колокольчики, которые они тайно пронесли на борт.  🌟В 1943 году Бинг Кросби и сёстры Эндрюс записали «Jingle Bells» — этот сингл достиг 19-й строчки в чартах и разошёлся тиражом более миллиона копий.  🌟Песню исполняли многие мировые звезды: от Майкла Джексона до Пласидо Доминго. 🦌🦌🎅Зарядитесь настроением песни в исполнении Френка Синатры. #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy ❄️Новогодние идеи⬇️ Как поздравить ребенка креативно и необычно Куда поехать на самые длинные новогодние каникулы 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно 👉ПОДПИШИСЬ @tolko_tury</t>
+  </si>
+  <si>
+    <t>25.12.25 08:26</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2334</t>
+  </si>
+  <si>
+    <t>Карелия без калиток – как Париж без круассанов! 🥐 О карельских калитках слышали, наверное, все. Но как много вы о них знаете? ▪️Калитка – традиционный открытый пирожок из ржаного теста с разными начинками. Предполагается, что калитки начали печь на рубеже XI-XII вв. ▪️В Финляндии калитки называют Karjalan piirakka (карельские пирожки), русское же название предположительно происходит от слова «калита» – так в старину называли сумку для денег, или кошель. Калитки могли получить такое название за внешнее сходство с кошельком или мешочком, который стягивали шнуром. ▪️Много веков назад Калитки в Карелии пекли каждое воскресенье, а также по праздникам. Подавали их к супу или запивали молоком. ▪️Традиционную начинку готовили из ячневой крупы, замоченной в простокваше с топленым маслом на 12 часов. Более поздние виды начинок: картофель, пшено или рис, творог, лесные ягоды. В Карелии попробовать калитки можно в любой пекарне, кафе и ресторане. 😍А вот такие красивые калитки, как на видео, можно попробовать 👑в туре «Царский Новый год в Карелии»! https://clck.ru/3PMD8J В ресторане «Фрегат», в одном из лучших ресторанов Петрозаводска! ▶️30 декабря - 2 января ▪️ цена от 48700 руб 🌟Калитки с какими начинками вы хотели бы попробовать? 👍- пшено🌟 ♥️- брусника🌟 🔥- рыба🌟</t>
+  </si>
+  <si>
+    <t>23.12.25 08:29</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2333</t>
+  </si>
+  <si>
+    <t>🌐Продолжаем считать Дедов Морозов и расскажем, куда еще можно отправиться в новогоднее путешествие. (Начало можно прочитать здесь) 🎅 Чысхаан В Якутии, в музейном комплексе «Царство вечной мерзлоты», можно увидеть местного повелителя новогодних чудес Чысхаана. Он встречает гостей в самом холодном музее страны, где все сделано изо льда. 🗺️Как добраться: музей находится на Вилюйском тракте, 7-й километр, 1. Чтобы попасть туда, нужно оформить билет на самолет до Якутска, затем доехать на автобусе №7 до остановки «Чочур Мыраан». 🎅 Хель Мучи «Хель Мучи» в переводе с чувашского означает «Старик Мороз». Резиденция этого старца находится в деревне Кшауши, в этноэкологическом комплексе «Ясна». Здесь можно посетить 4-часовую развлекательную новогоднюю программу для всей семьи. 🗺️Как добраться: на поезде до Чебоксар, затем на автобусе №136 или на такси до деревни Кшауши, этнокомплекса «Ясна».  🎅 Байкальский Дед Мороз Одна из самых живописных встреч с зимним волшебником случится в резиденции Деда Мороза на Байкале. По легенде, он однажды отправился за нерпами, чтобы узнать, куда они уплывают от берегов Северного Ледовитого океана, увидел Байкал и решил остаться. Бурятская юрта Деда Мороза находится недалеко от города Слюдянка Иркутской области. 🗺️Как добраться: оформить билет на туристический поезд «Байкальский экспресс» и отправиться в город Слюдянка. 🎅 Урал Мороз Резиденция уральского волшебника находится в «Парке Сказов» в городе Арамиль. Это семейный парк, где проходят интерактивные представления. 🗺️Как добраться: на поезде или самолете до Екатеринбурга, затем на «Ласточке» Екатеринбург - Каменск-Уральский до станции «Арамиль» или на автобусах № 113, 133, 138, 182. 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ﻿ ✍️ ➡️отвечу обязательно ➖➖➖➖➖➖➖➖➖➖➖➖ ⏺️Ставьте 👍 если было интересно узнать, где можно встретиться с Дедом Морозом 🔥если хотите, чтобы я рассказала еще о других Дедах Морозах. #интересно@clubputeshestviy #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy #дедмороз@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>21.12.25 08:40</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2332</t>
+  </si>
+  <si>
+    <t>🎅Новогоднего настроения всем вам из города счастья – Ялты. ❤️При словах «идеальный шторм» я вижу всегда только Ялту❤️ Напоминаю, что в Крыму у нас есть свой представитель, и мы с удовольствием поможем вам с экскурсиями и размещением. ❤️Спасибо за видео нашему представителю в Крыму @laravyalte</t>
+  </si>
+  <si>
+    <t>20.12.25 12:29</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2324</t>
+  </si>
+  <si>
+    <t>⏰ Вагончик тронется – перрон останется В Новый год – в обновленных поездах! 🚆Появился первый обзор на новый поезд «Буревестник» между Москвой и Нижним Новгородом 🟢В стоимость входит завтрак, безлимитные напитки и дорожный набор, а ещё выдают пледы и подушки. Поездка длится 4 часа — билет стоит 3 700 рублей. Всего будут ходить три пары рейсов ежедневно: 🟢 из Москвы — в 10:05, 13:45 и 20:15 🟢 из Нижнего — в 7:20, 15:29 и 18:57 🔴 Утренний «Буревестник» будет отправляться с Ярославского вокзала Москвы, дневной и вечерний — с Восточного. 🔴Поезда из Нижнего утром и днём будут прибывать на Восточный вокзал столицы, а вечерний — на Ярославский. 🚆В РЖД показали обновлённый поезд «Красная стрела», курсирующий между двумя столицами. В нем будут новые вагоны габарита Т. 🟢Новые купейные вагоны габарита Т вмещают 40 пассажиров вместо обычных 36, а полки в них шире и длиннее. 🔴В ближайшее время обновят только купейные вагоны одного из двух составов — СВ, «Люксы» и вагон-ресторан пока останутся старыми. #ржд@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>19.12.25 07:10</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2323</t>
+  </si>
+  <si>
+    <t>🎲 Ну, что? Сыграем? ❄️Новогоднее казино путешествий приглашает! Давненько мы не испытывали удачу! 👉Итак: 1️⃣Бросаем кубик 🎲 в комментариях. ❓Где найти кубик: в обычных эмодзи, в разделе про спорт 2️⃣У кого 2 раза  подряд выпадет ОДИНАКОВОЕ количество очков (▶️уточнение: количество попыток не ограничено🀄️), тот получит 6% скидку на любой тур из списка ниже⬇️ 🎄Новогодняя сказка в "Рускеала" ❄️(3 дня, от 43700₽) 🎄Новогодний пир у викингов ❄️(3 дня, от 32400₽) 🎄Новый год с карельской диковинкой! ❄️(3 дня, от 32400₽) 🎄Новогодние приключения на Русском Севере ❄️(3 дня, от 29450₽) 🎄Новогодняя ночь на вотчине карельского Деда Мороза Талви Укко ❄️(3 дня, от 23950₽) 🎄Новый год в гостях у Карельских волшебников ❄️(4 дня, от 48700₽) 🎄Царский Новый Год в Карелии ❄️(4 дня, от 43200₽) 🎄Новогодние хиты Карелии из Москвы ❄️(4 дня, от 32200₽) и Петербурга ❄️(5 дней, от 37700₽) 🎄Космический Новый год в Карелии из Москвы ❄️(4 дня, от 70500₽, банкет в 🎁) 🎄Средневековая сказка в Выборге ❄️(3 дня, от 34600₽) #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy #карелия@clubputeshestviy #выборг@clubputeshestviy ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>17.12.25 18:57</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2319</t>
+  </si>
+  <si>
+    <t>🗝️Назад в прошлое: почему Иван-город называли «ключом к России»? 🚩В 1492 на берегу р.Нарвы была построена каменная крепость. 🚩Она стала первым морским портом и щитом России на Балтике. Ее называли «ключом к России»: тот, кто владел ею, контролировал торговые пути в Европу. 🚩Без допуска в эту крепость проход в глубь страны был закрыт. 🚩Мощные стены и десять башен выдержали века осад и противостояния. 🗝️Интересные факты: ▪️город основан Иваном III – дедом Ивана Грозного и строителем красного кирпичного Кремля в Москве – и назван в его честь; ▪️это первое русское оборонительное сооружение с регулярным, прямоугольным планом; ▪️такого близкого соседства двух враждующих крепостей – Нарвы и Ивангорода – вы не найдете нигде: их разделяет лишь небольшая река ; ▪️с августа 1991 через Иван-город проходит государственная граница Российской Федерации с Эстонией. ▪️попасть в город можно только по спец. пропуску (но все оформление мы берем на себя!) Увидеть этот уникальный памятник фортификации можно в туре: 🗺️«Стражи Северо-Запада: Ивангород – Ям – Копорье» ▶️1 день ▶️ от 3 800 ₽ ➡️Выезды: 20, 21, 24, 27 и 28 декабря; 2 – 8 и 10 января Кстати, в туре вы увидите сразу три древние крепости. Идеальный маршрут для короткой, но насыщенной поездки на январские каникулы. #северозапад@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>15.12.25 10:28</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2318</t>
+  </si>
+  <si>
+    <t>🎄Ничего лишнего: отель+банкет ‼️Ваш Новый год — ваши правила! Ловите подборку предложений для тех, кто любит путешествовать самостоятельно, но не хочет тратить время на поиск отеля и бронь столика в ресторане. ✨А как проводить праздничные дни — решаете только вы. Свободный график, личные маршруты и никаких групп. 🗺️Выбирайте локацию и атмосферу: ♥️Петрозаводск, отель «Фрегат» (3 дня) от 36 300 ₽ ▪️ Проживание: современный отель бизнес-класса в двух шагах от набережной. Из окон — вид на Онежское озеро. ▪️ Банкет в ресторане «Фрегат»: тематические фотозоны, живая музыка, Дед Мороз со Снегурочкой, подарки и дискотека до утра. ▪️В меню: деликатесы из карельской рыбы и авторские мясные блюда. ♥️Петрозаводск, отель «Cosmos» (3 дня) от 31 250 ₽ ▪️ Проживание: отель с панорамными окнами на Онежское озеро. Роскошь, карельский колорит и высочайший уровень сервиса в самом сердце города. ▪️ Банкет в ресторане «Космос»: шоу-программа с безлимитными напитками, живым вокалом и танцами до утра. ▪️В меню: филе оленя на гриле, тарталетки с икрой, стейк форели со шпинатным соусом. Для детей — анимация в отдельном зале. ♥️ Сортавала, отель «Времена года» (3 дня) от 39 350 ₽ ▪️ Проживание: уединение на берегу Ладожского озера, в 20 км от Сортавалы. Тишина, природа и спа-комплекс после праздника. ▪️Банкет в ресторане «Приладожье»: программа с Дедом Морозом, салютом в полночь и анимацией для детей. ▪️В меню: тартар из свежей форели, рыбная тарелка с тремя видами засолки, филе форели на гриле. ♥️ Великий Новгород, отель «Волхов» (3 дня) от 39 350 ₽ ▪️ Проживание: отель 4* в двух шагах от Кремля. Спа-центр с бассейном, собственный ресторан и атмосфера древнего города за окном. ▪️ Банкет: новогодний маскарад в ресторане Marusya. Живой вокал, шоу-балет, барабанное шоу и дискотека. ▪️В меню: карпаччо из лосося, говядина «Веллингтон», торт «Маскарад». ➡️Пишите в комментах название отеля, пришлю подробности. ПОЕХАЛИ!? #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy #карелия@clubputeshestviy #великийновгород@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>12.12.25 07:48</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2316</t>
+  </si>
+  <si>
+    <t>А Дед Мороз будет? 🎅 Нет, на этот раз встретим Новый год в гостях у карельских волшебников! Причем, их будет сразу три! ☺️🎅🎅 ПОЕХАЛИ? ⏺️Старт 30 декабря, выезжаем из Санкт-Петербурга и путешествуем по Карелии 4 дня. Это самый насыщенный тур для семей с детьми! 👍 Ведь вас ждут интерактивные программы в трех резиденциях карельских Дедов Морозов: ✨встреча с Морозцем Паккайне ✨двор деда Халла ✨вотчина карельского Талви Укко ⏺️Программа тура: https://clck.ru/3PcRgs ➖➖➖➖➖➖➖➖➖➖➖ На основе этого тура, но со свободными днями/дешевле/ с программами на выбор: 🎅Новый год в гостях у Карельских волшебников. Лайт Программа тура: https://clck.ru/3PcRhx 🎅Сказочное путешествие в Новогоднюю Карелию Программа тура: https://clck.ru/3PcRiX #карелия@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>10.12.25 15:11</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2315</t>
+  </si>
+  <si>
+    <t>🎅Сколько в Бразилии Педро в России Дедов Морозов? И не сосчитаешь! Но мы попробуем! 🎅Кыш Бабай В деревне Яна Кырлай расположена вотчина татарского Деда Мороза — Кыш Бабая (в дословном переводе «зимний дед»). В резиденции проходят развлекательные мероприятия и познавательные экскурсии. В уютной кофейне можно взять с собой горячий напиток и прогуляться по берегу реки. 🗺️Как добраться: от железнодорожного вокзала Казани вместе с туристической группой до села Новый Кырлай (Яна Кырлай), ул. Центральная, д. 1. 🎅Уэс Дадэ Кабардино-Балкарский Дед Мороз, он же Уэс Дадэ, живет высоко в горах и спускается к детям во время новогодних праздников. 🗺️Как добраться: оформить мультимодальный маршрут до Минеральных вод и отправиться в путешествие по Терсколу, Итколу, в долину Азау. 🎅Сагаан Убген Сагаан Убген — Дед Мороз из Улан-Удэ. Его резиденция расположена в Этнографическом музее народов Забайкалья. У вас будет возможность не только познакомиться с Сагаан Убгеном, но и узнать о местной культуре. 🗺️Как добраться: оформить билет на самолет Москва — Улан-Удэ. От аэропорта «Байкал» в город можно попасть на маршрутном такси №28, а затем пересесть на маршрутное такси №37 и доехать до Верхней Берёзовки 17 Б. 🎅Талви Укко Карельского Деда Мороза зовут Талви Укко. Познакомиться с ним и сказочной природой можно в рамках многих туров в Карелию. 🗺️Как добраться: Посёлок Чална, Пряжинский район, республика Карелия. ➖➖➖➖➖➖➖➖➖➖➖➖ 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ﻿ ✍️ ➡️отвечу обязательно ➖➖➖➖➖➖➖➖➖➖➖➖ ⏺️Ставьте 👍 если было интересно узнать, где можно встретиться с Дедом Морозом 🔥если хотите, чтобы я рассказала еще о других Дедах Морозах #интересно@clubputeshestviy #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy #дедмороз@clubputeshestviy #карелия@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>08.12.25 16:15</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2308</t>
+  </si>
+  <si>
+    <t>❄️Что делать в Карелии зимой? 🎅Навестить карельских волшебников: Талви Укко, Деда Халла, Морозца Паккайне и загадать желание, которое обязательно сбудется! ✨Увидеть нереально красивую подсветку Мраморного каньона в горном парке Рускеала, которая бывает именно только зимой. 🤩Восхититься зимними карельскими водопадами, которые никогда не замерзают даже в сильные морозы из-за бурного нрава местных рек и речушек. 😍Пообщаться с милейшими хасками и  северными оленями, которые с удовольствием прокатят вас и примут ваши ласки и угощения. 👍Промчаться с ветерком по снежным просторам на снегокатах и на аэролодках по льду карельских озер. ❄️В конце концов, просто увидеть снег, которого реально много и который чист и прекрасен! ➡️ПОЕХАЛИ в Карелию? #карелия@clubputeshestviy #поехаливкарелию@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>05.12.25 13:15</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2304</t>
+  </si>
+  <si>
+    <t>Визитная карточка Калининграда– уникальный Кафедральный собор с 700-летней историей. ⠀ ▪️Датой его основания принято считать 1333 год.⠀ ▪️Изначально собор строился в качестве оборонительного сооружения. ▪️Позже стал приходской лютеранской кирхой. ▪️Спустя еще несколько лет был передан университету Альбертина. ▪️А в 1880 году в память о великом немецком философе Иммануиле Канте к зданию была пристроена часовня, куда перезахоронили останки ученого.⠀ Сейчас здесь находится музей Иммануила Канта. ▪️А еще Академический концертный зал с самым большим в России органным комплексом. Его технические данные впечатляют: 6.301 труба у большого органа и 2.224 трубы - у малого!⠀ 🎄Особенно волшебное время – это Новый год и Рождество. 🎄И собор, и весь город, припорошенные снегом, напоминают декорации к сказке "Щелкунчик и Мышиный король". Кстати, это один из вариантов попасть на Рождество в Европу без визы)) ➡️ПОЕХАЛИ в Калининград? #калининград@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>02.12.25 15:28</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2303</t>
+  </si>
+  <si>
+    <t>🎄Топ-3 тура в Карелию на Новый Год 1️⃣Вы не любите банкеты, устали от ведущих, конкурсов и хотите от всех отдохнуть… ➡️тур «Новый год по вашему плану (без банкета)» 🎅https://clck.ru/3QbSr8 Когда новогоднюю ночь вы можете встретить в уютной кровати в отеле или даже на горе Пассо! ☑️31 декабря - 3 января  ✨цена от 36750 руб 2️⃣А если вы уже купили шикарное новогоднее платье и хотите блистать на банкете… ➡️ тур «Царский Новый год в Карелии»! 🎅https://clck.ru/3PMD8J В ресторане Фрегат, в одном из лучших ресторанов Петрозаводска! ☑️30 декабря - 2 января  ✨цена от 48700 руб 3️⃣Вы едете с детьми и хотите их удивить? У нас есть 3 дедушки мороза: морозец Паккайне, дед Халла и Талви Укко! ➡️тур «Новый год в гостях у карельских волшебников» 🎅https://clck.ru/3QJmZX А еще у дедушек есть хаски и олени, которых можно гладить и кормить. ☑️30 декабря - 2 января  ✨цена от 43200 руб. #карелия@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно ➡️ПОДПИШИСЬ @tolko_tury</t>
+  </si>
+  <si>
+    <t>02.12.25 08:09</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2297</t>
+  </si>
+  <si>
+    <t>Ну, кто так строит?! Сейчас уже никто, я думаю. А лет, этак, 500 назад строили многие. Да, уже 5-ую сотню лет существует дом, в котором все это время живут люди! 👆Этот уникальный объект 👆расположен в Выборге 👆по адресу ул. Крепостная, 👆 д. 13А. ▪️В чем же его уникальность? ▪️Это самый старый жилой дом в России, который с момента своей постройки в 16 веке никогда не менял своего назначения. ▪️Сложен дом из неотесанных гранитных валунов местного происхождения. Толщина стен – до 1,5 м. ▪️Это, так называемый, дом-крепость: в те неспокойные годы такие строили и как дом, и как укрытие на время боевых действий. ▪️Дом имеет вид башни с чердаком и подвалом, где хранились запасы на все случаи жизни. ▪️Первоначально дом принадлежал зажиточному горожанину и использовался и для проживания его семьи, и для торговли. ▪️Исследователи утверждают, что в 17 веке тогдашние владельцы дома разместили здесь первую в Выборге типографию. ▪️Дом неоднократно реконструировался. Самые значительные ремонтные работы были проведены в 60-е годы 20 века, когда дом получил все необходимые жилищные коммуникации. ▪️В настоящий момент в доме расположены 2 жилые квартиры: двухэтажная и одноэтажная. 🔣Хотели бы жить в доме — объекте культурного и исторического значения? Или «ну, его»?😂 ➡️ПОЕХАЛИ в Выборг? #выборг@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>30.11.25 08:08</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2295</t>
+  </si>
+  <si>
+    <t>▪️Памятник 1000-летию Руси в цифрах и фактах. ▪️Его торжественное открытие состо­ялось в 1862 году, на другой год после отмены крепостного права. 👆Согласно запи­санной в 👆летописи легенде, Рюрик, 👆 вождь варяжских дружин, 👆 был приглашен в Новгород 👆в 862 году. Эта дата была 👆 официально признана, как 👆 начало российской 👆 государственности. ▪️Автор — 25-летний скульптор М. О. Микешин. ▪️Работы велись 2 года; ▪️Постаментом служит сердобольский гранит, добывавшийся на берегу и островах Ладожского озера, недалеко от города Сердоболь (современный Сортавала). ▪️Общая высота памятника — 15,7 м; ▪️Диаметр гранитного постамента — 9 м; ▪️шара-державы — 4 м; ▪️окружность горельефа — 26,5 м. ▪️Вес металла памятника — 100 тонн, вес бронзового литья — 65,5 тонны. ▪️На памятнике 128 фигур – князья, цари, полководцы, деятели культуры и искусства. ▪️Строительство памятника обошлось в 500 000 рублей. Сто пятьдесят тысяч из них — пожертвования населения. ⭐️ПОЕХАЛИ в Великий Новгород?! 🗺️Туры в В. Новгород 🎄Новогодние туры в В. Новгород 🎅Новогодние гуляния в Великом Новгороде ▪️3 дня: 31.12. – 02.01. ▶️Стоимость: от 36950₽ 🎅Хоровод под Новый Год! Великий Новгород и Псков ▪️3 дня: 31.12. – 02.01. ▶️Стоимость: от 32000₽ 🎅Сказочное Новогодье в Великом Новгороде и Старой Руссе ▪️3 дня: 31.12. – 02.01. ▶️Стоимость: от 36950₽ ﻿ #великийновгород@clubputeshestviy #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>27.11.25 19:37</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2293</t>
+  </si>
+  <si>
+    <t>❄️Несколько интересных фактов о Мурманске. ❄️В Мурманске живет 300 тысяч человек: такого населения нет больше ни в одном Заполярном городе. ❄️В Мурманске с начала декабря по середину января  – полярная ночь: целых 40 дней жители города не видят солнца. ❄️Мост через Кольский залив в Мурманске  – самый длинный автомобильный мост за Полярным кругом – 25 километра. ❄️В Мурманске находится самый длинный дом в России  – его длина целых 1488 метров. ❄️Мурманский океанариум официально признан самым северным на Земле. ❄️В Мурманской области самый продолжительный горнолыжный сезон. #мурманск@clubputeshestviy ➡️ПОЕХАЛИ в Мурманск? 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно 👉ПОДПИШИСЬ @tolko_tury</t>
+  </si>
+  <si>
+    <t>26.11.25 09:18</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2292</t>
+  </si>
+  <si>
+    <t>7️⃣ нестандартных локаций в Рождественском туре в Калининград🌟 1️⃣Аудиоспектакль с Густавом Гроссманом — уникальная прогулка по улицам Амалиенау, где звучат голоса прошлого и на фоне звучит история старого Кёнигсберга⏺️ 2️⃣Кафе Gustav Grossmann, где можно погрузиться в атмосферу той эпохи и насладиться уютом, оставаясь ещё на минуту в прошлом☕️ 3️⃣Замок Ноухайзен, старинное поместье с богатой историей, где каменные стены помнят рыцарей Тевтонского ордена🌟 4️⃣Экскурсия на пивоваренный завод Ponarth, где варят пиво по старинным прусским рецептам. Секреты пивоварения с дегустацией😀 5️⃣Мастерская хомлинов, где живут крошечные духи-домовые, хранители городского счастья⛄️ 6️⃣Кауп - праздничная программа в поселении викингов. В Каупе вы станете частью древнего праздника Йоль — северного предка Нового года🎄 7️⃣Сыроварня «Шаакен Дорф» с дегустацией: свежие сыры, домашний шоколад и бокал вина под рассказы о местных традициях — гастрономическое путешествие с душой⭐️ ﻿ 🎄Тур «Путешествие в рождественский Калининград» ⏺️Цена: от 69 828 ₽ вместо 75 900 ₽ ⏺️Даты: 4-7 января ➡️Программа: https://clck.ru/3QBtQJ #калининград@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно 👉ПОДПИШИСЬ @tolko_tury</t>
+  </si>
+  <si>
+    <t>25.11.25 14:23</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2288</t>
+  </si>
+  <si>
+    <t>🗝️Выборг – в переводе со шведского – «священная крепость» ⭐️Вот лишь несколько фактов о нем. ⚜️Он основан 732 года назад. ⚜️Статус города получил в 1403 году. ⚜️Его сердце – самый настоящий средневековый замок XIII века, построенный на острове. ⚜️Здесь расположен самый старый жилой дом в России, которому больше 500(!)лет и в котором до сих пор живут люди! ⚜️На одной из башен этого города висит колокол, подаренный лично Екатериной Великой, бывавшей здесь. ⚜️А еще гостили на этих берегах Петр I, Александр I и Николай I. ⚜️Один из символов города – выборгский крендель. #выборг@clubputeshestviy ➡️ПОЕХАЛИ в Выборг?!</t>
+  </si>
+  <si>
+    <t>24.11.25 12:26</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2284</t>
+  </si>
+  <si>
+    <t>👑Довмонт: кто же он? Раскрываю факты для интересующихся отечественной историей. ▪️В 1265 году литовский князь Довмонт бежал из Литвы, спасаясь от междоусобиц. ▪️В Пскове принял крещение с именем Тимофей и вскоре псковичи избрали его своим князем.  ▪️Управлял городом 33 года — был единственным князем в истории Пскова, который смог так долго прожить в мире и согласии с псковским вечем.  ▪️Прославился как полководец — неоднократно разбивал литовцев и немцев, датчан. ▪️Сделал псковскую крепость неприступной, возведя каменную оборонительную стену (Довмонтова стена). ▪️Одержал последнюю победу 5 марта 1299 года (когда ему было уже за 70 лет!) — разбил большое немецкое войско и изгнал захватчиков, напавших на псковские монастыри.  ▪️Русская православная церковь причислила Довмонта к сонму святых в лике благоверного в XVI веке. Он прославился и как строитель многочисленных церквей и защитник веры. ▪️Меч Довмонта стал городской реликвией: хранился на гробнице князя в Троицком соборе, изображался на знамени города и вручался псковским князьям при возведении на престол. ▪️Изображен на Памятнике 1000-летия Руси по правую руку от Св. Князя Александра Невского. Ставьте ❤️, если хотите такие исторические рубрики. ➡️ПОЕХАЛИ во Псков? #псков@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2283</t>
+  </si>
+  <si>
+    <t>👑Довмонт: кто же он? Раскрываю факты для интересующихся отечественной историей. ▪️В 1265 году литовский князь Довмонт бежал из Литвы, спасаясь от междоусобиц. ▪️В Пскове принял крещение с именем Тимофей и вскоре псковичи избрали его своим князем.  ▪️Управлял городом 33 года — был единственным князем в истории Пскова, который смог так долго прожить в мире и согласии с псковским вечем.  ▪️Прославился как полководец — неоднократно разбивал литовцев и немцев, датчан. ▪️Сделал псковскую крепость неприступной, возведя каменную оборонительную стену (Довмонтова стена). ▪️Одержал последнюю победу 5 марта 1299 года (когда ему было уже за 70 лет!) — разбил большое немецкое войско и изгнал захватчиков, напавших на псковские монастыри.  ▪️Русская православная церковь причислила Довмонта к сонму святых в лике благоверного в XVI веке. Он прославился и как строитель многочисленных церквей и защитник веры. ▪️Меч Довмонта стал городской реликвией: хранился на гробнице князя в Троицком соборе, изображался на знамени города и вручался псковским князьям при возведении на престол. ▪️Изображен на Памятнике 1000-летия Руси по правую руку от Св. Князя Александра Невского. ПОЕХАЛИ в Псков? #псков@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>22.11.25 16:26</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2278</t>
+  </si>
+  <si>
+    <t>⚜️«Щит и меч» ⚜️Эта композиция появилась в Довмонтовом городище Псковского Кремля в 1972 году. ⚜️В неё вошла увеличенная копия меча Довмонта и прапор (флаг) с гербом и планом Пскова, а также щиты с эмблемами городов, участвовавших вместе с Александром Невским в Ледовом побоище. ➡️ ПОЕХАЛИ в Псков? #псков@clubputeshestviy #северозапад@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно 👉ПОДПИШИСЬ @tolko_tury</t>
+  </si>
+  <si>
+    <t>22.11.25 16:25</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2273</t>
+  </si>
+  <si>
+    <t>🥂Требуем продолжения банкета: ТОП–3 Новогодних банкета в Карелии  🌟Новогодняя ночь — праздник, где важно каждое мгновение: изысканные блюда, живая музыка, смех детей и волшебная обстановка. 🌟Мы выбрали три самых атмосферных банкета Карелии — от немецкого гостеприимства с собственной пивоварней до гастрономического путешествия с панорамным видом на Онежское озеро. Выбирайте свой идеальный новогодний банкет — и встречайте праздник в атмосфере карельского гостеприимства! 🌟«Новогодние приключения на Русском Севере» (3 дня) от 28 200 ₽ https://clck.ru/3QLwHk 🌟«Новогодние хиты Карелии из Петербурга» (5 дней) от 40 950 ₽ https://clck.ru/3QLwP4 🌟«Новогодние хиты Карелии из Москвы» (4 дня) от 35 000 ₽ https://clck.ru/3QLwaw 🌟«Царский Новый год в Карелии» (4 дня) от 48 700 ₽ https://clck.ru/3QLwUu 🌟«Космическийк Новый год в Карелии из Петербурга» (5 дней) от 89 750 ₽ https://clck.ru/3QLwR3 🌟«Космический Новый год в Карелии из Москвы» (4 дня) от 70 500 ₽ https://clck.ru/3QLwXi Листайте карточки и знакомьтесь с банкетами! ⭐️Мой фаворит – ресторан «Фрегат» – лучший рыбный ресторан Петрозаводска♥️ #карелия@clubputeshestviy #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно 👉ПОДПИШИСЬ @tolko_tury</t>
+  </si>
+  <si>
+    <t>22.11.25 16:24</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2269</t>
+  </si>
+  <si>
+    <t>20.11.25 12:28</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2263</t>
+  </si>
+  <si>
+    <t>❤️Чувствуете зимнее солнце и горячий лед Байкала? Вы все правильно поняли! Мы отправляемся в 6-дневное путешествие на легендарный Байкал! ✨Вы начнете тур со знакомства с Иркутском, где каменные храмы и деревянные усадьбы хранят дух старой Сибири. ✨Далее вас ждет Листвянка, ворота Великого озера, и погружение в историю края в музее «Тальцы».  ✨А еще – визит в этнокомплекс «Золотая Орда», где они прикоснутся  к культуре бурятского народа ❤️Кульминация программы — исследование могучего Ольхона, легендарного сердца Байкала. Вы увезете с собой не просто фотографии, а ощущение соприкосновения с древними легендами, мощью льда и ветра и незабываемое чувство благоговения перед величайшим озером планеты и его знаменитым льдом! ﻿ ❤️Магия Байкальского льда: гроты, торосы и священный Ольхон ▪️Даты: ▪️ 19-24 февраля ▪️ 8-13 марта ▪️Цена до 30.11: ▪️83628 руб/чел Программа тура: 🗺️https://clck.ru/3QGEtM #байкал@clubputeshestviy 🌐Канал «Только туры» ➡️ ЗДЕСЬ 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно Видео masha_fotoblog</t>
+  </si>
+  <si>
+    <t>19.11.25 19:02</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2262</t>
+  </si>
+  <si>
+    <t>🎅А вы знакомы с Дедом Халла? 🌟Дедушка подробно рассказал о себе, ведь это новая локация в наших новогодних турах! 🌟А чтобы встретиться с ним — просто бронируйте один из туров: ❄️Тур на 4 дня «Новый год в гостях у Карельских волшебников» от 43 200 ₽ ❄️Тур на 4 дня «Новый год в гостях у Карельских волшебников. Лайт» от 34 950 ₽ ❄️Тур на 4 дня «Сказочное путешествие в Новогоднюю Карелию» от 32 950 ₽ Волшебство уже ждет!🪄 #карелия@clubputeshestviy #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy 👉ПОДПИШИСЬ @tolko_tury 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>18.11.25 15:13</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2261</t>
+  </si>
+  <si>
+    <t>🔥С Днюхой, дедушка! Оставляйте свое поздравление в комментах❤️ Сегодня Дед Мороз еще и отмечает свой День рождения. 👍Считается, что именно в этот день в Великом Устюге наступает настоящая зима и устанавливаются первые морозы. 😊Вы спросите - сколько лет зимнему волшебнику? ❄️По разным данным его возраст варьируется от 90 до почти двух тысяч лет! ❄️Версий множество, поэтому и единого мнения не существует. ❄️Но если вести отсчет с упоминаний об этом персонаже в славянских легендах, то Деду Морозу действительно около 2 тысяч лет. ❤️Дедушка! Живи еще сто раз по стольку и будь здоров!❤️ ❤️Друзья, поздравим Дедушку в комментах! Не все же ему нас поздравлять! #дедмороз@clubputeshestviy #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy 👉ПОДПИШИСЬ @tolko_tury 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно Видео @msk_deti</t>
+  </si>
+  <si>
+    <t>18.11.25 13:37</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2259</t>
+  </si>
+  <si>
+    <t>❤️К вам едет... Дед Мороз: волшебный поезд уже в пути. 🚂 В этом году передвижная резиденция Деда Мороза отправилась 9 ноября в 15:00 мск из Великого Устюга через Транссибирскую магистраль прямо во Владивосток, который станет отправной точкой его поездки по стране. 🚂 Программа начнётся 19 ноября во Владивостоке и завершится 11 января в Великом Устюге. 🚂 Состав проедет почти 20 тыс. км и сделает остановки в 70 городах Сибири, Дальнего Востока, Урала, Севера и Европейской части России. 👍На пути следования поезда для детей предусмотрена одна из двух программ в зависимости от города: 🎄 Бесплатное представление на сцене поезда 🎄 Анимационная программа внутри поезда по билетам 🎈Платная программа в свою очередь тоже делится на два вида: 🎄Посещение передвижной резиденции Деда Мороза 🎄 Посещение спектакля в вагоне «Кукольный театр» 🔔На каждую из программ билет нужно покупать отдельно и на определённое время. Цены: 🎄 Билет «Детский» (только для детей от 6 до 12 лет включительно) — 2950 ₽ 🎄 Билет «Детский с сопровождением» (для ребёнка от 3 до 5 лет включительно и сопровождающего его взрослого от 14 лет) — 3450 ₽ 🎁 В стоимость билета входит подарок от Деда Мороза. 🎄 Количество участников сеанса — не более 26 человек, включая детей и взрослых. ⛄️Спектакли проходят примерно раз в час. ⛄️Также гости могут отдельно посетить вагон-буфет, вагон-ресторан, сувенирную лавку. 🎅 Продажи билетов на представления открываются постепенно, за 30 дней до прибытия поезда в город — анонсы публикуют в официальном телеграм-канале. 👋В прошлые годы их раскупали буквально за 5-10 минут. #ржд@clubputeshestviy #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy #дедмороз@clubputeshestviy 👉ПОДПИШИСЬ @tolko_tury 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>15.11.25 09:54</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2250</t>
+  </si>
+  <si>
+    <t>🌐Идеальный маршрут:  гран-тур «Вся Карелия» Не просто маршрут, а обладатель звания «Национальный брендовый маршрут России». ⏺️Почему стоит к нему присмотреться? ▪️Это топовый тур, который собрал все главные жемчужины Карелии в одно гармоничное путешествие. ▪️Это путешествие, где каждая деталь продумана: вы не устанете от переизбытка впечатлений, но получите полное ощущение, что узнали Карелию по-настоящему. ▪️Стоит поехать именно сейчас, т.к. начало зимы  — отличное время для спокойного и глубокого знакомства с Карелией. ▪️И сейчас на него отличные цены по Черной пятнице! Это путешествие станет еще и вашей самой выгодной поездкой в сезоне! ⏺️Всего за 3 дня вы проживете собственную карельскую историю! ▪️Увидите мощь водопада Кивач, ▪️насладитесь магией Мраморного каньона в огнях подсветки, ▪️послушаете шум водопадов Ахинкоски, ▪️устроите душевные посиделки с чаепитием в деревне Киндасово, ▪️заглянете в резиденцию карельского Деда Мороза ТалвиУкко — туда, где живут северные олени и сказка становится реальностью. ▪️Тур «Гран-тур Вся Карелия» ▪️3 дня ▪️от 17996 руб/чел ▪️старт каждую среду и пятницу из центра СПб ➡️программа тура https://clck.ru/3QKYH8 #карелия@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>14.11.25 11:04</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2242</t>
+  </si>
+  <si>
+    <t>🎅Не будет Деда Мороза в Карелии на Новый год… 👋🎅🎅Зато будет целых ТРИ карельских зимних волшебника! Здесь, в краю долгих ночей и суровых морозов, время с Рождества до Крещения называют «Сюндума» — месяц шумных гуляний и веселых посиделок. И правят бал в эту пору настоящие местные духи зимы. ❄️Листайте карточки и погружайтесь в мир карельского зимнего волшебства! Узнайте, чем отличаются карельские Морозы и где они живут. А чтобы встретиться со всеми сразу — просто бронируйте один из туров: 🎅Тур на 4 дня «Новый год в гостях у Карельских волшебников» ▪️от 43 200 ₽ 🎅Тур на 4 дня «Новый год в гостях у Карельских волшебников. Лайт» ▪️от 34 950 ₽ 🎅Тур на 4 дня «Сказочное путешествие в Новогоднюю Карелию» ▪️от 32 950 ₽ ❄️Волшебство уже ждет! Поехали?! #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy #карелия@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>13.11.25 11:50</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2241</t>
+  </si>
+  <si>
+    <t>🚂 Важные изменения на Ленинградском вокзале — начинается ремонт распределительной площадки и платформ. ❗️С 13 ноября изменится схема прохода к поездам и выхода в город для прибывающих пассажиров. 🚂 Вход в метро на месте распределительной площадки будет временно закрыт. 🚂 На период работ для выхода на платформы дальнего следования установлены два павильона — со стороны проезда Комсомольской Площади и со стороны Ярославского вокзала и вестибюля станции метро «Комсомольская». 🚂 Все поезда продолжат прибывать и отправляться по расписанию, но маршрут к поездам дальнего следования и «Сапсанам» изменится. 🚂 Просим приезжать на вокзал заблаговременно. Самое комфортное ожидание — в поезде: посадка начинается за 40 минут до отправления. ⬆️Чтобы помочь вам в период работ, предлагаем схему, как пройти к поездам. Сохраняйте её, чтобы она всегда была под рукой. 🚂 Для прохода к поездам дальнего следования и «Сапсанам»: 🔹 Со стороны проезда Комсомольской площади маршрут останется прежним — вдоль здания вокзала. Временный досмотровый павильон будет расположен чуть дальше привычного выхода на платформы — его легко заметить, просто двигайтесь в сторону привычного прохода к поездам. 🔹 Со стороны Ярославского вокзала и вестибюля станции метро «Комсомольская» проход к поездам будет расположен рядом с платформами пригородных поездов. Этот подход доступен для маломобильных пассажиров и оснащен пандусом. ❗️В часы отправления нескольких поездов подряд поток пассажиров может быть выше. Увеличено количество досмотрового оборудования — общая пропускная способность возрастет на 30%, чтобы обеспечить комфортный проход к поездам. Пожалуйста, приезжайте заранее — так ваша поездка начнется без спешки. 🚂 Для прохода к поездам пригородного сообщения, привычный маршрут сохранен. 🚂 Сделано все, чтобы даже на время работ путь оставался понятным и быстрым: 🔹 Размещены навигационные плакаты и стойки с маршрутами прохода. 🔹 Рядом будут сотрудники — вы всегда можете обратиться к ним за помощью. ⭐️Впереди важный этап — обновление платформ дальнего следования и распределительной площадки. Именно она связывает здание вокзала и платформы: здесь пересекаются все потоки пассажиров. Проводятся масштабные строительные и инженерные работы. Основной этап стартует 13 ноября. Работы будут идти круглосуточно. Обещают, что совсем скоро Ленинградский вокзал станет современным, комфортным и лучшим в стране. #ржд@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>12.11.25 18:43</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2240</t>
+  </si>
+  <si>
+    <t>🌐Чувствуете зимнее солнце и горячий лед Байкала? ❤️Вы все правильно поняли! Мы отправляемся в 6-ти дневное путешествие на легендарный Байкал! ✨Начнем тур со знакомства с Иркутском, где каменные храмы и деревянные усадьбы хранят дух старой Сибири. ✨Далее вас ждет Листвянка, ворота Великого озера, и погружение в историю края в музее «Тальцы».  ✨А еще визит в этнокомплекс «Золотая Орда», где можно прикоснутся  к культуре бурятского народа. ✨Кульминация программы — исследование могучего Ольхона, легендарного сердца Байкала. ❤️Вы увезете с собой не просто фотографии, а ощущение соприкосновения с древними легендами, мощью льда и ветра и незабываемое чувство благоговения перед величайшим озером планеты! ❤️Тур Магия Байкальского льда: гроты, торосы и священный Ольхон 🚩Даты (обратите внимание! Классный подарок и повод встретить вместе 23 февраля или 8 марта!) ▪️19-24 февраля ▪️8-13 марта 🚩Цена до 30.11 (успейте!): 83628 руб/чел 🗺️Программа тура: https://clck.ru/3QGEtM #байкал@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>11.11.25 06:49</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2232</t>
+  </si>
+  <si>
+    <t>🔴🔴🔴🔴 Ноябрь - это время быстрых продаж ⏱ Все ждут спец.предложения, акции и скидки! 🛒А сегодня 11.11 - всемирный день шопинга! 1️⃣ – это еще и мой День рождения! 🎁Смотрите карточки и забирайте туры по сказочным ценам! 🔥А к турам в Мурманск, Калининград и на Байкал идеально подойдут распродажи авиакомпаний S7 и RedWings Если нужна программа тура, пишите в комментариях или в личку @maximox_ksusha, что вас заинтересовало, и я вышлю. #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy #карелия@clubputeshestviy #мурманск@clubputeshestviy #калининград@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>09.11.25 10:25</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2231</t>
+  </si>
+  <si>
+    <t>▪️Побег из Москвы в Карелию: подборка туров на январские выходные А вы уже решили как проведете самые длинные январские праздники? Собрали отличные варианты путешествий для тех, кто давно мечтает сбежать из шумной столицы за тишиной и свежестью карельских лесов: 🎄 Тур на 2 дня "Карельский экспресс 2" ▪️от 18400 ₽ ▪️Старт 3,4,5,6,7,8,10 января Идеальный маршрут для знакомства с Карелией. Тур стартует в Петрозаводске — добраться удобнее всего на поезде №018А «Карелия», прибытие в 07:50. Мы встретим вас и отправимся в путешествие по знаковым местам Карелии: водопад Кивач и вулкан Гирвас, побываем в гостях у северных оленей и проведем время в горном парке Рускеала. 🎄 Тур на 4 дня "В Карелию на самолете из Москвы 4: Рускеала, водопады" ▪️от 26950 ₽ ▪️Старт 2,3,4,5,6 января Путешествие для тех, кто хочет совместить быстрый перелет в Петрозаводск и свободное время. Ведь у вас будет 2 дня для самостоятельных прогулок, отдыха в отеле и вкусных дегустаций местной кухни. И 2 дня экскурсионной программы: Рускеала, водопад Кивач, Марциальные воды 🎄 Тур на 5 дней "Карельский экспресс 5. Гуляй, Москва, в Карелии!" ▪️от 43950 ₽ ▪️Старт 2,3,4,5 января Отличный вариант, если вы хотите отдохнуть на природе и познакомиться с чем-то новым. Из Петрозаводска вы сразу отправитесь на турбазу, чтобы вдоволь надышаться свежим лесным воздухом. На 4-й и 5-й дни тура вас ожидает экскурсионная программа, вы увидите самые известные природные красоты Прионежья! ✈️ Выбирайте свой маршрут и совершите незабываемый побег из Москвы в Карелию! #новыйгод2026@clubputeshestviy #новыйгод@clubputeshestviy #карелия@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>07.11.25 15:28</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2230</t>
+  </si>
+  <si>
+    <t>🎲 Пятничное казино Итак, ЧЁРНАЯ ПЯТНИЦА! 🎁 Ловим РЕАЛЬНЫЕ скидки на туры. За подробностями пишем @maximox_ksusha Доверимся судьбе! Кидаем кубик! Правила простые: 1⃣. Выбираем в стандартных эмодзи (спортивных) вот такой кубик-фишку⬇️ 🎲 2⃣. «Бросаем» его в комментариях 3⃣. Считаем, сколько очков выпало 4⃣. Смотрим, что вам приготовила Фортуна. 5⃣. Делаем выводы и выбираем свой подарок ниже🎁 А кто захочет выбрать ЛЮБОЕ из этих предложений, то испытайте удачу! ⏺️Нужно с 3-х попыток: ⏺️попасть дротиком прямо в цель ➡️ 🎯 или ⏺️выиграть здесь ➡️ 🎰 ❤️ Итак, вас ждут: 1️⃣ Скидка 10000₽ на тур «Царский Новый год в Карелии» ⏺️от 48700₽ вместо 58950₽ ⏺️Даты: 30 декабря–2 января https://clck.ru/3PMD8J 2️⃣ Скидка 6000₽ на тур «Новогодняя сказка в Калининграде» (5 дней) ⏺️от 69 828 ₽ вместо 75 900 ₽ ⏺️Даты: 30 декабря-3 января https://clck.ru/3QBtLv 3️⃣ Скидка 6000₽ на тур «Путешествие в рождественский Калининград» (5 дней) ⏺️от 69 828 ₽ вместо 75 900 ₽ ⏺️Даты: 4-7 января https://clck.ru/3QBtQJ 4️⃣ Скидка 7300₽ на тур «Сияние Арктики от Териберки до Лапландии» (4 дня) ⏺️от 84 548 ₽ вместо 91 900 ₽ ⏺️Даты: 5-8 января https://clck.ru/3QBtTe 5️⃣ Новогодний банкет стоимостью 15000₽ в подарок в турах 🎄«Новогодние Хиты Карелии из Петербурга» https://clck.ru/3Q2iC3 🎄«Космический Новый год в Карелии из Петербурга» https://clck.ru/3Q2iCN 6️⃣ Скидка более 5000₽ на тур «Зимняя Териберка: киты и сияние» (3 дня) ⏺️от 57 868 ₽ вместо 62900₽ ⏺️Даты: 6-8 февраля, 7-9 марта https://clck.ru/3QBtWm #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>07.11.25 15:12</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2229</t>
+  </si>
+  <si>
+    <t>🎲 Пятничное казино Итак, ЧЁРНАЯ ПЯТНИЦА! 🎁 Ловим РЕАЛЬНЫЕ скидки на туры. За подробностями пишем @maximox_ksusha Доверимся судьбе! Кидаем кубик! Правила простые: 1⃣. Выбираем в стандартных эмодзи (спортивных) вот такой кубик-фишку⬇️ 🎲 2⃣. «Бросаем» его в комментариях 3⃣. Считаем, сколько очков выпало 4⃣. Смотрим, что вам приготовила Фортуна. 5⃣. Делаем выводы и выбираем свой подарок ниже🎁 Итак, вас ждут: 1️⃣ Скидка 10000₽ на тур «Царский Новый год в Карелии» ⏺️от 48700₽ вместо 58950₽ ⏺️Даты: 30 декабря–2 января 2️⃣ Скидка 6000₽ на тур «Новогодняя сказка в Калининграде» (5 дней) ⏺️от 69 828 ₽ вместо 75 900 ₽ ⏺️Даты: 30 декабря-3 января https://clck.ru/3QBtLv 3️ ⃣ Скидка 6000₽ на тур «Путешествие в рождественский Калининград» (5 дней) ⏺️от 69 828 ₽ вместо 75 900 ₽ ⏺️Даты: 4-7 января https://clck.ru/3QBtQ J 4️⃣ Скидка 7300₽ на тур «Сияние Арктики от Териберки до Лапландии» (4 дня) ⏺️от 84 548 ₽ вместо 91 900 ₽ ⏺️Даты: 5-8 января https://clck.ru/3QB tTe 5️⃣ Новогодний банкет стоимостью 15000₽ в подарок в турах 🎄«Новогодние Хиты Карелии из Петербурга» https://clck.ru/3Q2iC3 🎄«Космический Новый год в Карелии из Петербурга» https://clck.ru/3Q 2i CN 6️⃣ Скидка более 5000₽ на тур «Зимняя Териберка: киты и сияние» (3 дня) ⏺️от 57 868 ₽ вместо 62900₽ ⏺️Даты: 6-8 февраля, 7-9 марта https://clck.ru /3QBtWm #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>31.10.25 11:32</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2228</t>
+  </si>
+  <si>
+    <t>❤️2⃣В 1⃣: комбинированные туры СПб + Карелия на Новый Год! Идеальное сочетание: 🎄2 в 1: Зимние истории Петербурга и Карельские выходные на Новый год 🍾Банкет по желанию в гостинице "Достоевский" ▶️5 дней (31.12.-4.01.) ⏺от 50900₽ 🎄 2 в 1: Петербургская коллекция и Гран-тур в Карелии на Новый год 🍾Банкет по желанию в гостинице "Азимут" ▶️6 дней (31.12.-5.01.) ⏺от 61500₽ 🎄Космический Новый год в Карелии, Петергоф и Царское село в Петербурге! 🍾Банкет обязательный в гостинице "Cosmos" ▶️7 дней (30.12.- 5.01.) ⏺от 105900₽ 🎄Самый яркий новогодний тур в Карелии и главные дворцы Петербурга! 🍾Банкет обязательный на Вотчине у Талви Укко ▶️5 дней (31.12. - 4.01.) ⏺от 55100₽ #карелия@clubputeshestviy #питер@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>29.10.25 09:59</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2222</t>
+  </si>
+  <si>
+    <t>🍻 «Skol!»: новогодний пир у викингов ⚔️ ❤️Крепость «Черного Медведя» («Svartbjornborg») на берегу Ладоги открывает свои врата всем желающим почувствовать себя героем настоящей скандинавской саги. ❤️В Длинном доме ярла для вас накроют богатые столы — и да начнется пир! 🗺В программе тура только самые красивые и яркие места Карелии: 📌Долина водопадов, 📌горный парк «Рускеала», 📌незамерзающие водопады Ахинкоски, 📌лучшие панорамы Карелии с вершины горы Паасо. ﻿ 🌐Поехали? 🔹Бронируйте тур 🤍«Новогодний пир у викингов» https://clck.ru/3PwrWT 📌 3 дня 📌от 29 800 ₽ ❤️Выезд 31 декабря Желаем славно повеселиться на пиру! Пусть крики «Skol!» звучат всю ночь! #карелия@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>28.10.25 08:17</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2221</t>
+  </si>
+  <si>
+    <t>🆎Брать иль не брать: вот в чем вопрос Идешь, вот так, по улице. И вдруг прямо у себя под ногами обнаруживаешь... кошелек. А в нем – твоя годовая зарплата! Или садишься на вокзале на лавочку, а там кто-то сумку забыл или пакет, а там – ну, никак не меньше миллиона. А то в автобусе на сидении айфончик кем-то оставленный лежит себе одиноко. Ну, вот, как мимо-то пройти! Ведь не ждал-не гадал: само в руки идет. Знать, это Судьба, не иначе! Берем?! 🛑Стоп! Сначала узнайте, как поступить правильно в подобной ситуации: что делать категорически нельзя, а что, так же категорически, сделать нужно. ❌Нельзя: считать найденное своей собственностью. А, значит, потратить, продать, просто унести домой. ✅Нужно: сообщить в полицию. Там находку зарегистрируют. И... та-да-дам! Если владелец в течение 6 месяцев после этого не объявится, то находка станет вашей! Но только после оформления всей этой истории в полиции, а иначе... А вот если вы этого не сделаете, то у вас есть все шансы стать фигурантом уголовного дела: присвоение находки без уведомления органов – это преступление, согласно ст. 158 и ст.160 УК РФ (от крупного штрафа до 10 лет лишения свободы, если найденное оценивается в особо крупном размере). А оно нам надо, такое счастье? Поэтому запомните и расскажите друзьям и знакомым, ЧТО можно потерять, если даже нашел что-то очень ценное. #поехали@clubputeshestviy #интересно@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>25.10.25 10:50</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2211</t>
+  </si>
+  <si>
+    <t>🌐Ёж его знает морской: какие арктические деликатесы вы сможете отведать в турах на Кольский полуостров. Арктическая кухня традиционно ассоциируется с морепродуктами, ягодами, местной выпечкой 🦀Морские деликатесы: треска, крабы, морские ежи и другие дары моря попадают на стол сразу после вылова. Мы будем дегустировать свежайших гребешков, ежей, саамскую уху, свежайшую зубатку. 🍄‍🟫Дикоросы: Используются местные ягоды и грибы, а также ягель, из которого готовят хлеб и чипсы.  🥩Мясо: В меню можно найти блюда из оленины, например, сердце оленя.  🐟Традиционные блюда: «Северное сияние» из трески, поморская уха, строганина, шаньга. ➡️В туре 28.11 – 30.11 вас ждет мастер-класс по приготовлению арктических блюд, где можно не только полакомиться, но и узнать секреты приготовления местных блюд. ➡️Мастер-класс будет проходить в отдельном куполе загородного туристического комплекса. Атмосфера заснеженного леса и тихий скрип снега вокруг купола станут первым шагом в погружении в арктическую кухню. 😍Сначала вас ждет карпаччо из северного гребешка с икрой морского ежа. Затем вы узнаете все о приготовлении оленины и, конечно же, попробуете ее в виде стейка с брусникой. 👍Обещаем, будет вкусно! Поехали? ⬇️ ⏺️Териберка, киты и сияние https://clck.ru/3Pn9GN  ▪️02.11 - 04.11 ✳️57900 руб/чел ⏺️Приключения в Арктике: Териберка, гастро и 3 атмосферных дня в загородном отеле https://clck.ru/3Pn9HB ▪️28.11 – 30.11 ✳️70900 руб/чел #мурманск@clubputeshestviy #гастротур@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>23.10.25 16:41</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2206</t>
+  </si>
+  <si>
+    <t>⭐Рождество в Арктике на сияющем мосту между мирами: легенды и мифы о северном сиянии 🟣По одной из легенд, коих у северных народов множество, северное сияние есть не что иное, как мост между миром богов и людей. 🟣Неслучайно, в мифах и легендах сияние считается посланием из потустороннего мира – настолько это потрясающее зрелище. ⭐У викингов это – благословение Одина или танец валькирий. ⭐У саамов, в их мифах о северном сиянии, души умерших сородичей поднимались на небо в это время. ⭐В сказаниях эскимосов северное сияние было не чем иным, как светом из окон небесного дворца, в котором обитали души умерших охотников. ⭐Финны верили, что это лисы, начесывая свои бока об камни, высекают снопы искр, которые и расцвечивают небо. "Revontulet", или "лисьи огни", так называют финны удивительное явление природы. ⭐Но самое веселое объяснение было у гренландцев. В Гренландии тоже верили, что сияние – это призраки ушедших. Но в их легендах о северном сиянии предки не грустили, а играли в игру наподобие футбола, разодетые в сверкающие одеяния. Причем вместо меча они использовали череп моржа. Самое время начать готовиться к самой чудесной охоте – за Авророй: утепляться, запасаться хорошей оптикой, терпением и, конечно, удачей! И советую отправляться в погоню в компании опытных охотников: тогда точно вернетесь с добычей! Еще о северном сиянии⬇️ ✔️Солнечный ветер: что такое северное сияние? ✔️Охотники за Авророй: где и как ловить северное сияние ❓Видели уже Аврору? Где это было❓ Если еще нет или хотите еще, то есть прекрасный шанс встретить Рождество в Арктике! 🔥Программа «Сияние Арктики от Териберки до Лапландии» 4 дня (5-8 января) #мурманск@clubputeshestviy #новыйгод@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>21.10.25 08:16</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2202</t>
+  </si>
+  <si>
+    <t>🎅Туры из С-Петербурга с посещением вотчины Талви Укко (январские каникулы) 👋А вдруг во время каникул вы будете в С-Петербурге и у вас образуется 1, 2, а, может, даже 3 свободных дня, в которые вы захотите побывать в сказочной Карелии и в гостях у главного карельского волшебника? А, может, вы просто решите специально поехать за новогодним настроением? ❤️Ловите классные предложения! До 31 октября действуют цены по раннему бронированию! ⏺️«В гости к хаски и карельскому Деду Морозу», 1 день ⏺️Гран-тур «10 чудес Карелии», 2 дня ⏺️Гран-тур «Вся Карелия», 3 дня 🌐Поехали?! #карелия@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy  🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>20.10.25 17:49</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2192</t>
+  </si>
+  <si>
+    <t>🌐 Охотники за Авророй: как и где ловить северное сияние Не случайно сияние называют северным или полярным: чем севернее, чем ближе к полюсу, тем выше вероятность увидеть его во всей красе. ✨Замечено, что свечения обычно возникают в период с середины сентября до конца марта в ясные морозные ночи (от –10 °С). ✨Вероятность все-таки выше зимой, примерно с ноября по февраль. ✨Заодно в высоких широтах в это время ночь длится по 18-20 часов, и даже слабые сияния будут видны более отчетливо. ✨Лучшее время для наблюдений — 21:00 — 03:00. Важно, что ловить северное сияние стоит за городом, на высветленном электричеством небе его можно не заметить. Кстати, есть специальные приложения, чтобы определить, где и когда лучше увидеть Аврору. Но лучше обратиться к профи. Без шуток, есть такая профессия – охотники за Авророй. ⏺️И места у них "пристреляны" — часа 2 мы ехали от города в одном им известном направлении. ⏺️А еще имеется отличная оптика, в которую видно, что ничем не примечательное белесое облачко на горизонте, на самом деле, уже светится зеленым. И, как уголек, разгорается, разливается по небу волшебный свет, превращаясь в гигантские сполохи. Это похоже на невероятно длинную и широкую ленту, которую чья-то невидимая рука пускает волнами по небу. Лента эта, в основном, зеленая, а по краям прорываются желто-лиловые всполохи. И все это великолепие полыхает над тобой, вызывая самый настоящий трепет: смесь невероятного восторга и священного ужаса. 🤩Зрелище, конечно, нереальное! Почитать ещё о северном сиянии можно здесь⬇️ 🔥Солнечный ветер: что такое северное сияние? Поехали за Авророй? Туры в Мурманск ➡️ЗДЕСЬ #мурманск@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>18.10.25 10:48</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2185</t>
+  </si>
+  <si>
+    <t>🌐Не навреди: как наблюдать за ладожской нерпой в природе В Ладожских шхерах Карелии живут удивительные создания — ладожские кольчатые нерпы. Ладога — их единственный ареал обитания. Эти редчайшие животные занесены в Красную книгу, и их защитой занимается «Фонд друзей балтийской нерпы». Увидеть это животное в природе – большая редкость! И многие хотели бы этого. В любом случае, вы должны помнить, что групповые туры, которые набираются с целью наблюдения за нерпой, делают это в нарушение всех норм и нарушают не только покой этих милых животных, но и закон. ❤️Но случайные счастливые встречи бывают. И мы вам их от души желаем! ▶️И делимся в картинках правилами, которые могут помочь вам и, в то же самое время, не навредить нерпочкам. 🆎А вам доводилось видеть в природе уникальных краснокнижных животных? Каких и где? ⏺Фото и видео: «Фонд друзей балтийской нерпы» и «Скантур» #карелия@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>17.10.25 14:53</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2184</t>
+  </si>
+  <si>
+    <t>🎲 Пятничное казино путешествий: залетаем в ноябрьские выходные! Совсем скоро будем отдыхать целых 3 дня — кажется, намечается повод поехать в путешествие! А если вы подумываете о путешествии, но пока не решили, куда же отправиться, то предлагаю заглянуть в Казино путешествий. Доверимся судьбе! Кидаем кубик! Правила простые: 1⃣. Выбираем в стандартных эмодзи (спортивных) вот такой кубик-фишку⬇️ 🎲 2⃣. «Бросаем» его в комментариях 3⃣. Считаем, сколько очков выпало 4⃣. Смотрим, что вам приготовила Фортуна. 5⃣. Делаем выводы и выбираем тур ниже😉 Итак, вас ждут: 1⃣ «Карельские пейзажи на Ретропоезде 2: Рускеала, водопады» ⏺2 дня ⏺от 12 700 ₽ ⏺Выезды: 25, 29 октября; 2, 3 и 8 ноября 2⃣ «Выборг: погружение в Средневековье за два дня» ⏺2 дня ⏺от 14 150 ₽ ⏺Выезд 2 ноября 3⃣«Яркие выходные: Великий Новгород и Старая Русса» ⏺2 дня ⏺от 12 390 ₽ ⏺Выезд 2 ноября 4⃣«Усадьбы и парки Псковской земли: прогулки сквозь века»  ⏺2 дня ⏺от 12 150 ₽ ⏺Выезд 3 ноября 5⃣«Путешествие по Вологодской земле на автобусе» ⏺3 дня ⏺от 25 950 ₽: ⏺Выезды: 2 ноября 6⃣«Русская тройка: Новгород-Порхов-Псков» ⏺3 дня ⏺от 21950₽ ⏺Выезды: 2 ноября ➖⏺➖⏺➖⏺➖⏺➖⏺➖ 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>16.10.25 10:04</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2174</t>
+  </si>
+  <si>
+    <t>👍Бросаем вам перчатку рукавицу и вызываем вас ... на праздник! Продолжаем фонтанировать идеями, как встретить Новый год необычно🙃 🔥Сегодня это будет самый веселый Новый год в самой веселой деревне Киндасово (идея N3) Спросите, почему рукавицу бросаем, а не перчатку какую-нибудь? 👍А по-карельски «Kinnas» – это «рукавица». Так что Киндасово – это, фактически...деревня «Рукавицыно» 👍Кстати, только здесь вы увидите единственный в мире памятник Рукавице, причем, левой))) 🍬А еще берегите животики! Вполне возможно, что вы их надорвете от смеха! 🍬А уж то, что вы их доверху набьете всякой вкуснятиной-домашнятиной, вообще сомнений не вызывает. 🍬В карельском меню с деревенским шиком значатся: рыба красная «По-Шуйски», рыба жареная «По-карельски», традиционные калитки и пироги-рыбники, картошечка из печи, карельская уха калакейтто, ягоды моченые, домашние наливки, деревенский чай...уффф 🍬Спрашиваете, будут ли развлечения? А то! 🎊Знаете, что такое карельская крууга? Нет?! Узнаете! Когда? 🎊Ну, сразу после танцев до упаду и песен до хрипоты под диковинные народные инструменты. 🎊И непосредственно перед салютом и раздачей подарков! 🎅Спрашиваете, будет ли Дед Мороз? Или Снегурочка хотя бы? Ну, нет! Это все банально! Мы тут Бабу Ягу  вырастили в своем коллективе. Вот, она будет! И еще как будет! Замутит беспроигрышную лотерейку и не только🙃 🔮Да, и кроме яркой Новогодней ночи вас ждет много развлечений в другие дни путешествия: ❄️прогулки по набережной Петрозаводска, ❄️водопады Кивач и Ахинкоски, ❄️посещение вотчины ТалвиУкко ❄️и горного парка «Рускеала». ﻿ 🎅Будет весело, шумно, феерично и ОЧЕНЬ вкусно! Итак, 🎀идея N3⬇️ 🪅Тур «Колоритный Новый год в самой веселой деревне Карелии» 🌿 3 дня ⭐️ от 29 450 ₽ 🎠 Выезд 31 декабря 🕯Для тех, кто пропустил: 🎀Идея N1: «Новый год «без каблуков» на пиру у викингов» 🎀Идея N2: «Новый год в гостях у трех зимних волшебников Карелии» #карелия@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>14.10.25 15:14</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2158</t>
+  </si>
+  <si>
+    <t>🎄Йоль-ки – палки – Новый год! Казалось бы, все давно привыкли к главным зимним праздникам и их атрибутам: украшенным елям, еловым веночкам, веселым огонькам, подаркам и застольям и т.д. 🎄А вот откуда «растут ноги» у этих традиций, знают немногие – это праздник Йоль! ⏺️Вот интересные факты о нем. 🎄Слово «Йоль», скорее всего, восходит к индоевропейскому корню Yule (Йоль, Юл) со значением «вращаться», «крутиться», «колесо» (от этого корня происходит и наше слово юла, а также ёлка — вечнозелёное дерево Йоля). ➡️Его отмечают в течении 2-х недель, начиная от самой длинной ночи в году (21 декабря), когда Солнце поворачивало на лето. ➡️Йоль символизирует возрождение солнца и начало нового годового цикла. Также праздник ассоциируется с обновлением и очищением. ➡️Праздник пришёл от древних германцев и скандинавов. У славян он был известен под именем Солнцеворота. ➡️Йоль – время священного праздника и общего пира, в которое все члены рода (клана)  на 2 недели собирались вместе, чтобы вновь встретить солнце, восставшее из мрака, и узреть возрожденный мир. ➡️Верили, что неудачи и горе ожидают остающегося в это время в одиночестве или среди чужих, вне своего рода. ⏺️Некоторые элементы празднования Йоля: ✨Сожжение йольского полена — символическое рождение нового огня в очаге. Полено зажигали от остатков прошлогоднего полена и горело на протяжении всей самой долгой и тёмной ночи, после чего его оставляли тлеть в очаге. Со временем, йольское полено превратилось во всем известное кондитерское изделие, которое до сих пор так и называется: торт «Полено» . ✨Украшение жилища вечнозелёными растениями , такими как ель, сосна и омела. Эти растения оставались зелёными даже зимой, что делало их символами вечной жизни и надежды на будущее плодородие. Ель издавна считалась символом вечно обновляющейся жизни. Игрушки и сладости, которые на неё вешали, — всякие орехи, плоды, печенье и пр. — также имели символический смысл. Они считались одновременно жертвенной пищей предкам и добрым духам и символом даров от всех этих духов семье, в первую очередь дет ям. ✨Нельзя было обойтись и без елового венка Йол я — того самого, который в европейских странах непременно вешают на дверь дома перед Рождеством. Он имеет форму круга — «колеса времени», символизирующего слияние конца года и его начала, смерть и обновление, цикличность времени, круговорот в прир оде. ✨Ритуалы очище ния — в некоторых традициях сжигали старые вещи или предметы, символизировавшие негатив, чтобы освободить место для новых нач инаний. ✨А еще зажигал и свечи, мысленно наполняемые желаниями и надеждами, в пламени которых сгорали все прошлые напасти и неудачи. ✨И разводили костер с огромным пламенем. Чем выше пламя, тем больше света, прогоняющего Тьму и силы Зла. Главное условие Праздника – шумное веселье, песни, пироги, вино, шутки и розыгрыши, смешные подарки. С приходом христианства Йоль был запрещён, но его традиции продолжали жить в народ ных обычаях. 🎄Многие элементы этого праздника, такие как украшение ёлки, обмен подарками и пение рождественских песен, перешли в современное Рождество и Новый год. И в наши дни можно попасть на праздник Йоль, который устраивают, например, в поселении викингов Кауп (Калининградская область). 🆎Слышали что-нибудь о Йоле? Хотели бы побывать на таком празднике? 🥳Нет ничего проще! Поехали на Новогодний или Рождественский тур в Калининград! ⬇️ https://lumoxtravel.com/p/kaliningrad2025-2026/ Йоль – один из пунктов интереснейшей программы! #калининград@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ</t>
+  </si>
+  <si>
+    <t>10.10.25 10:36</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2156</t>
+  </si>
+  <si>
+    <t>🌐3⃣зимних волшебника Карелии: необычный Новый год (идея N2) 🎅🎅🎅Представьте, что есть место на Земле, где обитают сразу три Деда Мороза! И это не волшебная страна — это волшебная Карелия! Итак, обо всех по порядку. 🎅Талви Укко - «Зимний Дед» – самый известный из них. Многие слышали, а некоторые уже даже побывали в сказочной резиденции главного карельского Деда Мороза. Подробно о нем можно прочитать ЗДЕСЬ ❄️Отличается он от нашего русского Деда Мороза внешне тем, что шапка его сшита из натурального меха. ❄️И больше всего любит от ездить не на оленях (хотя, и их не забывает), а на собачьей упряжке. 🎅Дед Халла ❄️Давным-давно, тысячи лет назад, ночью, когда стоял трескучий мороз, в Карелии появился на свет Халла. С древнесаамского его имя как раз и переводится как «Мороз». ❄️Деду Халла предначертано было стать волшебником, исполняющим желания людей на Новогодние праздники. ❄️Дед Халла проживает в карельских лесах и считается старшим братом Санта Клауса. ❄️В правой руке у Деда Халла магический посох – он замораживает им недоброжелательные мысли и не дает исполняться плохим помыслам, а в левой руке у Дед Халла держит магический колокольчик – когда он звенит, то на небосводе зажигается новая звезда. ❄️Рукавицы Деда Халла размораживают жестокие сердца и даруют любовь. Красные рукавицы «саамы» дарят на Новый год. Считается, что они приносят тепло и радость в жилье, и даруют защиту доброго чародея. 🎅Паккайне   Паккайне наиболее «юный» из Морозов и живет в древнем городе Олонце. ❄️Паккайне отличается от других Морозов «волшебного» происхождения – он появился на свет у олонецкого купца, в обычной, человеческой семье, в обозе который был в пути, когда стоял сильный трескучий мороз. ❄️Мальчишка вырос задорным, румяным и очень находчивым! ❄️Паккайне принимает посетителей в усадьбе круглогодично, а зимой в гостях у него бывают не только родители с детьми, но и разнообразные волшебники. ❄️Гостят у него и разные Деды Морозы, и Матушка-Зима, и Снегурочка из Костромы. ❄️У него проводится один из самых известных зимних фестивалей – Олонецкие Игры Дедов Морозов. Приглашаем в сказочное путешествие, где можно познакомиться с тремя волшебниками разом! ❄️Это идея N2 для вашего необычного Нового года.                    Программа ➡️ ЗДЕСЬ ❄️Идея N1: Новый год «без каблуков» на пиру у викингов ПОЕХАЛИ?! 🆎Знали о карельских Дедах Морозах? Бывали в гостях у кого-то из них? #карелия@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy #дедмороз@clubputeshestviy ➖➖➖➖➖➖➖➖➖➖➖➖ 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>07.10.25 13:42</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2143</t>
+  </si>
+  <si>
+    <t>🎄«Без каблуков»: необычный Новый год (идея N1). Решила поделиться с вами несколькими нестандартными идеями встречи Нового года. 🎄Итак, идея N1 – Новый год «без каблуков» на пиру у викингов. 🎄Как мы себе представляем этот праздник, любимый с детства? Красиво одетые люди, шикарно накрытый стол, танцы и игры под елочкой, Дед Мороз и Снегурочка. А вот в «Крепости Черного медведя» вас ждет совсем особенный праздник. 🎄Новый год в гостях у викингов максимально другой: ✨вместо привычных салатов – мясо на окрытом огне, ✨вместо «Шампанского» – местная медовуха, ✨вместо привычных развлечений – стрельба из лука, бой на мечах, гадание на рунах и много других сюрпризов, ✨а вместо Деда Мороза – брутальные викинги и их песни и пляски. Поэтому привычные каблуки, бабочки и смокинги тут совсем не подойдут! ▶️Где это чудесное  место? Карелия, г. Сортавала, парк живой истории «Бастiонъ» 🎅ПОЕХАЛИ? Подробные программы ⬇️ ⏺️«Новогодний пир у викингов» ⏺️«Скандинавская сага» ﻿ #карелия@clubputeshestviy #новыйгод #новыйгод2026 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>03.10.25 10:14</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2137</t>
+  </si>
+  <si>
+    <t>🎲 Пятничное казино путешествий. Если вы поклонник кофе, то, несомненно, отметили его Международный день 1 октября. А если вы подумываете о приятном, теплом, вкусном, бодрящем...нет, не о кофе, а о путешествии, но пока не решили, куда же отправиться, то предлагаю заглянуть в Казино путешествий. На этот раз погадаем на кофейной гуще, куда вам лежит путь. Правила простые: 1⃣. Выбираем в стандартных эмодзи (спортивных) вот такой кубик-фишку. Можете прямо отсюда скопировать⬇️ 🎲 2⃣. «Бросаем» его в комментариях 3⃣. Считаем, сколько очков выпало 4⃣. Смотрим, что вам приготовила Фортуна. 5⃣. Делаем выводы и выбираем тур ниже😉 Итак, вас ждут: 1⃣Волшебная Карелия 2⃣Средневековый Выборг 3⃣Господин Великий Новгород 4⃣Древний Псков 5⃣Кружевная Вологда 6⃣Хлебосольная Тула ➖⏺➖⏺➖⏺➖⏺➖⏺➖ 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>03.10.25 08:29</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2136</t>
+  </si>
+  <si>
+    <t>🌐До Нового года – 90 суток 🔥РЖД открыли продажу билетов на поезда с отправлением 31 декабря — самая популярная дата новогодних поездок. 🚂Глубина продаж по России — 90 суток, поэтому эти рейсы стали доступны сегодня. 🚂За три месяца до праздников быстрее всего разбирают билеты Москва — Петербург, на юг России, а также в крупные города, например, Казань и Нижний Новгород. 👉Примеры цен на 31 декабря: ▪️ «Сапсан» Москва — Петербург от 2700 ₽  ▪️ «Аврора» Москва — Петербург от 2900 ₽  ▪️ Москва — Казань от 2300 ₽ ▪️ «Ласточка» Нижний Новгород — Москва от 1200 ₽  ▪️ «Ласточка» Москва — Тверь от 629 ₽ На отдельные фирменные и туристические маршруты глубина продаж может достигать 120–180 суток. #ржд@clubputeshestviy</t>
+  </si>
+  <si>
+    <t>30.09.25 18:21</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2135</t>
+  </si>
+  <si>
+    <t>🌐Расстроился, что сентябрь прошел мимо?! Не плачь! Специально для тебя дайджест постов за сентябрь. 👉#карелия@clubputeshestviy ▪️Рояль в каньоне ▪️Заповедник «Кивач» ▪️Собачья деревня ТалвиУкко 👉#дагестан@clubputeshestviy ▪️«Длинный чай» в груше 👉#авиа@clubputeshestviy ▪️Рейсы в Краснодар 👉#северозапад@clubputeshestviy ▪️«Маленький Петербург»: Порхов 👉#ржд@clubputeshestviy ▪️Выгодные тарифы РЖД 👉#крым@clubputeshestviy ▪️Тайна скалы Авроры 👉#интересно@clubputeshestviy ▪️История 3 сентября ▪️Тур для зумера ▪️Новогоднее казино ▪️Три точки на карте России 👉#новыйгод@clubputeshestviy ▪️Тур «Царский Новый год» ▪️Тур «Новогодние приключения на Русском Севере" ➖➖➖➖➖➖➖➖➖➖➖ 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>30.09.25 18:20</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2134</t>
+  </si>
+  <si>
+    <t>🌐: дайджест постов за сентябрь А вдруг вы пропустили что-то важное? Ловите традиционную подборку за прошедший месяц! 👉#карелия@clubputeshestviy ▪️Рояль в каньоне ▪️Заповедник «Кивач» ▪️Собачья деревня ТалвиУкко 👉#дагестан@clubputeshestviy ▪️«Длинный чай» в груше 👉#авиа@clubputeshestviy ▪️Рейсы в Краснодар 👉#северозапад@clubputeshestviy ▪️«Маленький Петербург»: Порхов 👉#ржд@clubputeshestviy ▪️Выгодные тарифы РЖД 👉#крым@clubputeshestviy ▪️Тайна скалы Авроры ▪️Средневековые дни в Выборге: репортаж 👉#интересно@clubputeshestviy ▪️История 3 сентября ▪️Тур для зумера ▪️Новогоднее казино ▪️Три точки на карте России 👉#новыйгод@clubputeshestviy ▪️Тур «Царский Новый год» ▪️Тур «Новогодние приключения на Русском Севере"</t>
+  </si>
+  <si>
+    <t>30.09.25 10:12</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2133</t>
+  </si>
+  <si>
+    <t>🌐Самый бюджетный тур в Карелию на Новый год! 🎅Тур «Новогодние приключения на Русском Севере» сочетает в себе топовые места Карелии. И его цена ниже, чем у всех остальных новогодних туров в Карелию.  🎄Вот что будет в туре: ⏺️Посетим много интересных мест – исторических, прогулочных и природных. Среди них: Александро-Свирский монастырь, Онежская набережная в Петрозаводске, вотчина карельского Деда Мороза🎅, водопады – Кивач и Ахвенкоски, горный парк «Рускеала». ⏺️Покорим потрясающий экологический маршрут над бурными потоками незамерзающих водопадов – путь будет лежать по подвесным мостикам. ⏺️Исследуем горный парк «Рускеала» – сначала с гидом, потом самостоятельно. Узнаем много интересного о добыче мрамора, ощутим на себе мощную энергетику карельской природы! 🎄Выезд: 31 декабря ⏺️Длительность: 3 дня ⏺️Стоимость: от 25 950 ₽ Банкет по желанию, без обязательных доплат!  Программа тура: https://clck.ru/3PQnZo Поехали?! 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ⏺️Чат по Карелии ➡️ ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>27.09.25 08:00</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2132</t>
+  </si>
+  <si>
+    <t>🌐3⃣точки на карте: где бы вы хотели оказаться прямо сейчас? ❤️Сегодня – День туризма. С Праздником нас всех! Давайте попутешествуем? Пусть в мыслях, виртуально. Но это пока😉 Помечтаем?! И пусть сбудется! ❤️Поехали?! Конечно, трудно на такой огромной карте, как карта России, выделить только 3 точки. Но мы попробуем вместе. Три точки от меня, по три от каждого из вас — и маршрутов можно составить на сто лет вперед! Итак, где я захотела бы оказаться прямо сейчас? ❤️ Алтай. Для меня он всегда номер один. Уже писала, что он Повелитель Моего Сердца. Я влюбилась с первого взгляда и на всю жизнь! В эти величественные горы, бесчисленные водопады и реки, вольно пасущиеся табуны лошадей, неземной красоты пейзажи: Чуйский тракт, Телецкое озеро, Алтайские Марс и Луна, перевалы Кату-Ярык и Красные ворота, Челушманская долина, Каменные грибы, Гейзерное озеро, могучие Катунь и Чуя, Курайская степь, Пазырыкские курганы, Манжерок – перечислить все просто невозможно. Лучше один раз увидеть! Ощущение простора и чистоты: земля, вода, небо, травы, снега – все, как-будто, родившееся только-только, нетронутое и неоскверненное, наполненное могучей силой и энергией. Алтай живой. Вы будете самым счастливым человеком, если он примет вас и откроется вам. Это волшебная таблетка от всех болезней и лекарство от любых невзгод. ❤️ Карелия. Волшебная земля. Каждый раз ступая на нее, влюбляешься все больше и сильнее. Она притягивает и не отпускает. Она найдет для каждого то, что нужно именно ему. Здесь есть леса и водопады, озера и острова, старинные деревни и города, множество памятников природы и культуры. Водопады Ахвенкоски и Кивач, горный парк Рускеала, Петрозаводск и Сортавала, вотчина Талви Укко и деревня Киндасово, гора Паасо и Северная Фиваида, Ладожские шхеры и вулкан Гирвас,  знаменитые острова Валаам и Кижи – все это Карелия. И только небольшая ее часть. А гастронономические приключения? А вкус карельского мороженого, морошки, калиток, рыбы? Карелия ждет, она рядом, помните об этом. ❤️Крым. Эта благодатная земля, действительно, редчайший пример сочетания потрясающих природных красот, исторических памятников всех известных эпох, чудесного климата, этнического и культурного многообразия и, конечно, вкуснейшей кухни. Бухты и скалы, гроты и пещеры, целые пещерные города и монастыри, озера и водопады, горы и долины, дворцы и парки, древние Керчь, Бахчисарай, Севастополь (известно, что большинство городов в Крыму заложено еще эллинами), Новый Свет и Димерджи, Юсуповский дворец и Ливадия, древний Херсонес и  Генуэзская крепость, красавица Ялта и Никитский ботанический сад...И море, море, море.. Все, сдаюсь, не осилю перечислять дальше: очень захотелось в Крым, прямо сейчас)) 🗺️А какие ваши заветные точки на карте России? 💟Поделитесь фотографиями #интересно@clubputeshestviy ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>26.09.25 17:04</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2131</t>
+  </si>
+  <si>
+    <t>🎄Новогоднее казино: какой Новый год готовит вам Судьба? Он может быть таким разным! Таким удивительным и непредсказуемым! Верите ли вы в подсказки Судьбы? ⏺️Вот, вы, например, кидаете монетку, если сомневаетесь в выборе? Орел или решка? ⏺️Или ищите подсказку на загаданных странице и строчке в любимой книге? ⏺️А, может, раскладываете пасьянс? Сойдется или нет? ⏺️Обращаете внимание на бабу с пустым ведром? На Луну за левым плечом? ⏺️Идете другой дорогой, если эту перешла черная кошка? ⏺️А вдруг вам просто хочется развлечься в этот пятничный вечер? ☃️Тогда приглашаю вас в Новогоднее казино! 😉Доверимся Судьбе и случайному числу! 🥂Пусть выпадет вариант встречи Нового года, о котором вы мечтали, а, может, даже и не знали, что такое бывает, а, возможно, такой, что заставит задуматься над заманчивым предложением. 🎄Итак, что надо делать? 1⃣. Выбираем в спортивных эмодзи вот такой кубик-фишку 🎲 2⃣. «Бросаем» его в комментариях 3⃣. Смотрим, что вам приготовила Фортуна и делаем выводы😉 ⬇️⬇️⬇️ 🎄Новогодние предложения 1⃣Волшебный Новый год на вотчине карельского Деда Мороза Талви Укко 2⃣Новогодняя сказка в Рускеала 3⃣Новый год на сказочном хуторе (Псков) 4⃣Новый год у викингов 5⃣Новогодние гуляния в Господине Великом Новгороде 6⃣Новый год с погружением в Средневековье (Выборг) Кидайте кубик, пишите, что получилось! #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>23.09.25 13:43</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2130</t>
+  </si>
+  <si>
+    <t>🌐–Это «Один дома»? –Не угадали! Он не один и далеко от дома! 🎄Это тур «Царский Новый год в Карелии» 👑Новогодняя вечеринка в отеле «Фрегат» с царским размахом – лучший подарок себе любимому и своим родным! 🎄Максимум комфорта, шика и новогоднего настроения – вот что вы получите в этом туре. 🎅До 1 октября – Дед Мороз заморозил цены прошлого года. 🗺️Маршрут тура: ✳️30 декабря: старт из СПб (можно присоединиться в Сортавала)– Сортавала: обзорная экскурсия по городу – фирменный магазин форелевого хозяйства – водопады Ахвенкоски – горный парк «Рускеала» – Петрозаводск ✳️31 декабря: Петрозаводск – водопад и природный заповедник «Кивач» – Марциальные Воды – вотчина ТалвиУкко и питомник хаски – Петрозаводск: новогодний ужин ✳️1 января: Петрозаводск: обзорная экскурсия по городу и Онежской набережной – деревня Киндасово – Петрозаводск ✳️2 января: Петрозаводск – Национальный музей Карелии – Центр шунгита – Александро-Свирский монастырь – СПб (уехать можно из Сортавала) 🚩Старт: 30 декабря 💰Стоимость: от 58950 48700 руб ➡️ПОЕХАЛИ!? #карелия@clubputeshestviy #новыйгод@clubputeshestviy #новыйгод2026@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ ❤️Всё о Карелии ➡️ ЧАТ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>21.09.25 18:21</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2122</t>
+  </si>
+  <si>
+    <t>🌐Деревня для любимых собак Талви Укко: где и как они живут? Да, в карельской тайге есть очень необычная деревня. И это одно из самых ми-мишных мест, которое только возможно себе представить! 🐕Это самая настоящая деревня: каждая собачка имеет свой домик с настилом и помостом. 🐕Расположены они прямо в лесу, среди деревьев. 🐕Здесь живут аляскинские и сибирские хаски, самоедские лайки и аляскинские маламуты. 🏡Питомник расположен в вотчине карельского Деда Мороза Талви Укко, конечно, неслучайно. Всем известно его особое отношение к собакам, которые, фактически, спасли ему жизнь. 🐕Гостей в вотчине у Талви Укко всегда много в любое время года. 🐕А собаки настолько общительны и привязаны к человеку, что всегда жаждут общения с людьми. И особенно любят детей. 🐕С собаками можно и нужно пообщаться: они ооочень дружелюбны и с удовольствием вам попозируют для фото. 🐕Прокатиться на собачей упряжке тоже можно: для собак это только в радость. ﻿ Эти глаза невозможно забыть, поверьте! Особенно, которые голубые, как лед.💙 А вы катались на собачьей упряжке? Понравилось? ➖➖➖➖➖➖➖➖➖➖➖ ПОЕХАЛИ в Карелию?! 🎅Вотчину Талви Укко можно увидеть в наших⬇️ ✨Новогодних турах и ✨Зимних турах по Карелии #карелия@clubputeshestviy #поехаливкарелию@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ ❤️Всё о Карелии ➡️ ЧАТ ✍️ ➡️отвечу обязательно</t>
+  </si>
+  <si>
+    <t>18.09.25 14:35</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2104</t>
+  </si>
+  <si>
+    <t>🌐Как перевоспитать зумера: воздух, труд и простые радости жизни 🌟Прямо тенденция в России на интересные туры для молодежи (и не только). 🌟Хитом прошлого сезона были болотинг и монастыринг. 🌟А вот теперь появился еще тур для перевоспитания зумеров —  принимают молодых людей в возрасте 14-25 лет. 🌟В подмосковной деревне Бабенки молодые люди будут в течение недели вставать в 6 утра под пение петухов и учиться: колоть дрова, пользоваться колодцем, чистить картошку, вкручивать лампочки, а еще смотреть на звезды, общаться с лесными духами (чтобы это не значило) и постигать истинный ЗОЖ на бабушкиной кухне. 🌟Стоимость с проживанием и питанием — 19 900 рублей. 🌟Опция доступна на ближайшие осенние и зимние каникулы. 🌟Места строго ограничены. Поехали бы? А детей отправили бы? А про монастыринг и болотинг слышали? Кстати, знаю одно суперклассное место на границе Ленобласти и Карелии, где можно вот так погрузится в деревенскую жизнь. Рассказать? #интересно@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ</t>
+  </si>
+  <si>
+    <t>17.09.25 15:57</t>
+  </si>
+  <si>
+    <t>t.me/clubputeshestviy/2103</t>
+  </si>
+  <si>
+    <t>🌐Видеопрогулка по Крыму: Грот Авроры: тайна скалы, на которой стоит «Ласточкино гнездо». Казалось бы, Крым исследован и исхожен вдоль и поперек. Но это далеко не так! Достаточно посмотреть репортажи нашего представителя в Крыму Ларисы Беленковой по хештегу #крым@clubputeshestviy ❤️И вот очередная видеопрогулка. Просто бомбическая! ☀️Скала, на которой стоит знаменитый крымский замок «Ласточкино гнездо», носит имя богини утренней зари Авроры. ☀️В скале много карстовых пещер, длиной до 30 метров. 🌞А под скалой скрывается грот, который тоже носит имя Авроры. ☀️Это – тектонический разлом в виде длинного подземного коридора с выходом на другом конце скального массива. ☀️Попасть туда можно только по воде. И еще вам придется поднырнуть, иначе никак не оказаться внутри грота. ☀️Необходимым условием является спокойное море, без волн. Смотрите видео (за которое благодарим нашего представителя в Крыму Ларису Беленкову @laravyalte ❤️Кто хочет так же, пишите, устроим!➡️@maximox_ksusha #крым@clubputeshestviy 🟠Все наши туры ➡️ЗДЕСЬ 🎄Туры на Новый год  ➡️ЗДЕСЬ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2696,51 +3302,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H256"/>
+  <dimension ref="A1:H324"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4800.114" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -2754,54 +3360,57 @@
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>42760</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>17</v>
+        <v>89</v>
+      </c>
+      <c r="F2">
+        <v>1</v>
       </c>
       <c r="G2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>42761</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>87</v>
       </c>
       <c r="G3">
         <v>10</v>
       </c>
       <c r="H3">
@@ -8600,50 +9209,1581 @@
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>43014</v>
       </c>
       <c r="B256" t="s">
         <v>770</v>
       </c>
       <c r="C256" t="s">
         <v>771</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>772</v>
       </c>
       <c r="E256">
         <v>48</v>
       </c>
       <c r="F256">
         <v>1</v>
       </c>
       <c r="G256">
         <v>9</v>
       </c>
       <c r="H256">
         <v>2</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257">
+        <v>80735</v>
+      </c>
+      <c r="B257" t="s">
+        <v>773</v>
+      </c>
+      <c r="C257" t="s">
+        <v>774</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="E257">
+        <v>49</v>
+      </c>
+      <c r="F257">
+        <v>1</v>
+      </c>
+      <c r="G257">
+        <v>7</v>
+      </c>
+      <c r="H257">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258">
+        <v>80736</v>
+      </c>
+      <c r="B258" t="s">
+        <v>776</v>
+      </c>
+      <c r="C258" t="s">
+        <v>777</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="E258">
+        <v>64</v>
+      </c>
+      <c r="G258">
+        <v>5</v>
+      </c>
+      <c r="H258">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259">
+        <v>80737</v>
+      </c>
+      <c r="B259" t="s">
+        <v>779</v>
+      </c>
+      <c r="C259" t="s">
+        <v>780</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="E259">
+        <v>76</v>
+      </c>
+      <c r="F259">
+        <v>1</v>
+      </c>
+      <c r="G259">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260">
+        <v>80738</v>
+      </c>
+      <c r="B260" t="s">
+        <v>782</v>
+      </c>
+      <c r="C260" t="s">
+        <v>783</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="E260">
+        <v>81</v>
+      </c>
+      <c r="F260">
+        <v>1</v>
+      </c>
+      <c r="G260">
+        <v>8</v>
+      </c>
+      <c r="H260">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261">
+        <v>80739</v>
+      </c>
+      <c r="B261" t="s">
+        <v>785</v>
+      </c>
+      <c r="C261" t="s">
+        <v>786</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="E261">
+        <v>89</v>
+      </c>
+      <c r="F261">
+        <v>2</v>
+      </c>
+      <c r="G261">
+        <v>9</v>
+      </c>
+      <c r="H261">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262">
+        <v>80740</v>
+      </c>
+      <c r="B262" t="s">
+        <v>788</v>
+      </c>
+      <c r="C262" t="s">
+        <v>789</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="E262">
+        <v>89</v>
+      </c>
+      <c r="F262">
+        <v>1</v>
+      </c>
+      <c r="G262">
+        <v>8</v>
+      </c>
+      <c r="H262">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263">
+        <v>80741</v>
+      </c>
+      <c r="B263" t="s">
+        <v>791</v>
+      </c>
+      <c r="C263" t="s">
+        <v>792</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="E263">
+        <v>129</v>
+      </c>
+      <c r="G263">
+        <v>19</v>
+      </c>
+      <c r="H263">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264">
+        <v>80742</v>
+      </c>
+      <c r="B264" t="s">
+        <v>794</v>
+      </c>
+      <c r="C264" t="s">
+        <v>795</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="E264">
+        <v>136</v>
+      </c>
+      <c r="F264">
+        <v>1</v>
+      </c>
+      <c r="G264">
+        <v>15</v>
+      </c>
+      <c r="H264">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265">
+        <v>80743</v>
+      </c>
+      <c r="B265" t="s">
+        <v>797</v>
+      </c>
+      <c r="C265" t="s">
+        <v>798</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="E265">
+        <v>127</v>
+      </c>
+      <c r="F265">
+        <v>1</v>
+      </c>
+      <c r="G265">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266">
+        <v>80744</v>
+      </c>
+      <c r="B266" t="s">
+        <v>800</v>
+      </c>
+      <c r="C266" t="s">
+        <v>801</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="E266">
+        <v>105</v>
+      </c>
+      <c r="F266">
+        <v>1</v>
+      </c>
+      <c r="G266">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267">
+        <v>80745</v>
+      </c>
+      <c r="B267" t="s">
+        <v>803</v>
+      </c>
+      <c r="C267" t="s">
+        <v>804</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="E267">
+        <v>116</v>
+      </c>
+      <c r="G267">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268">
+        <v>80746</v>
+      </c>
+      <c r="B268" t="s">
+        <v>806</v>
+      </c>
+      <c r="C268" t="s">
+        <v>807</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="E268">
+        <v>101</v>
+      </c>
+      <c r="F268">
+        <v>1</v>
+      </c>
+      <c r="G268">
+        <v>12</v>
+      </c>
+      <c r="H268">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269">
+        <v>80747</v>
+      </c>
+      <c r="B269" t="s">
+        <v>809</v>
+      </c>
+      <c r="C269" t="s">
+        <v>810</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="E269">
+        <v>106</v>
+      </c>
+      <c r="G269">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270">
+        <v>80748</v>
+      </c>
+      <c r="B270" t="s">
+        <v>812</v>
+      </c>
+      <c r="C270" t="s">
+        <v>813</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="E270">
+        <v>88</v>
+      </c>
+      <c r="F270">
+        <v>1</v>
+      </c>
+      <c r="G270">
+        <v>14</v>
+      </c>
+      <c r="H270">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271">
+        <v>80749</v>
+      </c>
+      <c r="B271" t="s">
+        <v>815</v>
+      </c>
+      <c r="C271" t="s">
+        <v>816</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="E271">
+        <v>136</v>
+      </c>
+      <c r="F271">
+        <v>1</v>
+      </c>
+      <c r="G271">
+        <v>9</v>
+      </c>
+      <c r="H271">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272">
+        <v>80750</v>
+      </c>
+      <c r="B272" t="s">
+        <v>818</v>
+      </c>
+      <c r="C272" t="s">
+        <v>819</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="E272">
+        <v>89</v>
+      </c>
+      <c r="G272">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273">
+        <v>80751</v>
+      </c>
+      <c r="B273" t="s">
+        <v>821</v>
+      </c>
+      <c r="C273" t="s">
+        <v>822</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="E273">
+        <v>97</v>
+      </c>
+      <c r="G273">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274">
+        <v>80752</v>
+      </c>
+      <c r="B274" t="s">
+        <v>824</v>
+      </c>
+      <c r="C274" t="s">
+        <v>825</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="E274">
+        <v>115</v>
+      </c>
+      <c r="F274">
+        <v>1</v>
+      </c>
+      <c r="G274">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275">
+        <v>80753</v>
+      </c>
+      <c r="B275" t="s">
+        <v>827</v>
+      </c>
+      <c r="C275" t="s">
+        <v>828</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="E275">
+        <v>106</v>
+      </c>
+      <c r="F275">
+        <v>2</v>
+      </c>
+      <c r="G275">
+        <v>11</v>
+      </c>
+      <c r="H275">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276">
+        <v>80754</v>
+      </c>
+      <c r="B276" t="s">
+        <v>830</v>
+      </c>
+      <c r="C276" t="s">
+        <v>831</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="E276">
+        <v>71</v>
+      </c>
+      <c r="G276">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277">
+        <v>80755</v>
+      </c>
+      <c r="B277" t="s">
+        <v>833</v>
+      </c>
+      <c r="C277" t="s">
+        <v>834</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="E277">
+        <v>98</v>
+      </c>
+      <c r="G277">
+        <v>14</v>
+      </c>
+      <c r="H277">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278">
+        <v>80756</v>
+      </c>
+      <c r="B278" t="s">
+        <v>836</v>
+      </c>
+      <c r="C278" t="s">
+        <v>837</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="E278">
+        <v>105</v>
+      </c>
+      <c r="F278">
+        <v>1</v>
+      </c>
+      <c r="G278">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279">
+        <v>80757</v>
+      </c>
+      <c r="B279" t="s">
+        <v>839</v>
+      </c>
+      <c r="C279" t="s">
+        <v>840</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="E279">
+        <v>68</v>
+      </c>
+      <c r="F279">
+        <v>1</v>
+      </c>
+      <c r="G279">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280">
+        <v>80758</v>
+      </c>
+      <c r="B280" t="s">
+        <v>842</v>
+      </c>
+      <c r="C280" t="s">
+        <v>843</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="E280">
+        <v>93</v>
+      </c>
+      <c r="F280">
+        <v>1</v>
+      </c>
+      <c r="G280">
+        <v>10</v>
+      </c>
+      <c r="H280">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281">
+        <v>80759</v>
+      </c>
+      <c r="B281" t="s">
+        <v>845</v>
+      </c>
+      <c r="C281" t="s">
+        <v>846</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="E281">
+        <v>92</v>
+      </c>
+      <c r="F281">
+        <v>1</v>
+      </c>
+      <c r="G281">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282">
+        <v>80760</v>
+      </c>
+      <c r="B282" t="s">
+        <v>848</v>
+      </c>
+      <c r="C282" t="s">
+        <v>849</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="E282">
+        <v>108</v>
+      </c>
+      <c r="F282">
+        <v>2</v>
+      </c>
+      <c r="G282">
+        <v>20</v>
+      </c>
+      <c r="H282">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283">
+        <v>80761</v>
+      </c>
+      <c r="B283" t="s">
+        <v>851</v>
+      </c>
+      <c r="C283" t="s">
+        <v>852</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="E283">
+        <v>85</v>
+      </c>
+      <c r="G283">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284">
+        <v>80762</v>
+      </c>
+      <c r="B284" t="s">
+        <v>854</v>
+      </c>
+      <c r="C284" t="s">
+        <v>855</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="E284">
+        <v>91</v>
+      </c>
+      <c r="G284">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285">
+        <v>80763</v>
+      </c>
+      <c r="B285" t="s">
+        <v>854</v>
+      </c>
+      <c r="C285" t="s">
+        <v>857</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="E285">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286">
+        <v>80764</v>
+      </c>
+      <c r="B286" t="s">
+        <v>859</v>
+      </c>
+      <c r="C286" t="s">
+        <v>860</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="E286">
+        <v>85</v>
+      </c>
+      <c r="G286">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287">
+        <v>80765</v>
+      </c>
+      <c r="B287" t="s">
+        <v>862</v>
+      </c>
+      <c r="C287" t="s">
+        <v>863</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="E287">
+        <v>20</v>
+      </c>
+      <c r="G287">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288">
+        <v>80766</v>
+      </c>
+      <c r="B288" t="s">
+        <v>865</v>
+      </c>
+      <c r="C288" t="s">
+        <v>866</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="E288">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289">
+        <v>80767</v>
+      </c>
+      <c r="B289" t="s">
+        <v>867</v>
+      </c>
+      <c r="C289" t="s">
+        <v>868</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="E289">
+        <v>95</v>
+      </c>
+      <c r="F289">
+        <v>1</v>
+      </c>
+      <c r="G289">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290">
+        <v>80768</v>
+      </c>
+      <c r="B290" t="s">
+        <v>870</v>
+      </c>
+      <c r="C290" t="s">
+        <v>871</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="E290">
+        <v>95</v>
+      </c>
+      <c r="G290">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291">
+        <v>80769</v>
+      </c>
+      <c r="B291" t="s">
+        <v>873</v>
+      </c>
+      <c r="C291" t="s">
+        <v>874</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="E291">
+        <v>87</v>
+      </c>
+      <c r="G291">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292">
+        <v>80770</v>
+      </c>
+      <c r="B292" t="s">
+        <v>876</v>
+      </c>
+      <c r="C292" t="s">
+        <v>877</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="E292">
+        <v>72</v>
+      </c>
+      <c r="F292">
+        <v>2</v>
+      </c>
+      <c r="G292">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293">
+        <v>80771</v>
+      </c>
+      <c r="B293" t="s">
+        <v>879</v>
+      </c>
+      <c r="C293" t="s">
+        <v>880</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="E293">
+        <v>78</v>
+      </c>
+      <c r="F293">
+        <v>2</v>
+      </c>
+      <c r="G293">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294">
+        <v>80772</v>
+      </c>
+      <c r="B294" t="s">
+        <v>882</v>
+      </c>
+      <c r="C294" t="s">
+        <v>883</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="E294">
+        <v>70</v>
+      </c>
+      <c r="G294">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295">
+        <v>80773</v>
+      </c>
+      <c r="B295" t="s">
+        <v>885</v>
+      </c>
+      <c r="C295" t="s">
+        <v>886</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="E295">
+        <v>73</v>
+      </c>
+      <c r="G295">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296">
+        <v>80774</v>
+      </c>
+      <c r="B296" t="s">
+        <v>888</v>
+      </c>
+      <c r="C296" t="s">
+        <v>889</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="E296">
+        <v>72</v>
+      </c>
+      <c r="F296">
+        <v>1</v>
+      </c>
+      <c r="G296">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297">
+        <v>80775</v>
+      </c>
+      <c r="B297" t="s">
+        <v>891</v>
+      </c>
+      <c r="C297" t="s">
+        <v>892</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="E297">
+        <v>80</v>
+      </c>
+      <c r="G297">
+        <v>58</v>
+      </c>
+      <c r="H297">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298">
+        <v>80776</v>
+      </c>
+      <c r="B298" t="s">
+        <v>894</v>
+      </c>
+      <c r="C298" t="s">
+        <v>895</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="E298">
+        <v>103</v>
+      </c>
+      <c r="G298">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299">
+        <v>80777</v>
+      </c>
+      <c r="B299" t="s">
+        <v>897</v>
+      </c>
+      <c r="C299" t="s">
+        <v>898</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="E299">
+        <v>105</v>
+      </c>
+      <c r="G299">
+        <v>11</v>
+      </c>
+      <c r="H299">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300">
+        <v>80778</v>
+      </c>
+      <c r="B300" t="s">
+        <v>900</v>
+      </c>
+      <c r="C300" t="s">
+        <v>901</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="E300">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301">
+        <v>80779</v>
+      </c>
+      <c r="B301" t="s">
+        <v>903</v>
+      </c>
+      <c r="C301" t="s">
+        <v>904</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="E301">
+        <v>115</v>
+      </c>
+      <c r="G301">
+        <v>7</v>
+      </c>
+      <c r="H301">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302">
+        <v>80780</v>
+      </c>
+      <c r="B302" t="s">
+        <v>906</v>
+      </c>
+      <c r="C302" t="s">
+        <v>907</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E302">
+        <v>82</v>
+      </c>
+      <c r="G302">
+        <v>9</v>
+      </c>
+      <c r="H302">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303">
+        <v>80781</v>
+      </c>
+      <c r="B303" t="s">
+        <v>909</v>
+      </c>
+      <c r="C303" t="s">
+        <v>910</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="E303">
+        <v>91</v>
+      </c>
+      <c r="G303">
+        <v>8</v>
+      </c>
+      <c r="H303">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304">
+        <v>80782</v>
+      </c>
+      <c r="B304" t="s">
+        <v>912</v>
+      </c>
+      <c r="C304" t="s">
+        <v>913</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="E304">
+        <v>69</v>
+      </c>
+      <c r="G304">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305">
+        <v>80783</v>
+      </c>
+      <c r="B305" t="s">
+        <v>915</v>
+      </c>
+      <c r="C305" t="s">
+        <v>916</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="E305">
+        <v>79</v>
+      </c>
+      <c r="F305">
+        <v>1</v>
+      </c>
+      <c r="G305">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306">
+        <v>80784</v>
+      </c>
+      <c r="B306" t="s">
+        <v>918</v>
+      </c>
+      <c r="C306" t="s">
+        <v>919</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="E306">
+        <v>107</v>
+      </c>
+      <c r="G306">
+        <v>8</v>
+      </c>
+      <c r="H306">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307">
+        <v>80785</v>
+      </c>
+      <c r="B307" t="s">
+        <v>921</v>
+      </c>
+      <c r="C307" t="s">
+        <v>922</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="E307">
+        <v>84</v>
+      </c>
+      <c r="F307">
+        <v>2</v>
+      </c>
+      <c r="G307">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308">
+        <v>80786</v>
+      </c>
+      <c r="B308" t="s">
+        <v>924</v>
+      </c>
+      <c r="C308" t="s">
+        <v>925</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="E308">
+        <v>84</v>
+      </c>
+      <c r="G308">
+        <v>10</v>
+      </c>
+      <c r="H308">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309">
+        <v>80787</v>
+      </c>
+      <c r="B309" t="s">
+        <v>927</v>
+      </c>
+      <c r="C309" t="s">
+        <v>928</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="E309">
+        <v>102</v>
+      </c>
+      <c r="F309">
+        <v>1</v>
+      </c>
+      <c r="G309">
+        <v>4</v>
+      </c>
+      <c r="H309">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310">
+        <v>80788</v>
+      </c>
+      <c r="B310" t="s">
+        <v>930</v>
+      </c>
+      <c r="C310" t="s">
+        <v>931</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="E310">
+        <v>79</v>
+      </c>
+      <c r="G310">
+        <v>6</v>
+      </c>
+      <c r="H310">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311">
+        <v>80789</v>
+      </c>
+      <c r="B311" t="s">
+        <v>933</v>
+      </c>
+      <c r="C311" t="s">
+        <v>934</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="E311">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312">
+        <v>80790</v>
+      </c>
+      <c r="B312" t="s">
+        <v>936</v>
+      </c>
+      <c r="C312" t="s">
+        <v>937</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="E312">
+        <v>102</v>
+      </c>
+      <c r="F312">
+        <v>2</v>
+      </c>
+      <c r="G312">
+        <v>4</v>
+      </c>
+      <c r="H312">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313">
+        <v>80791</v>
+      </c>
+      <c r="B313" t="s">
+        <v>939</v>
+      </c>
+      <c r="C313" t="s">
+        <v>940</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="E313">
+        <v>85</v>
+      </c>
+      <c r="G313">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314">
+        <v>80792</v>
+      </c>
+      <c r="B314" t="s">
+        <v>942</v>
+      </c>
+      <c r="C314" t="s">
+        <v>943</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="E314">
+        <v>102</v>
+      </c>
+      <c r="G314">
+        <v>5</v>
+      </c>
+      <c r="H314">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315">
+        <v>80793</v>
+      </c>
+      <c r="B315" t="s">
+        <v>945</v>
+      </c>
+      <c r="C315" t="s">
+        <v>946</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="E315">
+        <v>95</v>
+      </c>
+      <c r="G315">
+        <v>4</v>
+      </c>
+      <c r="H315">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316">
+        <v>80794</v>
+      </c>
+      <c r="B316" t="s">
+        <v>948</v>
+      </c>
+      <c r="C316" t="s">
+        <v>949</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="E316">
+        <v>97</v>
+      </c>
+      <c r="G316">
+        <v>7</v>
+      </c>
+      <c r="H316">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317">
+        <v>80795</v>
+      </c>
+      <c r="B317" t="s">
+        <v>951</v>
+      </c>
+      <c r="C317" t="s">
+        <v>952</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="E317">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318">
+        <v>80796</v>
+      </c>
+      <c r="B318" t="s">
+        <v>954</v>
+      </c>
+      <c r="C318" t="s">
+        <v>955</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E318">
+        <v>92</v>
+      </c>
+      <c r="F318">
+        <v>1</v>
+      </c>
+      <c r="G318">
+        <v>4</v>
+      </c>
+      <c r="H318">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319">
+        <v>80797</v>
+      </c>
+      <c r="B319" t="s">
+        <v>957</v>
+      </c>
+      <c r="C319" t="s">
+        <v>958</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E319">
+        <v>116</v>
+      </c>
+      <c r="G319">
+        <v>11</v>
+      </c>
+      <c r="H319">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320">
+        <v>80798</v>
+      </c>
+      <c r="B320" t="s">
+        <v>960</v>
+      </c>
+      <c r="C320" t="s">
+        <v>961</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="E320">
+        <v>123</v>
+      </c>
+      <c r="F320">
+        <v>1</v>
+      </c>
+      <c r="G320">
+        <v>19</v>
+      </c>
+      <c r="H320">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321">
+        <v>80799</v>
+      </c>
+      <c r="B321" t="s">
+        <v>963</v>
+      </c>
+      <c r="C321" t="s">
+        <v>964</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="E321">
+        <v>134</v>
+      </c>
+      <c r="G321">
+        <v>8</v>
+      </c>
+      <c r="H321">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322">
+        <v>80800</v>
+      </c>
+      <c r="B322" t="s">
+        <v>966</v>
+      </c>
+      <c r="C322" t="s">
+        <v>967</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="E322">
+        <v>108</v>
+      </c>
+      <c r="G322">
+        <v>5</v>
+      </c>
+      <c r="H322">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323">
+        <v>80801</v>
+      </c>
+      <c r="B323" t="s">
+        <v>969</v>
+      </c>
+      <c r="C323" t="s">
+        <v>970</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="E323">
+        <v>75</v>
+      </c>
+      <c r="G323">
+        <v>10</v>
+      </c>
+      <c r="H323">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324">
+        <v>80802</v>
+      </c>
+      <c r="B324" t="s">
+        <v>972</v>
+      </c>
+      <c r="C324" t="s">
+        <v>973</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="E324">
+        <v>90</v>
+      </c>
+      <c r="G324">
+        <v>8</v>
+      </c>
+      <c r="H324">
+        <v>7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">