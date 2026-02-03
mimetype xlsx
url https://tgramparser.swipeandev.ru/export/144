--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -1938,403 +1938,403 @@
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>39965</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>512</v>
       </c>
       <c r="F2">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G2">
-        <v>35</v>
+        <v>117</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>39966</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>950</v>
       </c>
       <c r="F3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G3">
-        <v>32</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>39967</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>1409</v>
       </c>
       <c r="F4">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G4">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="H4">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>39968</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5">
         <v>1413</v>
       </c>
       <c r="F5">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="G5">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>39969</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>1443</v>
       </c>
       <c r="F6">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="G6">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="H6">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>39970</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>1564</v>
       </c>
       <c r="F7">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="G7">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="H7">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>39971</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>1730</v>
       </c>
       <c r="F8">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="G8">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="H8">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>39972</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>1629</v>
       </c>
       <c r="F9">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G9">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="H9">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>39973</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10">
         <v>1843</v>
       </c>
       <c r="F10">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>39974</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11">
         <v>1666</v>
       </c>
       <c r="F11">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="G11">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="H11">
         <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>39975</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12">
         <v>2711</v>
       </c>
       <c r="F12">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="G12">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H12">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>39976</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13">
         <v>1874</v>
       </c>
       <c r="F13">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="G13">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>39977</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14">
         <v>3603</v>
       </c>
       <c r="F14">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G14">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="H14">
-        <v>8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>39978</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E15">
         <v>2125</v>
       </c>
       <c r="F15">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="G15">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H15">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>39979</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E16">
         <v>1925</v>
       </c>
       <c r="F16">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G16">
         <v>111</v>
       </c>
       <c r="H16">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>39980</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E17">
         <v>1473</v>
       </c>
       <c r="F17">
@@ -2342,201 +2342,201 @@
       </c>
       <c r="G17">
         <v>93</v>
       </c>
       <c r="H17">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>39981</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E18">
         <v>1698</v>
       </c>
       <c r="F18">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>39982</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E19">
         <v>3114</v>
       </c>
       <c r="F19">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G19">
         <v>152</v>
       </c>
       <c r="H19">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>39983</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E20">
         <v>1516</v>
       </c>
       <c r="F20">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G20">
         <v>123</v>
       </c>
       <c r="H20">
         <v>35</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>39984</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
       <c r="C21" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E21">
         <v>1873</v>
       </c>
       <c r="F21">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21">
         <v>94</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>39985</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E22">
         <v>1839</v>
       </c>
       <c r="F22">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G22">
         <v>111</v>
       </c>
       <c r="H22">
         <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>39986</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E23">
         <v>1675</v>
       </c>
       <c r="F23">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="G23">
         <v>138</v>
       </c>
       <c r="H23">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>39987</v>
       </c>
       <c r="B24" t="s">
         <v>74</v>
       </c>
       <c r="C24" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E24">
         <v>1765</v>
       </c>
       <c r="F24">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G24">
         <v>145</v>
       </c>
       <c r="H24">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>39988</v>
       </c>
       <c r="B25" t="s">
         <v>77</v>
       </c>
       <c r="C25" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E25">
         <v>1897</v>
       </c>
       <c r="F25">
@@ -2567,74 +2567,74 @@
       </c>
       <c r="G26">
         <v>82</v>
       </c>
       <c r="H26">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>39990</v>
       </c>
       <c r="B27" t="s">
         <v>83</v>
       </c>
       <c r="C27" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E27">
         <v>2255</v>
       </c>
       <c r="F27">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G27">
         <v>125</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>39991</v>
       </c>
       <c r="B28" t="s">
         <v>86</v>
       </c>
       <c r="C28" t="s">
         <v>87</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>88</v>
       </c>
       <c r="E28">
         <v>1906</v>
       </c>
       <c r="F28">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="G28">
         <v>74</v>
       </c>
       <c r="H28">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>39992</v>
       </c>
       <c r="B29" t="s">
         <v>89</v>
       </c>
       <c r="C29" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E29">
         <v>1808</v>
       </c>
       <c r="F29">
@@ -3216,51 +3216,51 @@
       </c>
       <c r="H52">
         <v>2</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>40016</v>
       </c>
       <c r="B53" t="s">
         <v>161</v>
       </c>
       <c r="C53" t="s">
         <v>162</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E53">
         <v>2031</v>
       </c>
       <c r="F53">
         <v>20</v>
       </c>
       <c r="G53">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>40017</v>
       </c>
       <c r="B54" t="s">
         <v>164</v>
       </c>
       <c r="C54" t="s">
         <v>165</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>166</v>
       </c>
       <c r="E54">
         <v>1880</v>
       </c>
       <c r="F54">
         <v>26</v>
       </c>
       <c r="G54">
         <v>144</v>
       </c>
       <c r="H54">
@@ -5139,54 +5139,54 @@
       </c>
       <c r="G130">
         <v>125</v>
       </c>
       <c r="H130">
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>40094</v>
       </c>
       <c r="B131" t="s">
         <v>392</v>
       </c>
       <c r="C131" t="s">
         <v>393</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>394</v>
       </c>
       <c r="E131">
         <v>2014</v>
       </c>
       <c r="F131">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G131">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="H131">
         <v>3</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>40095</v>
       </c>
       <c r="B132" t="s">
         <v>395</v>
       </c>
       <c r="C132" t="s">
         <v>396</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>397</v>
       </c>
       <c r="E132">
         <v>1312</v>
       </c>
       <c r="F132">
         <v>6</v>
       </c>
       <c r="G132">