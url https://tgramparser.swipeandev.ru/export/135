--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -4054,51 +4054,51 @@
       </c>
       <c r="G63">
         <v>40</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>36823</v>
       </c>
       <c r="B64" t="s">
         <v>194</v>
       </c>
       <c r="C64" t="s">
         <v>195</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>196</v>
       </c>
       <c r="E64">
         <v>6524</v>
       </c>
       <c r="F64">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G64">
         <v>81</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>36824</v>
       </c>
       <c r="B65" t="s">
         <v>197</v>
       </c>
       <c r="C65" t="s">
         <v>198</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>199</v>
       </c>
       <c r="E65">
         <v>2986</v>
       </c>
       <c r="F65">
@@ -4106,77 +4106,77 @@
       </c>
       <c r="G65">
         <v>40</v>
       </c>
       <c r="H65">
         <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>36825</v>
       </c>
       <c r="B66" t="s">
         <v>200</v>
       </c>
       <c r="C66" t="s">
         <v>201</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>202</v>
       </c>
       <c r="E66">
         <v>6742</v>
       </c>
       <c r="F66">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G66">
         <v>98</v>
       </c>
       <c r="H66">
         <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>36826</v>
       </c>
       <c r="B67" t="s">
         <v>203</v>
       </c>
       <c r="C67" t="s">
         <v>204</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>205</v>
       </c>
       <c r="E67">
         <v>6615</v>
       </c>
       <c r="F67">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G67">
         <v>98</v>
       </c>
       <c r="H67">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>36827</v>
       </c>
       <c r="B68" t="s">
         <v>206</v>
       </c>
       <c r="C68" t="s">
         <v>207</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>208</v>
       </c>
       <c r="E68">
         <v>3850</v>
       </c>
       <c r="F68">