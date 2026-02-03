--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -3306,895 +3306,895 @@
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>30143</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>3554</v>
       </c>
       <c r="F2">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G2">
-        <v>141</v>
+        <v>267</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>30144</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>4596</v>
       </c>
       <c r="F3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G3">
-        <v>86</v>
+        <v>118</v>
       </c>
       <c r="H3">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>30145</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>7346</v>
       </c>
       <c r="F4">
         <v>5</v>
       </c>
       <c r="G4">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H4">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>30146</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5">
         <v>7357</v>
       </c>
       <c r="F5">
         <v>6</v>
       </c>
       <c r="G5">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="H5">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>30147</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>7090</v>
       </c>
       <c r="F6">
         <v>9</v>
       </c>
       <c r="G6">
-        <v>98</v>
+        <v>117</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>30148</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>7983</v>
       </c>
       <c r="F7">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="G7">
-        <v>233</v>
+        <v>258</v>
       </c>
       <c r="H7">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>30149</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>7301</v>
       </c>
       <c r="F8">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="G8">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="H8">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>30150</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>7238</v>
       </c>
       <c r="F9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G9">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="H9">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>30151</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10">
         <v>6337</v>
       </c>
       <c r="F10">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G10">
-        <v>140</v>
+        <v>157</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>30152</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11">
         <v>6080</v>
       </c>
       <c r="F11">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G11">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="H11">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>30153</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12">
         <v>6159</v>
       </c>
       <c r="F12">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G12">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="H12">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>30154</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E13">
         <v>6963</v>
       </c>
       <c r="F13">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>30155</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E14">
         <v>6515</v>
       </c>
       <c r="F14">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>30156</v>
       </c>
       <c r="B15" t="s">
         <v>46</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E15">
         <v>6870</v>
       </c>
       <c r="F15">
         <v>6</v>
       </c>
       <c r="G15">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>30157</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E16">
         <v>6235</v>
       </c>
       <c r="F16">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G16">
-        <v>137</v>
+        <v>147</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>30158</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>54</v>
       </c>
       <c r="E17">
         <v>6074</v>
       </c>
       <c r="F17">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>30159</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
       <c r="C18" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>57</v>
       </c>
       <c r="E18">
         <v>6253</v>
       </c>
       <c r="F18">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G18">
-        <v>134</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>30160</v>
       </c>
       <c r="B19" t="s">
         <v>58</v>
       </c>
       <c r="C19" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E19">
         <v>6338</v>
       </c>
       <c r="F19">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>30161</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E20">
         <v>7067</v>
       </c>
       <c r="F20">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="G20">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>30162</v>
       </c>
       <c r="B21" t="s">
         <v>64</v>
       </c>
       <c r="C21" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>66</v>
       </c>
       <c r="E21">
         <v>7438</v>
       </c>
       <c r="F21">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>30163</v>
       </c>
       <c r="B22" t="s">
         <v>67</v>
       </c>
       <c r="C22" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>69</v>
       </c>
       <c r="E22">
         <v>7100</v>
       </c>
       <c r="F22">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>30164</v>
       </c>
       <c r="B23" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E23">
         <v>6979</v>
       </c>
       <c r="F23">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>30165</v>
       </c>
       <c r="B24" t="s">
         <v>73</v>
       </c>
       <c r="C24" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>75</v>
       </c>
       <c r="E24">
         <v>7885</v>
       </c>
       <c r="F24">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G24">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="H24">
         <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>30166</v>
       </c>
       <c r="B25" t="s">
         <v>76</v>
       </c>
       <c r="C25" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>78</v>
       </c>
       <c r="E25">
         <v>8152</v>
       </c>
       <c r="F25">
         <v>12</v>
       </c>
       <c r="G25">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="H25">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>30167</v>
       </c>
       <c r="B26" t="s">
         <v>79</v>
       </c>
       <c r="C26" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E26">
         <v>9547</v>
       </c>
       <c r="F26">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G26">
-        <v>412</v>
+        <v>419</v>
       </c>
       <c r="H26">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>30168</v>
       </c>
       <c r="B27" t="s">
         <v>82</v>
       </c>
       <c r="C27" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>84</v>
       </c>
       <c r="E27">
         <v>9282</v>
       </c>
       <c r="F27">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="G27">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="H27">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>30169</v>
       </c>
       <c r="B28" t="s">
         <v>85</v>
       </c>
       <c r="C28" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E28">
         <v>12739</v>
       </c>
       <c r="F28">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G28">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H28">
         <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>30170</v>
       </c>
       <c r="B29" t="s">
         <v>88</v>
       </c>
       <c r="C29" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E29">
         <v>10057</v>
       </c>
       <c r="F29">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G29">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="H29">
         <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>30171</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
       <c r="C30" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E30">
         <v>8765</v>
       </c>
       <c r="F30">
         <v>15</v>
       </c>
       <c r="G30">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="H30">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>30172</v>
       </c>
       <c r="B31" t="s">
         <v>94</v>
       </c>
       <c r="C31" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>30173</v>
       </c>
       <c r="B32" t="s">
         <v>96</v>
       </c>
       <c r="C32" t="s">
         <v>97</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E32">
         <v>9906</v>
       </c>
       <c r="F32">
         <v>8</v>
       </c>
       <c r="G32">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H32">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>30174</v>
       </c>
       <c r="B33" t="s">
         <v>99</v>
       </c>
       <c r="C33" t="s">
         <v>100</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>101</v>
       </c>
       <c r="E33">
         <v>9930</v>
       </c>
       <c r="F33">
         <v>195</v>
       </c>
       <c r="G33">
         <v>204</v>
       </c>
       <c r="H33">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>30175</v>
       </c>
       <c r="B34" t="s">
         <v>102</v>
       </c>
       <c r="C34" t="s">
         <v>103</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>104</v>
       </c>
       <c r="E34">
         <v>8466</v>
       </c>
       <c r="F34">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="G34">
         <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>30176</v>
       </c>
       <c r="B35" t="s">
         <v>105</v>
       </c>
       <c r="C35" t="s">
         <v>106</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>107</v>
       </c>
       <c r="E35">
         <v>9824</v>
       </c>
       <c r="F35">
         <v>6</v>
       </c>
       <c r="G35">
         <v>109</v>
       </c>
       <c r="H35">
         <v>4</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>30177</v>
       </c>
       <c r="B36" t="s">
         <v>108</v>
       </c>
       <c r="C36" t="s">
         <v>109</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E36">
         <v>10516</v>
       </c>
       <c r="F36">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G36">
         <v>281</v>
       </c>
       <c r="H36">
         <v>3</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>30178</v>
       </c>
       <c r="B37" t="s">
         <v>110</v>
       </c>
       <c r="C37" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>112</v>
       </c>
       <c r="E37">
         <v>10128</v>
       </c>
       <c r="F37">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G37">
         <v>258</v>
       </c>
       <c r="H37">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>30179</v>
       </c>
       <c r="B38" t="s">
         <v>113</v>
       </c>
       <c r="C38" t="s">
         <v>114</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>115</v>
       </c>
       <c r="E38">
         <v>10558</v>
       </c>
       <c r="F38">
@@ -4202,51 +4202,51 @@
       </c>
       <c r="G38">
         <v>125</v>
       </c>
       <c r="H38">
         <v>4</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>30180</v>
       </c>
       <c r="B39" t="s">
         <v>116</v>
       </c>
       <c r="C39" t="s">
         <v>117</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>118</v>
       </c>
       <c r="E39">
         <v>10309</v>
       </c>
       <c r="F39">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G39">
         <v>188</v>
       </c>
       <c r="H39">
         <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>30181</v>
       </c>
       <c r="B40" t="s">
         <v>119</v>
       </c>
       <c r="C40" t="s">
         <v>120</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>121</v>
       </c>
       <c r="E40">
         <v>10365</v>
       </c>
       <c r="F40">
@@ -4254,51 +4254,51 @@
       </c>
       <c r="G40">
         <v>280</v>
       </c>
       <c r="H40">
         <v>8</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>30182</v>
       </c>
       <c r="B41" t="s">
         <v>122</v>
       </c>
       <c r="C41" t="s">
         <v>123</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>124</v>
       </c>
       <c r="E41">
         <v>13932</v>
       </c>
       <c r="F41">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G41">
         <v>101</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>30183</v>
       </c>
       <c r="B42" t="s">
         <v>125</v>
       </c>
       <c r="C42" t="s">
         <v>126</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>127</v>
       </c>
       <c r="E42">
         <v>10213</v>
       </c>
       <c r="F42">
@@ -4332,51 +4332,51 @@
       </c>
       <c r="G43">
         <v>177</v>
       </c>
       <c r="H43">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>30185</v>
       </c>
       <c r="B44" t="s">
         <v>131</v>
       </c>
       <c r="C44" t="s">
         <v>132</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>133</v>
       </c>
       <c r="E44">
         <v>8744</v>
       </c>
       <c r="F44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G44">
         <v>168</v>
       </c>
       <c r="H44">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>30186</v>
       </c>
       <c r="B45" t="s">
         <v>134</v>
       </c>
       <c r="C45" t="s">
         <v>135</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E45">
         <v>8285</v>
       </c>
       <c r="F45">
@@ -4410,51 +4410,51 @@
       </c>
       <c r="G46">
         <v>105</v>
       </c>
       <c r="H46">
         <v>9</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>30188</v>
       </c>
       <c r="B47" t="s">
         <v>140</v>
       </c>
       <c r="C47" t="s">
         <v>141</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>142</v>
       </c>
       <c r="E47">
         <v>9838</v>
       </c>
       <c r="F47">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G47">
         <v>180</v>
       </c>
       <c r="H47">
         <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>30189</v>
       </c>
       <c r="B48" t="s">
         <v>143</v>
       </c>
       <c r="C48" t="s">
         <v>144</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>145</v>
       </c>
       <c r="E48">
         <v>9599</v>
       </c>
       <c r="F48">
@@ -4540,77 +4540,77 @@
       </c>
       <c r="G51">
         <v>215</v>
       </c>
       <c r="H51">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>30193</v>
       </c>
       <c r="B52" t="s">
         <v>155</v>
       </c>
       <c r="C52" t="s">
         <v>156</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>157</v>
       </c>
       <c r="E52">
         <v>9767</v>
       </c>
       <c r="F52">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G52">
         <v>166</v>
       </c>
       <c r="H52">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>30194</v>
       </c>
       <c r="B53" t="s">
         <v>158</v>
       </c>
       <c r="C53" t="s">
         <v>159</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>160</v>
       </c>
       <c r="E53">
         <v>9780</v>
       </c>
       <c r="F53">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="G53">
         <v>213</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>30195</v>
       </c>
       <c r="B54" t="s">
         <v>161</v>
       </c>
       <c r="C54" t="s">
         <v>162</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>163</v>
       </c>
       <c r="E54">
         <v>10538</v>
       </c>
       <c r="F54">
@@ -4693,51 +4693,51 @@
       </c>
       <c r="G57">
         <v>142</v>
       </c>
       <c r="H57">
         <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>30199</v>
       </c>
       <c r="B58" t="s">
         <v>172</v>
       </c>
       <c r="C58" t="s">
         <v>173</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>174</v>
       </c>
       <c r="E58">
         <v>10678</v>
       </c>
       <c r="F58">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G58">
         <v>267</v>
       </c>
       <c r="H58">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>30200</v>
       </c>
       <c r="B59" t="s">
         <v>175</v>
       </c>
       <c r="C59" t="s">
         <v>176</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>177</v>
       </c>
       <c r="E59">
         <v>9671</v>
       </c>
       <c r="F59">
@@ -4771,152 +4771,152 @@
       </c>
       <c r="G60">
         <v>103</v>
       </c>
       <c r="H60">
         <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>30202</v>
       </c>
       <c r="B61" t="s">
         <v>181</v>
       </c>
       <c r="C61" t="s">
         <v>182</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>183</v>
       </c>
       <c r="E61">
         <v>10225</v>
       </c>
       <c r="F61">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G61">
         <v>88</v>
       </c>
       <c r="H61">
         <v>17</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>30203</v>
       </c>
       <c r="B62" t="s">
         <v>184</v>
       </c>
       <c r="C62" t="s">
         <v>185</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>186</v>
       </c>
       <c r="E62">
         <v>11800</v>
       </c>
       <c r="F62">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="G62">
         <v>303</v>
       </c>
       <c r="H62">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>30204</v>
       </c>
       <c r="B63" t="s">
         <v>187</v>
       </c>
       <c r="C63" t="s">
         <v>188</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>189</v>
       </c>
       <c r="E63">
         <v>10785</v>
       </c>
       <c r="F63">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G63">
         <v>225</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>30205</v>
       </c>
       <c r="B64" t="s">
         <v>190</v>
       </c>
       <c r="C64" t="s">
         <v>191</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>192</v>
       </c>
       <c r="E64">
         <v>10926</v>
       </c>
       <c r="F64">
         <v>6</v>
       </c>
       <c r="G64">
         <v>116</v>
       </c>
       <c r="H64">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>30206</v>
       </c>
       <c r="B65" t="s">
         <v>193</v>
       </c>
       <c r="C65" t="s">
         <v>194</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>195</v>
       </c>
       <c r="E65">
         <v>11075</v>
       </c>
       <c r="F65">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G65">
         <v>385</v>
       </c>
       <c r="H65">
         <v>3</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>30207</v>
       </c>
       <c r="B66" t="s">
         <v>196</v>
       </c>
       <c r="C66" t="s">
         <v>197</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>198</v>
       </c>
       <c r="E66">
         <v>11682</v>
       </c>
       <c r="F66">
@@ -4924,103 +4924,103 @@
       </c>
       <c r="G66">
         <v>96</v>
       </c>
       <c r="H66">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>30208</v>
       </c>
       <c r="B67" t="s">
         <v>199</v>
       </c>
       <c r="C67" t="s">
         <v>200</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>201</v>
       </c>
       <c r="E67">
         <v>12962</v>
       </c>
       <c r="F67">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G67">
         <v>201</v>
       </c>
       <c r="H67">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>30209</v>
       </c>
       <c r="B68" t="s">
         <v>202</v>
       </c>
       <c r="C68" t="s">
         <v>203</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>204</v>
       </c>
       <c r="E68">
         <v>15626</v>
       </c>
       <c r="F68">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G68">
         <v>229</v>
       </c>
       <c r="H68">
         <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>30210</v>
       </c>
       <c r="B69" t="s">
         <v>205</v>
       </c>
       <c r="C69" t="s">
         <v>206</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>207</v>
       </c>
       <c r="E69">
         <v>11931</v>
       </c>
       <c r="F69">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G69">
         <v>170</v>
       </c>
       <c r="H69">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>30211</v>
       </c>
       <c r="B70" t="s">
         <v>208</v>
       </c>
       <c r="C70" t="s">
         <v>209</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>136</v>
       </c>
       <c r="E70">
         <v>10908</v>
       </c>
       <c r="F70">
@@ -5054,103 +5054,103 @@
       </c>
       <c r="G71">
         <v>111</v>
       </c>
       <c r="H71">
         <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>30213</v>
       </c>
       <c r="B72" t="s">
         <v>213</v>
       </c>
       <c r="C72" t="s">
         <v>214</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>215</v>
       </c>
       <c r="E72">
         <v>11604</v>
       </c>
       <c r="F72">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G72">
         <v>324</v>
       </c>
       <c r="H72">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>30214</v>
       </c>
       <c r="B73" t="s">
         <v>216</v>
       </c>
       <c r="C73" t="s">
         <v>217</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>218</v>
       </c>
       <c r="E73">
         <v>12590</v>
       </c>
       <c r="F73">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G73">
         <v>158</v>
       </c>
       <c r="H73">
         <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>30215</v>
       </c>
       <c r="B74" t="s">
         <v>219</v>
       </c>
       <c r="C74" t="s">
         <v>220</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>221</v>
       </c>
       <c r="E74">
         <v>16225</v>
       </c>
       <c r="F74">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G74">
         <v>200</v>
       </c>
       <c r="H74">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>30216</v>
       </c>
       <c r="B75" t="s">
         <v>222</v>
       </c>
       <c r="C75" t="s">
         <v>223</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>224</v>
       </c>
       <c r="E75">
         <v>12671</v>
       </c>
       <c r="F75">
@@ -5158,129 +5158,129 @@
       </c>
       <c r="G75">
         <v>127</v>
       </c>
       <c r="H75">
         <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>30217</v>
       </c>
       <c r="B76" t="s">
         <v>225</v>
       </c>
       <c r="C76" t="s">
         <v>226</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>227</v>
       </c>
       <c r="E76">
         <v>19381</v>
       </c>
       <c r="F76">
-        <v>111</v>
+        <v>136</v>
       </c>
       <c r="G76">
         <v>211</v>
       </c>
       <c r="H76">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>30218</v>
       </c>
       <c r="B77" t="s">
         <v>228</v>
       </c>
       <c r="C77" t="s">
         <v>229</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>230</v>
       </c>
       <c r="E77">
         <v>7880</v>
       </c>
       <c r="F77">
         <v>6</v>
       </c>
       <c r="G77">
         <v>154</v>
       </c>
       <c r="H77">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>30219</v>
       </c>
       <c r="B78" t="s">
         <v>231</v>
       </c>
       <c r="C78" t="s">
         <v>232</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E78">
         <v>13372</v>
       </c>
       <c r="F78">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G78">
         <v>448</v>
       </c>
       <c r="H78">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>30220</v>
       </c>
       <c r="B79" t="s">
         <v>234</v>
       </c>
       <c r="C79" t="s">
         <v>235</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>236</v>
       </c>
       <c r="E79">
         <v>14098</v>
       </c>
       <c r="F79">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G79">
         <v>119</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>30221</v>
       </c>
       <c r="B80" t="s">
         <v>237</v>
       </c>
       <c r="C80" t="s">
         <v>238</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>212</v>
       </c>
       <c r="E80">
         <v>11725</v>
       </c>
       <c r="F80">
         <v>38</v>
       </c>
       <c r="G80">
@@ -5337,51 +5337,51 @@
       </c>
       <c r="G82">
         <v>167</v>
       </c>
       <c r="H82">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>30224</v>
       </c>
       <c r="B83" t="s">
         <v>245</v>
       </c>
       <c r="C83" t="s">
         <v>246</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>247</v>
       </c>
       <c r="E83">
         <v>9873</v>
       </c>
       <c r="F83">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G83">
         <v>235</v>
       </c>
       <c r="H83">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>30225</v>
       </c>
       <c r="B84" t="s">
         <v>248</v>
       </c>
       <c r="C84" t="s">
         <v>249</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>250</v>
       </c>
       <c r="E84">
         <v>11120</v>
       </c>
       <c r="F84">
@@ -5389,77 +5389,77 @@
       </c>
       <c r="G84">
         <v>112</v>
       </c>
       <c r="H84">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
         <v>30226</v>
       </c>
       <c r="B85" t="s">
         <v>251</v>
       </c>
       <c r="C85" t="s">
         <v>252</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>253</v>
       </c>
       <c r="E85">
         <v>15599</v>
       </c>
       <c r="F85">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G85">
         <v>326</v>
       </c>
       <c r="H85">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
         <v>30227</v>
       </c>
       <c r="B86" t="s">
         <v>254</v>
       </c>
       <c r="C86" t="s">
         <v>255</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>256</v>
       </c>
       <c r="E86">
         <v>10560</v>
       </c>
       <c r="F86">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G86">
         <v>144</v>
       </c>
       <c r="H86">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
         <v>30228</v>
       </c>
       <c r="B87" t="s">
         <v>257</v>
       </c>
       <c r="C87" t="s">
         <v>258</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>259</v>
       </c>
       <c r="E87">
         <v>10946</v>
       </c>
       <c r="F87">
@@ -5519,51 +5519,51 @@
       </c>
       <c r="G89">
         <v>170</v>
       </c>
       <c r="H89">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
         <v>30231</v>
       </c>
       <c r="B90" t="s">
         <v>266</v>
       </c>
       <c r="C90" t="s">
         <v>267</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E90">
         <v>10542</v>
       </c>
       <c r="F90">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G90">
         <v>262</v>
       </c>
       <c r="H90">
         <v>8</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
         <v>30232</v>
       </c>
       <c r="B91" t="s">
         <v>269</v>
       </c>
       <c r="C91" t="s">
         <v>270</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>271</v>
       </c>
       <c r="E91">
         <v>14758</v>
       </c>
       <c r="F91">
@@ -5571,77 +5571,77 @@
       </c>
       <c r="G91">
         <v>111</v>
       </c>
       <c r="H91">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
         <v>30233</v>
       </c>
       <c r="B92" t="s">
         <v>272</v>
       </c>
       <c r="C92" t="s">
         <v>273</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E92">
         <v>10869</v>
       </c>
       <c r="F92">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G92">
         <v>163</v>
       </c>
       <c r="H92">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>30234</v>
       </c>
       <c r="B93" t="s">
         <v>275</v>
       </c>
       <c r="C93" t="s">
         <v>276</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>277</v>
       </c>
       <c r="E93">
         <v>10790</v>
       </c>
       <c r="F93">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G93">
         <v>151</v>
       </c>
       <c r="H93">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>30235</v>
       </c>
       <c r="B94" t="s">
         <v>278</v>
       </c>
       <c r="C94" t="s">
         <v>279</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>280</v>
       </c>
       <c r="E94">
         <v>9745</v>
       </c>
       <c r="F94">
@@ -5675,51 +5675,51 @@
       </c>
       <c r="G95">
         <v>66</v>
       </c>
       <c r="H95">
         <v>4</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
         <v>30237</v>
       </c>
       <c r="B96" t="s">
         <v>284</v>
       </c>
       <c r="C96" t="s">
         <v>285</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>286</v>
       </c>
       <c r="E96">
         <v>9922</v>
       </c>
       <c r="F96">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G96">
         <v>116</v>
       </c>
       <c r="H96">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
         <v>30238</v>
       </c>
       <c r="B97" t="s">
         <v>287</v>
       </c>
       <c r="C97" t="s">
         <v>288</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>289</v>
       </c>
       <c r="E97">
         <v>11336</v>
       </c>
       <c r="F97">
@@ -5955,51 +5955,51 @@
       </c>
       <c r="G106">
         <v>91</v>
       </c>
       <c r="H106">
         <v>2</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>30248</v>
       </c>
       <c r="B107" t="s">
         <v>317</v>
       </c>
       <c r="C107" t="s">
         <v>318</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>319</v>
       </c>
       <c r="E107">
         <v>10490</v>
       </c>
       <c r="F107">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G107">
         <v>123</v>
       </c>
       <c r="H107">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>30249</v>
       </c>
       <c r="B108" t="s">
         <v>320</v>
       </c>
       <c r="C108" t="s">
         <v>321</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>322</v>
       </c>
       <c r="E108">
         <v>10786</v>
       </c>
       <c r="F108">
@@ -6437,1206 +6437,1737 @@
       </c>
       <c r="G125">
         <v>112</v>
       </c>
       <c r="H125">
         <v>8</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
         <v>30267</v>
       </c>
       <c r="B126" t="s">
         <v>371</v>
       </c>
       <c r="C126" t="s">
         <v>372</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>274</v>
       </c>
       <c r="E126">
         <v>11832</v>
       </c>
       <c r="F126">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G126">
         <v>180</v>
       </c>
       <c r="H126">
         <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>30268</v>
       </c>
       <c r="B127" t="s">
         <v>373</v>
       </c>
       <c r="C127" t="s">
         <v>374</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>375</v>
       </c>
       <c r="E127">
         <v>12605</v>
       </c>
       <c r="F127">
         <v>49</v>
       </c>
       <c r="G127">
         <v>220</v>
       </c>
       <c r="H127">
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>30269</v>
       </c>
       <c r="B128" t="s">
         <v>376</v>
       </c>
       <c r="C128" t="s">
         <v>377</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>378</v>
       </c>
       <c r="E128">
         <v>12183</v>
       </c>
+      <c r="F128">
+        <v>13</v>
+      </c>
+      <c r="G128">
+        <v>97</v>
+      </c>
+      <c r="H128">
+        <v>4</v>
+      </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>30270</v>
       </c>
       <c r="B129" t="s">
         <v>379</v>
       </c>
       <c r="C129" t="s">
         <v>380</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>381</v>
       </c>
       <c r="E129">
         <v>17691</v>
       </c>
+      <c r="F129">
+        <v>104</v>
+      </c>
+      <c r="G129">
+        <v>227</v>
+      </c>
+      <c r="H129">
+        <v>13</v>
+      </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>30271</v>
       </c>
       <c r="B130" t="s">
         <v>382</v>
       </c>
       <c r="C130" t="s">
         <v>383</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>384</v>
       </c>
       <c r="E130">
         <v>9857</v>
       </c>
+      <c r="F130">
+        <v>7</v>
+      </c>
+      <c r="G130">
+        <v>159</v>
+      </c>
+      <c r="H130">
+        <v>5</v>
+      </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>30272</v>
       </c>
       <c r="B131" t="s">
         <v>385</v>
       </c>
       <c r="C131" t="s">
         <v>386</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>292</v>
       </c>
       <c r="E131">
         <v>8716</v>
       </c>
+      <c r="F131">
+        <v>2</v>
+      </c>
+      <c r="G131">
+        <v>85</v>
+      </c>
+      <c r="H131">
+        <v>3</v>
+      </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>30273</v>
       </c>
       <c r="B132" t="s">
         <v>387</v>
       </c>
       <c r="C132" t="s">
         <v>388</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>389</v>
       </c>
       <c r="E132">
         <v>9572</v>
       </c>
+      <c r="F132">
+        <v>9</v>
+      </c>
+      <c r="G132">
+        <v>124</v>
+      </c>
+      <c r="H132">
+        <v>2</v>
+      </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>30274</v>
       </c>
       <c r="B133" t="s">
         <v>390</v>
       </c>
       <c r="C133" t="s">
         <v>391</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>392</v>
       </c>
       <c r="E133">
         <v>8501</v>
       </c>
+      <c r="F133">
+        <v>5</v>
+      </c>
+      <c r="G133">
+        <v>118</v>
+      </c>
+      <c r="H133">
+        <v>1</v>
+      </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>30275</v>
       </c>
       <c r="B134" t="s">
         <v>393</v>
       </c>
       <c r="C134" t="s">
         <v>394</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>395</v>
       </c>
       <c r="E134">
         <v>9372</v>
       </c>
+      <c r="F134">
+        <v>14</v>
+      </c>
+      <c r="G134">
+        <v>120</v>
+      </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>30276</v>
       </c>
       <c r="B135" t="s">
         <v>396</v>
       </c>
       <c r="C135" t="s">
         <v>397</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>398</v>
       </c>
       <c r="E135">
         <v>9976</v>
       </c>
+      <c r="F135">
+        <v>7</v>
+      </c>
+      <c r="G135">
+        <v>198</v>
+      </c>
+      <c r="H135">
+        <v>4</v>
+      </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>30277</v>
       </c>
       <c r="B136" t="s">
         <v>399</v>
       </c>
       <c r="C136" t="s">
         <v>400</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>401</v>
       </c>
       <c r="E136">
         <v>10267</v>
       </c>
+      <c r="F136">
+        <v>7</v>
+      </c>
+      <c r="G136">
+        <v>165</v>
+      </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
         <v>30278</v>
       </c>
       <c r="B137" t="s">
         <v>402</v>
       </c>
       <c r="C137" t="s">
         <v>403</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>404</v>
       </c>
       <c r="E137">
         <v>8745</v>
       </c>
+      <c r="F137">
+        <v>18</v>
+      </c>
+      <c r="G137">
+        <v>165</v>
+      </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
         <v>30279</v>
       </c>
       <c r="B138" t="s">
         <v>405</v>
       </c>
       <c r="C138" t="s">
         <v>406</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>407</v>
       </c>
       <c r="E138">
         <v>10044</v>
       </c>
+      <c r="F138">
+        <v>8</v>
+      </c>
+      <c r="G138">
+        <v>92</v>
+      </c>
+      <c r="H138">
+        <v>7</v>
+      </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>30280</v>
       </c>
       <c r="B139" t="s">
         <v>408</v>
       </c>
       <c r="C139" t="s">
         <v>409</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>410</v>
       </c>
       <c r="E139">
         <v>10604</v>
       </c>
+      <c r="F139">
+        <v>4</v>
+      </c>
+      <c r="G139">
+        <v>164</v>
+      </c>
+      <c r="H139">
+        <v>1</v>
+      </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>30281</v>
       </c>
       <c r="B140" t="s">
         <v>411</v>
       </c>
       <c r="C140" t="s">
         <v>412</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>413</v>
       </c>
       <c r="E140">
         <v>10016</v>
       </c>
+      <c r="F140">
+        <v>16</v>
+      </c>
+      <c r="G140">
+        <v>206</v>
+      </c>
+      <c r="H140">
+        <v>3</v>
+      </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
         <v>30282</v>
       </c>
       <c r="B141" t="s">
         <v>414</v>
       </c>
       <c r="C141" t="s">
         <v>415</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>416</v>
       </c>
       <c r="E141">
         <v>9887</v>
       </c>
+      <c r="F141">
+        <v>16</v>
+      </c>
+      <c r="G141">
+        <v>183</v>
+      </c>
+      <c r="H141">
+        <v>5</v>
+      </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>30283</v>
       </c>
       <c r="B142" t="s">
         <v>417</v>
       </c>
       <c r="C142" t="s">
         <v>418</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E142">
         <v>9457</v>
       </c>
+      <c r="F142">
+        <v>6</v>
+      </c>
+      <c r="G142">
+        <v>105</v>
+      </c>
+      <c r="H142">
+        <v>2</v>
+      </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>30284</v>
       </c>
       <c r="B143" t="s">
         <v>419</v>
       </c>
       <c r="C143" t="s">
         <v>420</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>421</v>
       </c>
       <c r="E143">
         <v>9326</v>
       </c>
+      <c r="F143">
+        <v>8</v>
+      </c>
+      <c r="G143">
+        <v>92</v>
+      </c>
+      <c r="H143">
+        <v>5</v>
+      </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>30285</v>
       </c>
       <c r="B144" t="s">
         <v>422</v>
       </c>
       <c r="C144" t="s">
         <v>423</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>424</v>
       </c>
       <c r="E144">
         <v>10943</v>
       </c>
+      <c r="F144">
+        <v>9</v>
+      </c>
+      <c r="G144">
+        <v>181</v>
+      </c>
+      <c r="H144">
+        <v>7</v>
+      </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>30286</v>
       </c>
       <c r="B145" t="s">
         <v>425</v>
       </c>
       <c r="C145" t="s">
         <v>426</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>427</v>
       </c>
       <c r="E145">
         <v>9812</v>
       </c>
+      <c r="F145">
+        <v>24</v>
+      </c>
+      <c r="G145">
+        <v>269</v>
+      </c>
+      <c r="H145">
+        <v>11</v>
+      </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>30287</v>
       </c>
       <c r="B146" t="s">
         <v>428</v>
       </c>
       <c r="C146" t="s">
         <v>429</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>316</v>
       </c>
       <c r="E146">
         <v>9419</v>
       </c>
+      <c r="F146">
+        <v>22</v>
+      </c>
+      <c r="G146">
+        <v>99</v>
+      </c>
+      <c r="H146">
+        <v>4</v>
+      </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>30288</v>
       </c>
       <c r="B147" t="s">
         <v>430</v>
       </c>
       <c r="C147" t="s">
         <v>431</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>432</v>
       </c>
       <c r="E147">
         <v>9542</v>
       </c>
+      <c r="F147">
+        <v>9</v>
+      </c>
+      <c r="G147">
+        <v>96</v>
+      </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>30289</v>
       </c>
       <c r="B148" t="s">
         <v>433</v>
       </c>
       <c r="C148" t="s">
         <v>434</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>421</v>
       </c>
       <c r="E148">
         <v>14005</v>
       </c>
+      <c r="F148">
+        <v>10</v>
+      </c>
+      <c r="G148">
+        <v>111</v>
+      </c>
+      <c r="H148">
+        <v>3</v>
+      </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
         <v>30290</v>
       </c>
       <c r="B149" t="s">
         <v>435</v>
       </c>
       <c r="C149" t="s">
         <v>436</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>437</v>
       </c>
       <c r="E149">
         <v>13329</v>
       </c>
+      <c r="F149">
+        <v>17</v>
+      </c>
+      <c r="G149">
+        <v>267</v>
+      </c>
+      <c r="H149">
+        <v>13</v>
+      </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>30291</v>
       </c>
       <c r="B150" t="s">
         <v>438</v>
       </c>
       <c r="C150" t="s">
         <v>439</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>440</v>
       </c>
       <c r="E150">
         <v>15862</v>
       </c>
+      <c r="F150">
+        <v>10</v>
+      </c>
+      <c r="G150">
+        <v>135</v>
+      </c>
+      <c r="H150">
+        <v>6</v>
+      </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>30292</v>
       </c>
       <c r="B151" t="s">
         <v>441</v>
       </c>
       <c r="C151" t="s">
         <v>442</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>443</v>
       </c>
       <c r="E151">
         <v>11495</v>
       </c>
+      <c r="F151">
+        <v>58</v>
+      </c>
+      <c r="G151">
+        <v>85</v>
+      </c>
+      <c r="H151">
+        <v>22</v>
+      </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>30293</v>
       </c>
       <c r="B152" t="s">
         <v>444</v>
       </c>
       <c r="C152" t="s">
         <v>445</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>446</v>
       </c>
       <c r="E152">
         <v>11616</v>
       </c>
+      <c r="F152">
+        <v>1</v>
+      </c>
+      <c r="G152">
+        <v>123</v>
+      </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>30294</v>
       </c>
       <c r="B153" t="s">
         <v>447</v>
       </c>
       <c r="C153" t="s">
         <v>448</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>449</v>
       </c>
       <c r="E153">
         <v>10645</v>
       </c>
+      <c r="F153">
+        <v>13</v>
+      </c>
+      <c r="G153">
+        <v>165</v>
+      </c>
+      <c r="H153">
+        <v>5</v>
+      </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>30295</v>
       </c>
       <c r="B154" t="s">
         <v>450</v>
       </c>
       <c r="C154" t="s">
         <v>451</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>452</v>
       </c>
       <c r="E154">
         <v>10684</v>
       </c>
+      <c r="F154">
+        <v>8</v>
+      </c>
+      <c r="G154">
+        <v>121</v>
+      </c>
+      <c r="H154">
+        <v>5</v>
+      </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>30296</v>
       </c>
       <c r="B155" t="s">
         <v>453</v>
       </c>
       <c r="C155" t="s">
         <v>454</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E155">
         <v>11078</v>
       </c>
+      <c r="F155">
+        <v>18</v>
+      </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>30297</v>
       </c>
       <c r="B156" t="s">
         <v>456</v>
       </c>
       <c r="C156" t="s">
         <v>457</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>455</v>
       </c>
       <c r="E156">
         <v>122</v>
       </c>
+      <c r="G156">
+        <v>1</v>
+      </c>
+      <c r="H156">
+        <v>2</v>
+      </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>30298</v>
       </c>
       <c r="B157" t="s">
         <v>458</v>
       </c>
       <c r="C157" t="s">
         <v>459</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>460</v>
       </c>
       <c r="E157">
         <v>10283</v>
       </c>
+      <c r="F157">
+        <v>14</v>
+      </c>
+      <c r="G157">
+        <v>157</v>
+      </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>30299</v>
       </c>
       <c r="B158" t="s">
         <v>461</v>
       </c>
       <c r="C158" t="s">
         <v>462</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>463</v>
       </c>
       <c r="E158">
         <v>10192</v>
       </c>
+      <c r="F158">
+        <v>18</v>
+      </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>30300</v>
       </c>
       <c r="B159" t="s">
         <v>464</v>
       </c>
       <c r="C159" t="s">
         <v>465</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>466</v>
       </c>
       <c r="E159">
         <v>10196</v>
       </c>
+      <c r="F159">
+        <v>28</v>
+      </c>
+      <c r="G159">
+        <v>211</v>
+      </c>
+      <c r="H159">
+        <v>10</v>
+      </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>30301</v>
       </c>
       <c r="B160" t="s">
         <v>467</v>
       </c>
       <c r="C160" t="s">
         <v>468</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E160">
         <v>10762</v>
       </c>
+      <c r="F160">
+        <v>65</v>
+      </c>
+      <c r="G160">
+        <v>246</v>
+      </c>
+      <c r="H160">
+        <v>6</v>
+      </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>30302</v>
       </c>
       <c r="B161" t="s">
         <v>469</v>
       </c>
       <c r="C161" t="s">
         <v>470</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>471</v>
       </c>
       <c r="E161">
         <v>9574</v>
       </c>
+      <c r="F161">
+        <v>26</v>
+      </c>
+      <c r="G161">
+        <v>166</v>
+      </c>
+      <c r="H161">
+        <v>4</v>
+      </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>30303</v>
       </c>
       <c r="B162" t="s">
         <v>472</v>
       </c>
       <c r="C162" t="s">
         <v>473</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>474</v>
       </c>
       <c r="E162">
         <v>9423</v>
       </c>
+      <c r="F162">
+        <v>12</v>
+      </c>
+      <c r="G162">
+        <v>141</v>
+      </c>
+      <c r="H162">
+        <v>3</v>
+      </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>30304</v>
       </c>
       <c r="B163" t="s">
         <v>475</v>
       </c>
       <c r="C163" t="s">
         <v>476</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>477</v>
       </c>
       <c r="E163">
         <v>9644</v>
       </c>
+      <c r="F163">
+        <v>7</v>
+      </c>
+      <c r="G163">
+        <v>139</v>
+      </c>
+      <c r="H163">
+        <v>1</v>
+      </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>30305</v>
       </c>
       <c r="B164" t="s">
         <v>478</v>
       </c>
       <c r="C164" t="s">
         <v>479</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E164">
         <v>9905</v>
       </c>
+      <c r="F164">
+        <v>12</v>
+      </c>
+      <c r="G164">
+        <v>153</v>
+      </c>
+      <c r="H164">
+        <v>5</v>
+      </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>30306</v>
       </c>
       <c r="B165" t="s">
         <v>480</v>
       </c>
       <c r="C165" t="s">
         <v>481</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E165">
         <v>9059</v>
       </c>
+      <c r="F165">
+        <v>11</v>
+      </c>
+      <c r="G165">
+        <v>158</v>
+      </c>
+      <c r="H165">
+        <v>2</v>
+      </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>30307</v>
       </c>
       <c r="B166" t="s">
         <v>482</v>
       </c>
       <c r="C166" t="s">
         <v>483</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>484</v>
       </c>
       <c r="E166">
         <v>8791</v>
       </c>
+      <c r="F166">
+        <v>9</v>
+      </c>
+      <c r="G166">
+        <v>156</v>
+      </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>30308</v>
       </c>
       <c r="B167" t="s">
         <v>485</v>
       </c>
       <c r="C167" t="s">
         <v>486</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>487</v>
       </c>
       <c r="E167">
         <v>11636</v>
       </c>
+      <c r="F167">
+        <v>45</v>
+      </c>
+      <c r="G167">
+        <v>189</v>
+      </c>
+      <c r="H167">
+        <v>6</v>
+      </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>30309</v>
       </c>
       <c r="B168" t="s">
         <v>488</v>
       </c>
       <c r="C168" t="s">
         <v>489</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>490</v>
       </c>
       <c r="E168">
         <v>11447</v>
       </c>
+      <c r="F168">
+        <v>28</v>
+      </c>
+      <c r="G168">
+        <v>155</v>
+      </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>30310</v>
       </c>
       <c r="B169" t="s">
         <v>491</v>
       </c>
       <c r="C169" t="s">
         <v>492</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E169">
         <v>10134</v>
       </c>
+      <c r="F169">
+        <v>18</v>
+      </c>
+      <c r="G169">
+        <v>178</v>
+      </c>
+      <c r="H169">
+        <v>8</v>
+      </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>30311</v>
       </c>
       <c r="B170" t="s">
         <v>494</v>
       </c>
       <c r="C170" t="s">
         <v>495</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E170">
         <v>9586</v>
       </c>
+      <c r="F170">
+        <v>15</v>
+      </c>
+      <c r="G170">
+        <v>142</v>
+      </c>
+      <c r="H170">
+        <v>5</v>
+      </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>30312</v>
       </c>
       <c r="B171" t="s">
         <v>496</v>
       </c>
       <c r="C171" t="s">
         <v>497</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>498</v>
       </c>
       <c r="E171">
         <v>9619</v>
       </c>
+      <c r="F171">
+        <v>26</v>
+      </c>
+      <c r="G171">
+        <v>171</v>
+      </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>30313</v>
       </c>
       <c r="B172" t="s">
         <v>499</v>
       </c>
       <c r="C172" t="s">
         <v>500</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>498</v>
       </c>
       <c r="E172">
         <v>9214</v>
       </c>
+      <c r="F172">
+        <v>22</v>
+      </c>
+      <c r="G172">
+        <v>184</v>
+      </c>
+      <c r="H172">
+        <v>7</v>
+      </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
         <v>30314</v>
       </c>
       <c r="B173" t="s">
         <v>501</v>
       </c>
       <c r="C173" t="s">
         <v>502</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E173">
         <v>8372</v>
       </c>
+      <c r="F173">
+        <v>16</v>
+      </c>
+      <c r="G173">
+        <v>131</v>
+      </c>
+      <c r="H173">
+        <v>3</v>
+      </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>30315</v>
       </c>
       <c r="B174" t="s">
         <v>503</v>
       </c>
       <c r="C174" t="s">
         <v>504</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E174">
         <v>8109</v>
       </c>
+      <c r="F174">
+        <v>6</v>
+      </c>
+      <c r="G174">
+        <v>125</v>
+      </c>
+      <c r="H174">
+        <v>1</v>
+      </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>30316</v>
       </c>
       <c r="B175" t="s">
         <v>505</v>
       </c>
       <c r="C175" t="s">
         <v>506</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>493</v>
       </c>
       <c r="E175">
         <v>156</v>
       </c>
+      <c r="F175">
+        <v>1</v>
+      </c>
+      <c r="G175">
+        <v>1</v>
+      </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>30317</v>
       </c>
       <c r="B176" t="s">
         <v>507</v>
       </c>
       <c r="C176" t="s">
         <v>508</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>509</v>
       </c>
       <c r="E176">
         <v>8380</v>
       </c>
+      <c r="F176">
+        <v>8</v>
+      </c>
+      <c r="G176">
+        <v>122</v>
+      </c>
+      <c r="H176">
+        <v>1</v>
+      </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>30318</v>
       </c>
       <c r="B177" t="s">
         <v>510</v>
       </c>
       <c r="C177" t="s">
         <v>511</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>512</v>
       </c>
       <c r="E177">
         <v>8080</v>
       </c>
+      <c r="F177">
+        <v>15</v>
+      </c>
+      <c r="G177">
+        <v>140</v>
+      </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>30319</v>
       </c>
       <c r="B178" t="s">
         <v>513</v>
       </c>
       <c r="C178" t="s">
         <v>514</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>515</v>
       </c>
       <c r="E178">
         <v>8777</v>
       </c>
+      <c r="F178">
+        <v>21</v>
+      </c>
+      <c r="G178">
+        <v>143</v>
+      </c>
+      <c r="H178">
+        <v>7</v>
+      </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
         <v>30320</v>
       </c>
       <c r="B179" t="s">
         <v>516</v>
       </c>
       <c r="C179" t="s">
         <v>517</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>518</v>
       </c>
       <c r="E179">
         <v>7782</v>
       </c>
+      <c r="F179">
+        <v>3</v>
+      </c>
+      <c r="G179">
+        <v>135</v>
+      </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
         <v>30321</v>
       </c>
       <c r="B180" t="s">
         <v>519</v>
       </c>
       <c r="C180" t="s">
         <v>520</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>521</v>
       </c>
       <c r="E180">
         <v>7751</v>
       </c>
+      <c r="F180">
+        <v>7</v>
+      </c>
+      <c r="G180">
+        <v>119</v>
+      </c>
+      <c r="H180">
+        <v>1</v>
+      </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>30322</v>
       </c>
       <c r="B181" t="s">
         <v>522</v>
       </c>
       <c r="C181" t="s">
         <v>523</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>524</v>
       </c>
       <c r="E181">
         <v>7894</v>
       </c>
+      <c r="F181">
+        <v>11</v>
+      </c>
+      <c r="G181">
+        <v>141</v>
+      </c>
+      <c r="H181">
+        <v>5</v>
+      </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>30323</v>
       </c>
       <c r="B182" t="s">
         <v>525</v>
       </c>
       <c r="C182" t="s">
         <v>526</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>498</v>
       </c>
       <c r="E182">
         <v>7607</v>
       </c>
+      <c r="F182">
+        <v>9</v>
+      </c>
+      <c r="G182">
+        <v>126</v>
+      </c>
+      <c r="H182">
+        <v>1</v>
+      </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>30324</v>
       </c>
       <c r="B183" t="s">
         <v>527</v>
       </c>
       <c r="C183" t="s">
         <v>528</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>498</v>
       </c>
       <c r="E183">
         <v>7941</v>
       </c>
+      <c r="F183">
+        <v>13</v>
+      </c>
+      <c r="G183">
+        <v>121</v>
+      </c>
+      <c r="H183">
+        <v>5</v>
+      </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>30325</v>
       </c>
       <c r="B184" t="s">
         <v>529</v>
       </c>
       <c r="C184" t="s">
         <v>530</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E184">
         <v>8416</v>
       </c>
+      <c r="F184">
+        <v>15</v>
+      </c>
+      <c r="G184">
+        <v>175</v>
+      </c>
+      <c r="H184">
+        <v>7</v>
+      </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>30326</v>
       </c>
       <c r="B185" t="s">
         <v>531</v>
       </c>
       <c r="C185" t="s">
         <v>532</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E185">
         <v>8580</v>
       </c>
+      <c r="F185">
+        <v>7</v>
+      </c>
+      <c r="G185">
+        <v>155</v>
+      </c>
+      <c r="H185">
+        <v>8</v>
+      </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>30327</v>
       </c>
       <c r="B186" t="s">
         <v>533</v>
       </c>
       <c r="C186" t="s">
         <v>534</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E186">
         <v>9135</v>
       </c>
+      <c r="F186">
+        <v>21</v>
+      </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>30328</v>
       </c>
       <c r="B187" t="s">
         <v>535</v>
       </c>
       <c r="C187" t="s">
         <v>536</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>537</v>
       </c>
       <c r="E187">
         <v>9970</v>
       </c>
+      <c r="F187">
+        <v>49</v>
+      </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>30329</v>
       </c>
       <c r="B188" t="s">
         <v>538</v>
       </c>
       <c r="C188" t="s">
         <v>539</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>540</v>
       </c>
       <c r="E188">
         <v>15312</v>
       </c>
+      <c r="F188">
+        <v>132</v>
+      </c>
+      <c r="G188">
+        <v>315</v>
+      </c>
+      <c r="H188">
+        <v>21</v>
+      </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>30330</v>
       </c>
       <c r="B189" t="s">
         <v>541</v>
       </c>
       <c r="C189" t="s">
         <v>542</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>543</v>
       </c>
       <c r="E189">
         <v>18101</v>
       </c>
+      <c r="F189">
+        <v>104</v>
+      </c>
+      <c r="G189">
+        <v>147</v>
+      </c>
+      <c r="H189">
+        <v>2</v>
+      </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>30331</v>
       </c>
       <c r="B190" t="s">
         <v>544</v>
       </c>
       <c r="C190" t="s">
         <v>545</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>546</v>
       </c>
       <c r="E190">
         <v>11324</v>
       </c>
+      <c r="F190">
+        <v>12</v>
+      </c>
+      <c r="G190">
+        <v>120</v>
+      </c>
+      <c r="H190">
+        <v>9</v>
+      </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>30332</v>
       </c>
       <c r="B191" t="s">
         <v>547</v>
       </c>
       <c r="C191" t="s">
         <v>548</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>549</v>
       </c>
       <c r="E191">
         <v>9347</v>
       </c>
+      <c r="F191">
+        <v>10</v>
+      </c>
+      <c r="G191">
+        <v>176</v>
+      </c>
+      <c r="H191">
+        <v>7</v>
+      </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>30333</v>
       </c>
       <c r="B192" t="s">
         <v>550</v>
       </c>
       <c r="C192" t="s">
         <v>551</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>552</v>
       </c>
       <c r="E192">
         <v>8808</v>
       </c>
+      <c r="F192">
+        <v>14</v>
+      </c>
+      <c r="G192">
+        <v>275</v>
+      </c>
+      <c r="H192">
+        <v>7</v>
+      </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>30334</v>
       </c>
       <c r="B193" t="s">
         <v>553</v>
       </c>
       <c r="C193" t="s">
         <v>554</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>555</v>
       </c>
       <c r="E193">
         <v>13250</v>
       </c>
+      <c r="F193">
+        <v>16</v>
+      </c>
+      <c r="G193">
+        <v>267</v>
+      </c>
+      <c r="H193">
+        <v>6</v>
+      </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>30335</v>
       </c>
       <c r="B194" t="s">
         <v>556</v>
       </c>
       <c r="C194" t="s">
         <v>557</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>558</v>
       </c>
       <c r="E194">
         <v>9193</v>
       </c>
       <c r="F194">
         <v>50</v>
       </c>
       <c r="G194">
         <v>524</v>
       </c>
       <c r="H194">
         <v>12</v>
@@ -10850,54 +11381,54 @@
       </c>
       <c r="G320">
         <v>218</v>
       </c>
       <c r="H320">
         <v>4</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>30462</v>
       </c>
       <c r="B321" t="s">
         <v>924</v>
       </c>
       <c r="C321" t="s">
         <v>925</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>926</v>
       </c>
       <c r="E321">
         <v>9405</v>
       </c>
       <c r="F321">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G321">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="H321">
         <v>5</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>30463</v>
       </c>
       <c r="B322" t="s">
         <v>927</v>
       </c>
       <c r="C322" t="s">
         <v>928</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>283</v>
       </c>
       <c r="E322">
         <v>12500</v>
       </c>
       <c r="F322">
         <v>8</v>
       </c>
       <c r="G322">