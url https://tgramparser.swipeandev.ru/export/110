--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -3131,471 +3131,474 @@
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>27604</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
         <v>534</v>
       </c>
+      <c r="F2">
+        <v>4</v>
+      </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>27605</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>1049</v>
       </c>
       <c r="F3">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="G3">
-        <v>21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>27606</v>
       </c>
       <c r="B4" t="s">
         <v>14</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4">
         <v>2251</v>
       </c>
       <c r="F4">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="G4">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>27607</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5">
         <v>2097</v>
       </c>
       <c r="F5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G5">
-        <v>39</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>27608</v>
       </c>
       <c r="B6" t="s">
         <v>20</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>2516</v>
       </c>
       <c r="F6">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G6">
-        <v>76</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>27609</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7">
         <v>3012</v>
       </c>
       <c r="F7">
         <v>6</v>
       </c>
       <c r="G7">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>27610</v>
       </c>
       <c r="B8" t="s">
         <v>26</v>
       </c>
       <c r="C8" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E8">
         <v>3029</v>
       </c>
       <c r="F8">
         <v>7</v>
       </c>
       <c r="G8">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>27611</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>3210</v>
       </c>
       <c r="F9">
         <v>12</v>
       </c>
       <c r="G9">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>27612</v>
       </c>
       <c r="B10" t="s">
         <v>32</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E10">
         <v>2431</v>
       </c>
       <c r="F10">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G10">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>27613</v>
       </c>
       <c r="B11" t="s">
         <v>35</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E11">
         <v>3619</v>
       </c>
       <c r="F11">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G11">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>27614</v>
       </c>
       <c r="B12" t="s">
         <v>38</v>
       </c>
       <c r="C12" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="E12">
         <v>3732</v>
       </c>
       <c r="F12">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G12">
-        <v>70</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>27615</v>
       </c>
       <c r="B13" t="s">
         <v>41</v>
       </c>
       <c r="C13" t="s">
         <v>42</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E13">
         <v>3851</v>
       </c>
       <c r="F13">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>27616</v>
       </c>
       <c r="B14" t="s">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E14">
         <v>5701</v>
       </c>
       <c r="F14">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>27617</v>
       </c>
       <c r="B15" t="s">
         <v>47</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E15">
         <v>4423</v>
       </c>
       <c r="F15">
         <v>13</v>
       </c>
       <c r="G15">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>27618</v>
       </c>
       <c r="B16" t="s">
         <v>50</v>
       </c>
       <c r="C16" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="E16">
         <v>5450</v>
       </c>
       <c r="F16">
         <v>131</v>
       </c>
       <c r="G16">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>27619</v>
       </c>
       <c r="B17" t="s">
         <v>53</v>
       </c>
       <c r="C17" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E17">
         <v>4038</v>
       </c>
       <c r="F17">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G17">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>27620</v>
       </c>
       <c r="B18" t="s">
         <v>56</v>
       </c>
       <c r="C18" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E18">
         <v>3708</v>
       </c>
       <c r="F18">
         <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>27621</v>
       </c>
       <c r="B19" t="s">
         <v>59</v>
       </c>
       <c r="C19" t="s">
         <v>60</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>61</v>
       </c>
       <c r="E19">
         <v>4173</v>
       </c>
       <c r="F19">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G19">
         <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>27622</v>
       </c>
       <c r="B20" t="s">
         <v>62</v>
       </c>
       <c r="C20" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E20">
         <v>3938</v>
       </c>
       <c r="F20">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>27623</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
       <c r="C21" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E21">
         <v>4193</v>
       </c>
       <c r="F21">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G21">
         <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>27624</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>70</v>
       </c>
       <c r="E22">
         <v>4186</v>
       </c>
       <c r="F22">
         <v>7</v>
       </c>
       <c r="G22">
@@ -3637,51 +3640,51 @@
       </c>
       <c r="E24">
         <v>3140</v>
       </c>
       <c r="F24">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>27627</v>
       </c>
       <c r="B25" t="s">
         <v>77</v>
       </c>
       <c r="C25" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>79</v>
       </c>
       <c r="E25">
         <v>3348</v>
       </c>
       <c r="F25">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>27628</v>
       </c>
       <c r="B26" t="s">
         <v>80</v>
       </c>
       <c r="C26" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>82</v>
       </c>
       <c r="E26">
         <v>4495</v>
       </c>
       <c r="F26">
         <v>45</v>
       </c>
       <c r="G26">
         <v>74</v>
       </c>
     </row>
@@ -3749,74 +3752,74 @@
       </c>
       <c r="F29">
         <v>16</v>
       </c>
       <c r="G29">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>27632</v>
       </c>
       <c r="B30" t="s">
         <v>92</v>
       </c>
       <c r="C30" t="s">
         <v>93</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E30">
         <v>3317</v>
       </c>
       <c r="F30">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G30">
         <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>27633</v>
       </c>
       <c r="B31" t="s">
         <v>95</v>
       </c>
       <c r="C31" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E31">
         <v>4623</v>
       </c>
       <c r="F31">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G31">
         <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>27634</v>
       </c>
       <c r="B32" t="s">
         <v>98</v>
       </c>
       <c r="C32" t="s">
         <v>99</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>100</v>
       </c>
       <c r="E32">
         <v>4141</v>
       </c>
       <c r="F32">
         <v>7</v>
       </c>
       <c r="G32">
@@ -3841,51 +3844,51 @@
       </c>
       <c r="F33">
         <v>7</v>
       </c>
       <c r="G33">
         <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>27636</v>
       </c>
       <c r="B34" t="s">
         <v>104</v>
       </c>
       <c r="C34" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>106</v>
       </c>
       <c r="E34">
         <v>3887</v>
       </c>
       <c r="F34">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G34">
         <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>27637</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
       <c r="C35" t="s">
         <v>107</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>108</v>
       </c>
       <c r="E35">
         <v>3393</v>
       </c>
       <c r="F35">
         <v>1</v>
       </c>
       <c r="G35">
@@ -4117,51 +4120,51 @@
       </c>
       <c r="F45">
         <v>3</v>
       </c>
       <c r="G45">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>27648</v>
       </c>
       <c r="B46" t="s">
         <v>138</v>
       </c>
       <c r="C46" t="s">
         <v>139</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>140</v>
       </c>
       <c r="E46">
         <v>3437</v>
       </c>
       <c r="F46">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G46">
         <v>65</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>27649</v>
       </c>
       <c r="B47" t="s">
         <v>141</v>
       </c>
       <c r="C47" t="s">
         <v>142</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>143</v>
       </c>
       <c r="E47">
         <v>3745</v>
       </c>
       <c r="F47">
         <v>12</v>
       </c>
       <c r="G47">
@@ -4209,74 +4212,74 @@
       </c>
       <c r="F49">
         <v>200</v>
       </c>
       <c r="G49">
         <v>94</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>27652</v>
       </c>
       <c r="B50" t="s">
         <v>150</v>
       </c>
       <c r="C50" t="s">
         <v>151</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>152</v>
       </c>
       <c r="E50">
         <v>3905</v>
       </c>
       <c r="F50">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G50">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>27653</v>
       </c>
       <c r="B51" t="s">
         <v>153</v>
       </c>
       <c r="C51" t="s">
         <v>154</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>155</v>
       </c>
       <c r="E51">
         <v>3721</v>
       </c>
       <c r="F51">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G51">
         <v>62</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>27654</v>
       </c>
       <c r="B52" t="s">
         <v>156</v>
       </c>
       <c r="C52" t="s">
         <v>157</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E52">
         <v>3294</v>
       </c>
       <c r="F52">
         <v>4</v>
       </c>
       <c r="G52">
@@ -5174,54 +5177,54 @@
       </c>
       <c r="F92">
         <v>1</v>
       </c>
       <c r="G92">
         <v>48</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>27695</v>
       </c>
       <c r="B93" t="s">
         <v>279</v>
       </c>
       <c r="C93" t="s">
         <v>280</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>281</v>
       </c>
       <c r="E93">
         <v>4481</v>
       </c>
       <c r="F93">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G93">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>27696</v>
       </c>
       <c r="B94" t="s">
         <v>282</v>
       </c>
       <c r="C94" t="s">
         <v>283</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>284</v>
       </c>
       <c r="E94">
         <v>4587</v>
       </c>
       <c r="F94">
         <v>17</v>
       </c>
       <c r="G94">
         <v>53</v>
       </c>
     </row>
@@ -7565,338 +7568,431 @@
         <v>3207</v>
       </c>
       <c r="F199">
         <v>4</v>
       </c>
       <c r="G199">
         <v>67</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>27802</v>
       </c>
       <c r="B200" t="s">
         <v>598</v>
       </c>
       <c r="C200" t="s">
         <v>599</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>600</v>
       </c>
       <c r="E200">
         <v>3472</v>
       </c>
+      <c r="F200">
+        <v>15</v>
+      </c>
+      <c r="G200">
+        <v>24</v>
+      </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>27803</v>
       </c>
       <c r="B201" t="s">
         <v>601</v>
       </c>
       <c r="C201" t="s">
         <v>602</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>603</v>
       </c>
       <c r="E201">
         <v>3235</v>
       </c>
+      <c r="F201">
+        <v>18</v>
+      </c>
+      <c r="G201">
+        <v>73</v>
+      </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>27804</v>
       </c>
       <c r="B202" t="s">
         <v>604</v>
       </c>
       <c r="C202" t="s">
         <v>605</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>606</v>
       </c>
       <c r="E202">
         <v>3812</v>
       </c>
+      <c r="F202">
+        <v>16</v>
+      </c>
+      <c r="G202">
+        <v>49</v>
+      </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>27805</v>
       </c>
       <c r="B203" t="s">
         <v>604</v>
       </c>
       <c r="C203" t="s">
         <v>607</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>608</v>
       </c>
       <c r="E203">
         <v>3365</v>
       </c>
+      <c r="F203">
+        <v>2</v>
+      </c>
+      <c r="G203">
+        <v>26</v>
+      </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>27806</v>
       </c>
       <c r="B204" t="s">
         <v>609</v>
       </c>
       <c r="C204" t="s">
         <v>610</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>611</v>
       </c>
       <c r="E204">
         <v>3722</v>
       </c>
+      <c r="F204">
+        <v>52</v>
+      </c>
+      <c r="G204">
+        <v>229</v>
+      </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>27807</v>
       </c>
       <c r="B205" t="s">
         <v>612</v>
       </c>
       <c r="C205" t="s">
         <v>613</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>614</v>
       </c>
       <c r="E205">
         <v>3731</v>
       </c>
+      <c r="F205">
+        <v>4</v>
+      </c>
+      <c r="G205">
+        <v>33</v>
+      </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>27808</v>
       </c>
       <c r="B206" t="s">
         <v>615</v>
       </c>
       <c r="C206" t="s">
         <v>616</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>617</v>
       </c>
       <c r="E206">
         <v>3715</v>
       </c>
+      <c r="F206">
+        <v>9</v>
+      </c>
+      <c r="G206">
+        <v>42</v>
+      </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>27809</v>
       </c>
       <c r="B207" t="s">
         <v>618</v>
       </c>
       <c r="C207" t="s">
         <v>619</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>620</v>
       </c>
       <c r="E207">
         <v>3372</v>
       </c>
+      <c r="F207">
+        <v>8</v>
+      </c>
+      <c r="G207">
+        <v>59</v>
+      </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>27810</v>
       </c>
       <c r="B208" t="s">
         <v>621</v>
       </c>
       <c r="C208" t="s">
         <v>622</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>623</v>
       </c>
       <c r="E208">
         <v>4924</v>
       </c>
+      <c r="F208">
+        <v>67</v>
+      </c>
+      <c r="G208">
+        <v>144</v>
+      </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>27811</v>
       </c>
       <c r="B209" t="s">
         <v>624</v>
       </c>
       <c r="C209" t="s">
         <v>625</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E209">
         <v>3905</v>
       </c>
+      <c r="F209">
+        <v>17</v>
+      </c>
+      <c r="G209">
+        <v>65</v>
+      </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>27812</v>
       </c>
       <c r="B210" t="s">
         <v>624</v>
       </c>
       <c r="C210" t="s">
         <v>627</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>626</v>
       </c>
       <c r="E210">
         <v>1</v>
       </c>
+      <c r="G210">
+        <v>2</v>
+      </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>27813</v>
       </c>
       <c r="B211" t="s">
         <v>628</v>
       </c>
       <c r="C211" t="s">
         <v>629</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>630</v>
       </c>
       <c r="E211">
         <v>3549</v>
       </c>
+      <c r="F211">
+        <v>32</v>
+      </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>27814</v>
       </c>
       <c r="B212" t="s">
         <v>631</v>
       </c>
       <c r="C212" t="s">
         <v>632</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>633</v>
       </c>
       <c r="E212">
         <v>3448</v>
       </c>
+      <c r="F212">
+        <v>22</v>
+      </c>
+      <c r="G212">
+        <v>89</v>
+      </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>27815</v>
       </c>
       <c r="B213" t="s">
         <v>634</v>
       </c>
       <c r="C213" t="s">
         <v>635</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>636</v>
       </c>
       <c r="E213">
         <v>3160</v>
       </c>
+      <c r="F213">
+        <v>53</v>
+      </c>
+      <c r="G213">
+        <v>59</v>
+      </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>27816</v>
       </c>
       <c r="B214" t="s">
         <v>637</v>
       </c>
       <c r="C214" t="s">
         <v>638</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>639</v>
       </c>
       <c r="E214">
         <v>3200</v>
       </c>
+      <c r="F214">
+        <v>1</v>
+      </c>
+      <c r="G214">
+        <v>29</v>
+      </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>27817</v>
       </c>
       <c r="B215" t="s">
         <v>640</v>
       </c>
       <c r="C215" t="s">
         <v>641</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>642</v>
       </c>
       <c r="E215">
         <v>2706</v>
       </c>
+      <c r="F215">
+        <v>8</v>
+      </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>27818</v>
       </c>
       <c r="B216" t="s">
         <v>643</v>
       </c>
       <c r="C216" t="s">
         <v>644</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>645</v>
       </c>
       <c r="E216">
         <v>3010</v>
       </c>
+      <c r="F216">
+        <v>10</v>
+      </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>27819</v>
       </c>
       <c r="B217" t="s">
         <v>646</v>
       </c>
       <c r="C217" t="s">
         <v>647</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>648</v>
       </c>
       <c r="E217">
         <v>3044</v>
+      </c>
+      <c r="F217">
+        <v>2</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>27820</v>
       </c>
       <c r="B218" t="s">
         <v>649</v>
       </c>
       <c r="C218" t="s">
         <v>650</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>651</v>
       </c>
       <c r="E218">
         <v>3828</v>
       </c>
       <c r="F218">
         <v>18</v>
       </c>
       <c r="G218">
         <v>27</v>
       </c>
     </row>