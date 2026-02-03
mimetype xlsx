--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="821">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1131">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Текст</t>
   </si>
   <si>
     <t>Просмотры</t>
   </si>
   <si>
     <t>Поделилось</t>
   </si>
   <si>
     <t>Реакции</t>
   </si>
   <si>
     <t>Комментарии</t>
   </si>
   <si>
@@ -2475,50 +2475,980 @@
     <t>25.09.24 06:10</t>
   </si>
   <si>
     <t>t.me/lenapillarsnationalpark/3452</t>
   </si>
   <si>
     <t>На фоне величественной реки Лены: фотоловушка нацпарка «Ленские столбы» запечатлела диких животных🦌🐺🦊 В объектив попали косули, лиса и волк. Снимки были сделаны в конце августа. Первой в кадре появилась пара косуль - эти изящные создания мирно паслись, наслаждаясь теплом и спокойствием солнечного дня. Через несколько дней, в темное время суток, в кадре появился настоящий санитар леса - волк. На следующий день, ближе к вечеру, к камере подошла лиса - это грациозное создание с рыжей шубкой выглядело особенно очаровательно. Каждый кадр — это уникальный момент, который открывает нам красоту и биоразнообразие нацпарка «Ленские столбы». Снимки предоставил старший государственный инспектор Василий Петров. @lenapillarsnationalpark</t>
   </si>
   <si>
     <t>23.09.24 03:56</t>
   </si>
   <si>
     <t>t.me/lenapillarsnationalpark/3445</t>
   </si>
   <si>
     <t>СЕМЕЙНЫЕ ИСТОРИИ НАЦПАРКА «ЛЕНСКИЕ СТОЛБЫ» Снова представляем вам рубрику «Семейные истории нацпарка «Ленские столбы». Она посвящена Году семьи в России и Году детства в Республике Саха (Якутия), и призвана подчеркнуть важность семейных ценностей и роли семьи в жизни каждого человека. В рамках этой рубрики мы рассказываем истории о сотрудниках парка и их семьях, которые являются неотъемлемой частью их жизни, опорой и поддержкой в трудные моменты. Рубрику продолжает старший государственный инспектор государственного природного заповедника «Медвежьи острова» Валерий Арбатский. Данный заповедник является структурным подразделением национального парка «Ленские столбы» и расположен в Нижнеколымском районе. Подробнее о семье Арбатских - в карточках @lenapillarsnationalpark</t>
   </si>
   <si>
     <t>17.09.24 02:51</t>
   </si>
   <si>
     <t>t.me/lenapillarsnationalpark/3444</t>
   </si>
   <si>
     <t>Осенние Ленские столбы в утренней дымке🌫️🍂🍁🏞️ 🌅✨ Столбы, величественно поднявшиеся к небесам, словно охраняют тайны этой земли, окутанные нежным туманом. Каждый изгиб и каждая грань этих природных чудес рассказывают о времени, о вечности и о том, как природа творит свои шедевры. 🍂💨 Туман, словно легкое покрывало, обнимает скалы, создавая атмосферу загадки и умиротворения. В этом мгновении время замирает, и мы чувствуем себя частью чего-то большего - природы, которая живет и дышит вместе с нами. 📸✨ Пусть это видео станет напоминанием о том, как прекрасен наш мир в своих самых тихих и волшебных моментах. Откройте сердце осени и позвольте себе насладиться её красотой. 🍁💖 Видео: Спиридон Максимов @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>20.01.26 08:55</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4607</t>
+  </si>
+  <si>
+    <t>Чтобы разглядеть древность: в нацпарке «Ленские столбы» появились цифровые микроскопы для изучения кембрийских ископаемых🔬🧫🪨🏞️ В рамках научно-исследовательской программы по изучению раннекембрийских ископаемых национальный парк «Ленские столбы» оснастил отдел науки и сохранения биоразнообразия современными цифровыми стереомикроскопами Saike Digital. Это приобретение - часть большой программы по изучению сокровищ «кембрийского взрыва» на территории парка и реки Алдан. Эта техника станет ключевым инструментом в исследовании уникальных палеонтологических объектов на территории парка и в среднем течении реки Алдан. С помощью микроскопов специалисты смогут проводить детальный анализ мельчайших деталей строения окаменелостей древних животных, что позволит с точностью определять их видовой состав и разнообразие. Собранные и изученные образцы пополнят коллекцию будущего музея Кембрия, создавая фундаментальную основу для понимания одного из важнейших этапов в истории жизни на Земле. Приобретение оборудования знаменует новый этап в развитии материально-технической базы лаборатории в составе Музея и открывает широкие возможности для отечественных и международных палеонтологических исследований. #ленскиестолбы @lenapillarsnationalaprk</t>
+  </si>
+  <si>
+    <t>19.01.26 07:43</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4603</t>
+  </si>
+  <si>
+    <t>РЕАЛИТИ-ШОУ «СИЛА ДУХА-2»: 2 СЕРИЯ!🏞🚣‍♂️🎣 Суровая тайга, река Буотама и 24 смельчака, которые бросили вызов стихии и, прежде всего, самим себе. На кону: Кубок национального парка «Ленские столбы» и сертификат на 100 000 рублей! Смотрите запись ВТОРОЙ серии на следующих площадках: • RuTube: https://rutube.ru/video/f4176d0e4084fca65b1f0b33dc0ebf3c/?r=wd • YouTube: https://youtu.be/x_EjV_fAl5s?si=Y9C2eO2NAG9wfxI8 • ВКонтакте (VK): https://vkvideo.ru/video-211137588_456263856 #ленскиестолбы #силадуха @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>13.01.26 06:54</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4601</t>
+  </si>
+  <si>
+    <t>Уважаемые работники средств массовой информации, журналисты и ветераны печати! От имени коллектива национального парка «Ленские столбы» и от себя лично сердечно поздравляю вас с профессиональным праздником - Днём российской печати! Ваш труд сложно переоценить. Вы являетесь главным связующим звеном между событиями и обществом. Мы высоко ценим ваш вклад в дело экологического просвещения. Именно благодаря вашему профессионализму, качественным репортажам и статьям повышается осведомленность населения о деятельности нашего национального парка и других заповедных территорий. Вы помогаете людям увидеть красоту родной земли, понять важность сохранения уникальных природных комплексов и прививаете бережное отношение к окружающей среде. Медиапространство сегодня открывает новые горизонты для развития познавательного туризма. Ярким подтверждением этому служит реалити-шоу «Сила духа-2», которое стартовало на днях на телеканале НВК «Саха». Как вы знаете, съемки этого масштабного проекта проходили прошлым летом на территории нацпарка «Ленские столбы» в местности Устье Буотамы. Выход шоу в эфир - это еще один уверенный шаг в деле освещения деятельности парка. Хочу выразить искреннюю благодарность всем журналистам и редакциям, которые плодотворно сотрудничают с нами. Спасибо вам за живой интерес к жизни парка, за оперативность и поддержку наших инициатив. Желаю вам неиссякаемого вдохновения, творческих взлетов, благодарной аудитории и только добрых новостей! С уважением, Директор национального парка «Ленские столбы» Аркадий Семёнов #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>12.01.26 06:32</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4599</t>
+  </si>
+  <si>
+    <t>ПРЕМЬЕРА НА НВК "САХА"! РЕАЛИТИ-ШОУ «СИЛА ДУХА-2»: 1 СЕРИЯ!🏞🚣‍♂️🎣 Суровая тайга, река Буотама и 24 смельчака, которые бросили вызов стихии и, прежде всего, самим себе. На кону: Кубок национального парка «Ленские столбы» и сертификат на 100 000 рублей! Смотрите запись первой серии на следующих площадках: • RuTube: https://rutube.ru/video/b9b3f72649e665d1b6ca26b89518ba9e/ • YouTube: https://youtu.be/b1O41usX2pE • ВКонтакте (VK): https://vkvideo.ru/video-211137588_456263732 #ленскиестолбы #силадуха @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>11.01.26 09:00</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4598</t>
+  </si>
+  <si>
+    <t>📺 Включаем телевизоры! До старта всего 30 минут! Долгожданное реалити-шоу «Сила духа-2» выходит на экраны!🏞️🚣🏻🎣 Суровая тайга, река Буотама и 24 смельчака, которые бросили вызов стихии и, прежде всего, самим себе. Что вас ждет в эфире? 🌊 Изматывающие гонки на катамаранах 🧭 Экстремальное ориентирование 🚣‍♂️ Жесткие водные баталии 🏆 На кону: Кубок национального парка «Ленские столбы» и сертификат на 100 000 рублей! Кто сломается первым, а у кого хватит сил дойти до финала и забрать главный приз? Узнаем совсем скоро! 📌 Не пропустите премьеру: 📅 Воскресенье, 11 января 2026 ⏰ 18:30 📺 Телеканал «НВК Саха» #СилаДуха2 #ЛенскиеСтолбы #Якутия #РеалитиШоу #НВКСаха @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>11.01.26 05:10</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4597</t>
+  </si>
+  <si>
+    <t>Уважаемые коллеги, дорогие друзья и единомышленники! От имени коллектива и директора ФГБУ «Национальный парк «Ленские столбы» Аркадия Семёнова сердечно поздравляем вас с нашим главным профессиональным праздником - Днем заповедников и национальных парков! 11 января - особая дата для всех, кто посвятил свою жизнь сохранению первозданной природы России. Это праздник тех, кто стоит на страже уникальных ландшафтов, редких видов животных и хрупких экосистем. Для нас этот день наполнен особым смыслом. Наше учреждение несет ответственность за огромные и уникальные территории Якутии. Мы объединяем под своим крылом три жемчужины заповедного мира: величественный Национальный парк «Ленские столбы» - объект Всемирного наследия ЮНЕСКО, Национальный парк «Кыталык» - священную землю стерха, и государственный природный заповедник «Медвежьи острова» - арктический форпост и "родильный дом" белых медведей. От скалистых берегов Лены до бескрайней тундры и ледяных просторов Восточно-Сибирского моря - мы выполняем одну общую миссию: бережем природное богатство для будущих поколений. Хочу выразить глубокую благодарность государственным инспекторам, научным сотрудникам, специалистам по экологическому просвещению и всем работникам заповедной системы. Ваш труд в суровых климатических условиях требует мужества, глубоких знаний и искренней любви к родной земле. Желаю вам крепкого здоровья, неиссякаемой энергии, новых научных открытий и спокойных дежурств. Пусть процветают наши заповедные территории, а популяции охраняемых видов только растут! С праздником! Директор ФГБУ «Национальный парк «Ленские столбы» Аркадий Семёнов и весь коллектив учреждения #ленскиестолбы #кыталык #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>10.01.26 06:10</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4593</t>
+  </si>
+  <si>
+    <t>Реалити-шоу «Сила духа-2» уже завтра!🏞️🚣🏻‍♀️🎣 📌 Ставим напоминание: 📅 Воскресенье, 11 января 2026 года ⏰ 18:30 ч. 📺 Телеканал «НВК Саха» #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>08.01.26 07:26</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4592</t>
+  </si>
+  <si>
+    <t>🏃🏻🏆«Сила духа» саҥа реалити-шоуну көрүҥ! Былырыын бэс ыйыгар «Саха» НКИХ «Өлүөнэ очуостара» национальнай паарканы кытары экологияны үөрэтиигэ, ураты медиаконтены оҥорон таһаарыыга уонна туристическай хайысханы сайыннарыыга сөбүлэҥ түһэрсибитэ. Ол курдук, «Сила Духа» реалити-шоу бырайыагы бииргэ үлэлэһии көмөтүнэн олоххо киллэрэллэр. Манна кыттааччылар спортивнай ориентированиеҕа, уунан устууга уонна балыктааһыҥҥа күрэхтэһиэхтэрэ. Саҥа бырайыак НВК «Саха» ханаал эпииригэр тохсунньу 11 күнүттэн сүрэхтэнэр. @nvk_sakha</t>
+  </si>
+  <si>
+    <t>08.01.26 05:39</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4591</t>
+  </si>
+  <si>
+    <t>🔥 До главной премьеры сезона осталось всего 4 дня! Вы готовы увидеть, на что способен человек наедине с дикой природой? Реалити-шоу «Сила Духа-2» - это предельная проверка характера на прочность. Никакой цивилизации, никаких гаджетов. Только суровая тайга, река Буотама и 24 смельчака, бросивших вызов стихии! Что ждет героев? 🌊 Изматывающие гонки на катамаранах. 🧭 Сложное ориентирование на местности. 🚣‍♂️ Жесткие водные состязания. 🏆 На кону: престижный Кубок национального парка «Ленские столбы» и сертификат на 100 000 рублей! Кто сломается первым, а кто дойдет до финала и заберет главный приз? 📌 Ставим напоминание: 📅 Воскресенье, 11 января 2026 года ⏰ 18:30 ч. 📺 Телеканал «НВК Саха» #СилаДуха2 #ЛенскиеСтолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>06.01.26 06:14</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4589</t>
+  </si>
+  <si>
+    <t>С Новым годом и Рождеством! 🎄🎊 Важная новость для гостей Ленских столбов. Дорогие путешественники! От всей души поздравляем вас с Новым годом и Рождеством! Пусть этот праздничный сезон принесёт вам много радости, уюта и вдохновения для чудесных путешествий. 🧭🗺 Для всех, кто мечтает увидеть зимние Ленские столбы в праздничные дни, у нас есть важная и полезная информация. Наша экологическая тропа открыта и ждёт гостей! Как получить доступ на тропу? ℹ Для прогулки по живописному маршруту необходим входной билет. Приобрести его можно двумя удобными способами: 1. На турбазе «Lena Pillars» в местности Батамай. Это ваш главный пункт назначения на берегу реки Лена. 2. Через мобильное приложение «MOST». Вы можете заранее и быстро приобрести электронный билет онлайн. Купить билет можно по ссылке: https://appmost.ru/city-yakutsk/afisha/activity/43153?date=2026-01-07&amp;city_id=125&amp;slug=aktivnyi-otdyx Важно: 📍Наличие билета (бумажного или электронного) будет проверяться государственным инспектором в начале тропы. 📍Обратите внимание на время работы: в данное время парк открыт с 10:00 до 17:00. Последний подъём на скалы возможен до 14:00. Пожалуйста, планируйте своё посещение с учетом этого графика. Почему это удобно? 📍 Выбор и экономия времени: Вы сами решаете, как купить билет — онлайн через приложение MOST или лично на турбазе «Lena Pillars». Мы заботимся о вашем удобстве и сохранении уникальной природы Ленских столбов. 💚 Приезжайте в гости — захватывающие пейзажи ждут вас! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>31.12.25 01:23</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4587</t>
+  </si>
+  <si>
+    <t>Дорогие друзья, коллеги и партнеры! От имени коллектива ФГБУ «Национальный парк «Ленские столбы» сердечно поздравляем вас с наступающим Новым годом и светлым праздником Рождества Христова! Уходящий год стал для нас по-настоящему особенным и знаковым, ведь он прошел под эгидой юбилея национального парка «Ленские столбы». Оглядываясь назад, мы с гордостью можем назвать этот год прорывным. Это было время больших побед и свершений: мы достигли новых высот в научной деятельности, успешно принимали участие в значимых грантовых конкурсах и провели масштабные экспедиции. Мы укрепили международное сотрудничество и с радостью приняли рекордное количество гостей, стремящихся увидеть красоту нашей уникальной природы. Эти успехи вдохновляют нас двигаться дальше. В новом году мы продолжим нашу главную миссию - самоотверженную работу по сохранению и изучению бесценного природного наследия. Мы и впредь будем обеспечивать надежную охрану вверенных нам территорий: национального парка «Ленские столбы», государственного природного заповедника «Медвежьи острова» и национального парка «Кыталык». Пусть наступающий год откроет для вас новые горизонты, принесет стабильность и процветание. Желаем вам крепкого здоровья, семейного тепла, неиссякаемой энергии и гармонии с окружающим миром! С праздником! С уважением, Коллектив ФГБУ «Национальный парк «Ленские столбы» #ленскиестолбы #медвежьиострова #кыталык @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>30.12.25 02:00</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4583</t>
+  </si>
+  <si>
+    <t>От всего сердца поздравляю с наступающим 2026 годом! 🎄🎊🎆 ℹ Приближается время, когда мы все, отложив дела и суету, собираемся у домашнего очага, чтобы проводить старый год и встретить новый. В эти предпраздничные дни, глядя на заснеженные, суровые и величественные Ленские столбы, невольно задумываешься о вечном. Эти каменные исполины, хранящие память тысячелетий, напоминают нам, что время — самое ценное, что у нас есть. Уходящий год был наполнен важной и созидательной работой. Благодаря вашему профессионализму, преданности делу и искренней любви к этой уникальной земле нам удалось сохранить хрупкую природу парка, сделать её доступнее и понятнее для наших гостей. Каждый проведённый экологический мониторинг, каждый обустроенный маршрут, каждый просветительский урок для детей — это кирпичик в фундаменте нашего общего дела по сохранению природного наследия Якутии и всей России. 📍Особые слова благодарности — нашим верным партнёрам, волонтёрам и, конечно, вам, дорогие сотрудники. Ваша работа, часто невидимая для посторонних глаз, — это настоящий подвиг во имя будущего. В Новом году пусть нам всем хватит мудрости, терпения и сил беречь эту невероятную красоту, доверенную нам. Желаю, чтобы в ваших домах всегда царили тепло, уют и взаимопонимание. Пусть новый год принесёт нам всем крепкое здоровье, душевный покой, вдохновение для новых свершений и, конечно, личное счастье. 💚✨ 🏞 Пусть сила и стойкость Ленских столбов, их глубокая, молчаливая мудрость оберегают вас и ваши семьи. Пусть каждый новый день на этой древней земле дарит нам радость открытий и чувство гордости за своё дело. С наступающим Новым годом! Мира, добра и благополучия! С уважением и признательностью, Директор ФГБУ «Национальный парк «Ленские столбы» Аркадий Семёнов. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>29.12.25 05:11</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4581</t>
+  </si>
+  <si>
+    <t>ФГБУ «Национальный парк «Ленские столбы» сердечно благодарит жителей Покровска за совместное создание новогоднего чуда! ✨🎄 ℹ В преддверии Нового года в городе Покровске с особым размахом и теплотой прошла ежегодная акция «Бумеранг добра». Коллектив национального парка «Ленские столбы» гордится тем, что вновь стал частью этого замечательного проекта, направленного на поддержку многодетных семей. 💚 В этом году акция объединила десятки организаций и сотни неравнодушных жителей. Благодаря общим усилиям удалось собрать и передать праздничные подарки всем многодетным семьям, список которых был составлен совместно со школами и детскими садами округа. Как отметил глава Покровска Виктор Константинов: В этот раз мы решили поддержать не только малообеспеченные семьи, но и всех многодетных, ведь рождение каждого ребенка – это радость! Особая атмосфера праздника была создана благодаря волонтёрам, которые «перевоплотились в Дедов Морозов, Снегурочек, снеговиков и даже тигрят». ⛄🐯 🏞 Национальный парк «Ленские столбы» поздравляет всех жителей Хангаласского района с наступающим Новым годом! 🎄🎊🎆 Пусть он принесёт в каждый дом счастье, благополучие и новые совместные добрые дела. Мы и в дальнейшем будем поддерживать проекты, которые делают жизнь в нашем общем доме – Якутии – лучше и светлее. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>24.12.25 02:14</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4577</t>
+  </si>
+  <si>
+    <t>Шесть лет под белым крылом: Национальному парку «Кыталык» исполняется шесть лет ℹ 24 декабря 2025 года исполняется шесть лет со дня создания национального парка «Кыталык» в Республике Саха (Якутия). За эти годы парк, созданный для сохранения уникальной восточной популяции стерха, не только укрепил природоохранный статус, но и стал частью крупного федерального учреждения, что открывает новые перспективы для его развития. ❄ Сердце арктической тундры. «Кыталык», что в переводе с якутского означает «стерх» или «белый журавль», был учреждён 24 декабря 2019 года на площади 1,885 миллиона гектаров в Аллаиховском улусе. Основной целью его создания стало спасение восточносибирской популяции стерха — редчайшей птицы, занесённой в Международную Красную книгу. На территории парка находится около 70% всех гнездовий этой популяции, что делает его важнейшим местом обитания вида в России. 🇷🇺 Биологическое разнообразие парка впечатляет: здесь зарегистрированы 273 вида сосудистых растений, 21 вид млекопитающих и 91 вид птиц, 63 из которых гнездятся на этой земле. Помимо стерха, в «Кыталыке» находят пристанище белоклювая гагара, пискулька, малый лебедь, кречет, сапсан и розовая чайка. 📍Новый этап в составе ФГБУ "Национальный парк "Ленские столбы". Важным событием в жизни парка стал 2024 год, когда он был передан под управление Федерального государственного бюджетного учреждения (ФГБУ) «Национальный парк «Ленские столбы». Такой шаг позволяет объединить научный, административный и финансовый потенциал для более эффективной охраны природы Арктики и развития экологического туризма. Международное сотрудничество и научная работа. Находясь под управлением ФГБУ «Ленские столбы», «Кыталык» продолжает активно участвовать в международных природоохранных инициативах. Стерхи, гнездящиеся в якутской тундре, зимуют на озере Поянху в Китае, что делает сохранение вида общей задачей. 📍В конце 2024 года парк подписал меморандум о стратегическом сотрудничестве с китайским национальным природным заповедником «Дельта Жёлтой реки». Это соглашение направлено на совместный мониторинг и защиту восточной популяции стерхов на всём пути их миграции. 📍10 декабря 2025 года международное сотрудничество получило новое развитие. В этот день ФГБУ «Национальный парк «Ленские столбы» и Китайский национальный природный заповедник «Озеро Поянху», являющийся ключевым местом зимовки стерхов, подписали меморандум о совместной работе по сохранению белого журавля. Новое соглашение направлено на расширение научных исследований миграционных путей птиц и разработку скоординированных мер по защите водно-болотных угодий — среды, критически важной для выживания вида. Это уже второй межгосударственный договор, заключённый в рамках этой природоохранной инициативы. 🔬Научные исследования в парке не прекращаются. Летние экспедиции, подобные проведённой в 2024 году, фиксируют, что ранее незанятые участки тундры вновь заселяются парами стерхов, что говорит о положительной динамике в состоянии популяции. 📈✅ Таким образом, за шесть лет со дня создания национальный парк «Кыталык» прочно утвердился в роли ключевой территории для защиты стерха. Вхождение в состав ФГБУ «Национальный парк «Ленские столбы» усиливает его возможности, объединяя ресурсы для охраны природы Арктики. Совместная работа с китайскими коллегами по сохранению миграционного пути журавля показывает важность международных усилий. Продолжение научных исследований, охраны территории и развития ответственного туризма остаются главными задачами на будущее, которые коллектив парка успешно решает. #ленскиестолбы #кыталык @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>23.12.25 03:40</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4568</t>
+  </si>
+  <si>
+    <t>Повышение квалификации инспекторов прошло на Медвежьих островах 📈✅ ℹ С 4 по 9 декабря 2025 года на территории Государственного природного заповедника «Медвежьи острова» состоялись плановые занятия для инспекторского состава. Мероприятия были направлены на повышение профессионального уровня сотрудников, отвечающих за охрану территории. Обучение проводили начальник отдела охраны ФГБУ «Национальный парк «Ленские столбы» В.Н. Константинов и руководитель отдела охраны заповедника «Медвежьи острова» М.Б. Магзоев. Программа сочетала теорию и практику по ключевым направлениям работы. 📍В ходе занятий инспекторы изучали нормативные документы и инструкции, отрабатывали действия в чрезвычайных ситуациях и навыки оказания первой медицинской помощи. Также были проведены тренировки по владению оружием и спецсредствами, а также уроки по административной практике в сфере охраны ООПТ. Такое регулярное обучение способствует повышению качества охраны природы, обеспечению соблюдения режима заповедника и сохранению его биологического разнообразия. Это укрепляет профессиональные компетенции инспекторов, обеспечивающих защиту природных богатств страны. 🌿🏞 #МедвежьиОстрова</t>
+  </si>
+  <si>
+    <t>22.12.25 09:29</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4563</t>
+  </si>
+  <si>
+    <t>Экологическая тропа на Ленских столбах вновь открывается для зимних посещений!🏞️❄️🥾 Хорошие новости для поклонников зимней природы! Согласно приказу под подписью директора, с 22 декабря 2025 года возобновляется организованный доступ на экотропу с подъемом на смотровую площадку. Чтобы ваше путешествие к легендарным скалам было безопасным и комфортным, мы подготовили простые правила на период до официального старта зимнего турсезона: 1. Посещение допускается только при наличии билета, приобретенного в местности Батамай на турбазе «Lena Pillars». 2. Проверка билетов будет проводиться государственными инспекторами национального парка в начале маршрута. 3. Для всех посетителей государственные инспекторы проведут обязательный инструктаж по технике безопасности с оформлением соответствующих документов. После этого - добро пожаловать на маршрут, где вас ждут величественные зимние виды! Наши инспекторы будут дежурить на тропе, чтобы поддерживать порядок, следить за чистотой пути и создавать для всех посетителей безопасную и приятную атмосферу. 💚 Следите за дальнейшими объявлениями на наших официальных ресурсах. Мы рады снова видеть вас на экотропе и делиться красотой Ленских столбов в их зимнем убранстве! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>18.12.25 09:17</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4561</t>
+  </si>
+  <si>
+    <t>Научно-технический совет национального парка «Ленские столбы» подвёл итоги года🔭🐻‍❄️🐻🌿 В офисе нацпарка состоялось заключительное заседание научно-технического совета. Часть членов совета присутствовала очно, другая часть подключилась по ВКС. Всего приняли участие 28 членов Совета НТС, в том числе два академика РАН, пять докторов и четыре кандидата наук. По курируемым направлениям выступили с докладом заместитель директора по охране территорий Аркадий Захаров, заместитель директора по экологическому просвещению и развитию туризма Зинаида Афанасьева и заместитель директора по науке и сохранению биоразнообразия Дюлустан Дьяконов. 2025 год стал прорывным в научной деятельности ФГБУ: организованные экспедиции и участие в грантовых конкурсах открыли новые горизонты. Также члены НТС рассмотрели и одобрили план научной деятельности парка на 2026 год. Так, на территории НП «Ленские столбы» запланированы мониторинговые мероприятия по хищным птицам отряда соколообразных, благородному оленю, бурому медведю и краснокнижным видам растений. На территории ГПЗ «Медвежьи острова» продолжится мониторинг численности и родовых берлог белого медведя, а также пройдёт комплексная биолого-археологическая экспедиция. На территории НП «Кыталык» будут проведены мероприятия по мониторингу восточной популяции стерха (белого журавля). Заседание сопровождалось комментариями, вопросами и предложениями от членов научно-технического совета. В конце руководство парка поздравило членов НТС и вручило им памятные подарки: юбилейную книгу, недавно вышедший сборник научных трудов сотрудников ФГБУ и календарь на 2026 год. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>18.12.25 09:04</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4556</t>
+  </si>
+  <si>
+    <t>Уважаемый Александр Николаевич! От лица Федерального государственного бюджетного учреждения «Национальный парк «Ленские столбы» и от себя лично примите самые искренние поздравления с замечательной датой - 40-летием Государственного природного заповедника «Усть-Ленский»! Четыре десятилетия - это значительный срок, наполненный самоотверженным трудом, преданностью делу сохранения уникальной арктической природы и достижением высоких результатов в области охраны эталонных природных комплексов дельты великой реки Лены. Мы высоко ценим то тесное и плодотворное сотрудничество, которое сложилось между нашими природоохранными учреждениями. В особенности хотим отметить тесную работу Государственного природного заповедника «Медвежьи острова», который входит в состав ФГБУ «Национальный парк «Ленские столбы», с Вашим коллективом. У нас общие цели и незыблемые ценности - сохранение биоразнообразия и первозданной красоты Арктики. Вместе мы вносим весомый вклад в дело сохранения биоресурсов нашего региона. Территория «Усть-Ленского» заповедника поистине уникальна и многообразна. Мы восхищаемся работой, проводимой на двух Ваших участках. На участке «Сокол» (Хараулахский хребет) Вы обеспечиваете надёжную защиту мест гнездования редчайших краснокнижных видов птиц, таких как кречет и сапсан. На Дельтовом участке кипит жизнь: здесь проходит важнейший путь миграции дикого северного оленя, а также гнездятся лебеди, кулики и гуси, выводя своё потомство в условиях суровой Арктики. Особо символично наше сотрудничество в сохранении популяций белого медведя, который является знаковым видом и для Вашего заповедника, и для территории «Медвежьих островов». Уважаемый Александр Николаевич, мы уверены, что крепкие профессиональные связи, сложившиеся между нашими сотрудниками, будут только укрепляться. Мы готовы и впредь совместно работать над решением стоящих перед нами природоохранных задач. Желаем Вам и всему коллективу «Усть-Ленского» заповедника крепкого здоровья, благополучия, новых научных открытий и успехов в Вашей благородной миссии! С глубоким уважением и наилучшими пожеланиями, Директор ФГБУ «Национальный парк «Ленские столбы» Аркадий Семёнов #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>16.12.25 04:35</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4549</t>
+  </si>
+  <si>
+    <t>Запись передачи «Талбан» от 15 декабря 2025 г. с участием сотрудников ФГБУ «Национальный парк «Ленские столбы»: директора Аркадия Семенова, заместителя по науке и сохранению биоразнообразия Дюлустана Дьяконова и представителей Института биологических проблем криолитозоны СО РАН. Тема разговора - Деятельность заповедника «Медвежьи острова» 🔴Смотреть в YouTube - https://youtu.be/pgrHCFogzlg?si=3MOAChvOoBRAlAxK 🔵Смотреть в ВКонтакте - https://m.vk.com/video-211137588_456263280 #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>16.12.25 03:31</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4548</t>
+  </si>
+  <si>
+    <t>Официальное опровержение Национального парка «Ленские столбы» Национальный парк «Ленские столбы» опровергает распространенную 13 декабря 2025 года интернет-изданием SakhaDay (https://sakhaday.ru/news/zhiteli-hangalasskogo-ulusa-pozhalovalis-deputatu-il-tumena-na-50-sborov-s-dohodov-ot-turizma?from=copy) публикацию под заголовком «Жители Хангаласского улуса пожаловались депутату Ил Тумэна на 50% сборов с доходов от туризма». Данная статья была основана на материалах встречи депутата Государственного Собрания (Ил Тумэн) Республики Саха (Якутия) Владимира Федорова с жителями Тумульского наслега Хангаласского улуса. Указанные публикации напрямую затрагивают деловую репутацию ФГБУ «Национальный парк «Ленские столбы», поскольку содержат сведения, не соответствующие действительности. 1. О плате с местных предпринимателей (перевозчиков) В публикации депутата Владимира Федорова в его Телеграм-канале (https://t.me/VFsakha/263) утверждалось, что местные лодочники, перевозящие через реку Лену туристов к Ленским столбам, отдают дирекции парка 50% выручки. Мы связались с жителем Тумульского наслега Николаем Максимовым, который поднимал этот вопрос на встрече с депутатом. Он пояснил: «10 декабря текущего года на встрече с депутатом Федоровым мы обсуждали развитие туризма. Я упомянул, что местные жители зимой на Ленских столбах катают туристов на снегоходах «Буран» и платят установленную сумму за работу на территории парка. Я привел это как пример того, что местные уже вовлечены в туризм. Мои слова были неверно истолкованы, и в итоге вышла статья, где речь шла о лодочниках, хотя мы говорили о снегоходах». Действительно, предприниматели и самозанятые Тумульского наслега работают на территории ледового городка. Зимой катание на снегоходах организует партнер парка - компания «Орион». Алексей Васильев, директор по развитию ООО «Орион»: «ООО «Орион» как оператор зимнего сезона (февраль-март) за свой счет строит ледовый городок. Мы привлекаем местных предпринимателей, зарегистрированных как самозанятые. Все билеты продаются через кассы ООО «Орион», а выручка от услуг самозанятых делится с ними в пропорции 50 на 50 по договору. Это взаимовыгодное сотрудничество». Национальный парк взимает плату исключительно за посещение физическими лицами территории парка в целях туризма в соответствии с положениями Федерального закона от 14 марта 1995 года №33-ФЗ «Об особо охраняемых природных территориях». Незаконных сборов ни с лодочников, ни с операторов снегоходов парк не взимает. Более того, нацпарк заключил соглашение с Тумульским наслегом, согласно которому его жители могут бесплатно находиться на территории парка (без оплаты входного билета). 2. Об установке подсветки скал В публикации депутата Владимира Федорова в его Телеграм-канале также утверждается, что в установке подсветки скал, благодаря которой активизировался зимний туризм, помогла компания «ЛенаТурФлот». Это утверждение также не соответствует действительности. Работы по установке современной системы освещения скального массива были выполнены и профинансированы компанией-партнером парка - ООО «Орион». P.S. Мы призываем всех заинтересованных лиц и представителей СМИ оперировать только проверенными данными и не использовать непроверенную или заведомо искаженную информацию для создания резонанса. Дирекция Национального парка «Ленские столбы» #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>10.12.25 00:24</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4546</t>
+  </si>
+  <si>
+    <t>Ленские столбы и Гора Аватар: два чуда природы России и Китая договорились о сотрудничестве🏞️📑✍🏻 Национальный парк «Ленские столбы» (Республика Саха (Якутия), Россия) и Национальный лесной парк Чжанцзяцзе (провинция Хунань, Китайская Народная Республика) заключили соглашение о партнерстве. До этого ни один российский парк не подписывал аналогичного документа с данной китайской ООПТ. Этот важный шаг был сделан во время официального визита якутской делегации в Китай. Основные направления совместной работы включают: • Сохранение биоразнообразия и повышение эффективности управления особо охраняемыми природными территориями (ООПТ). • Развитие научных исследований и обмен передовыми технологиями в области экологии. • Укрепление российско-китайского взаимодействия в сферах охраны окружающей среды, природопользования и туризма. • Развитие экологического просвещения и туризма на территориях парков. ℹ️Справка: Национальный лесной парк Чжанцзяцзе - настоящая жемчужина китайской провинции Хунань. Он расположен в живописном районе Улинъюань, который заслуженно включен в список Всемирного наследия ЮНЕСКО. Парк славится своим невероятным ландшафтом: тысячи высоких, узких пиков-столбов, сложенных из песчаника и кварца, устремляются в небо. Самый впечатляющий из них - пик «Колонна Южное Небо», достигающий 1080 метров. В 2010 году этот знаковый пик получил всемирно известное имя - «гора Аватар-Аллилуйя» (Avatar Hallelujah Mountain), поскольку именно он вдохновил создателей знаменитого фильма «Аватар». Невероятное сходство двух объектов ЮНЕСКО И Ленские столбы, и пики Чжанцзяцзе представляют собой грандиозные геологические формации, доминирующие над окружающим ландшафтом. Несмотря на то, что они сформированы из разных пород и в разных климатических условиях, их монументальность и вертикальная устремленность создают поразительное визуальное сходство, символизируя мощь и красоту Земли. Новый этап международного партнерства Подписание соглашения с Чжанцзяцзе продолжает курс Якутии на активное международное сотрудничество в области охраны природы. Ранее в рамках этого же визита было подписано соглашение между нацпарком «Ленские столбы» и Национальным природным заповедником «Озеро Поянху» о совместной работе по сохранению и изучению восточной популяции стерха (белого журавля). Мы уверены, что партнерство с китайскими коллегами откроет новые горизонты для сохранения и популяризации уникальных природных сокровищ России и Китая. #ленскиестолбы #кыталык #президентский_фонд_природы На фото - заснеженные Ленские столбы и пики Чжанцзяцзе. @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>09.12.25 05:23</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4531</t>
+  </si>
+  <si>
+    <t>А превратились в белых журавлей... 📍🇷🇺 Сегодня, в День героев Отечества, особенно остро чувствуется связь между долгом, памятью и благодарностью. ℹ В офисе нашего заповедника «Медвежьи острова» теперь стоит особый стенд. Он создан в память о наших коллегах, которые погибли, выполняя свой долг в ходе специальной военной операции. Эти люди были не только защитниками Родины. Они были частью нашей команды, защитниками природы, нашими друзьями. Они ушли, выполняя долг, и навсегда останутся в наших сердцах как пример мужества и верности. Позвольте рассказать о наших товарищах, чья жизнь и служба навсегда останутся для нас примером. Каждый из них был уникальной личностью, и мы хотим, чтобы вы знали, кем были эти герои. #медвежьиострова</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4535</t>
+  </si>
+  <si>
+    <t>Бережнов Евгений Михайлович, 08.12.1979 г.р. В 2020 г был трудоустроен в Государственный природный заповедник «Медвежьи острова» в должности старшего государственного инспектора. После увольнения в 2022 году убыл на СВО (ЧВК «Ахмат»). С 2023 по 2024 г. вновь был трудоустроен в Государственный природный заповедник «Медвежьи острова» в должности участкового государственного инспектора. Уволился в 2024 году, после чего вновь убыл в зону Специальной Военной операции. Евгений Михайлович являлся участником Второй Чеченской войны, имел статус "Ветерана боевых действий". Был награждён Нагрудным знаком "За службу на Кавказе" пр. ГКВВ МВД РФ ном. 189 от 03.12.2000 г., Орденом «Ахмат-спецназ» ном. 0032, Георгиевским крестом ном. 08 от 03.10.2022 г. В государственном природном заповеднике «Медвежьи острова» занимал должность старшего государственного инспектора с 2020 по 2022 гг., участкового государственного инспектора – с 2023 по 2024 гг. Профессионал высочайшего класса, он обладал глубокими знаниями и большим опытом. Для работы в суровых условиях заповедника требуются выносливость, отличное здоровье и искренняя любовь к природе — всё это было в полной мере присуще Евгению Михайловичу. Он быстро осваивал новую технику, умел адаптироваться к любым ситуациям, проявлял себя как лидер и ответственный сотрудник. Его вклад в полевые работы и научные экспедиции был неоценим, а авторитет в коллективе — бесспорен. В 2021 году был награждён Благодарственным письмом от имени директора ФГБУ «Национальный парк «Ленские столбы» А.А. Семёнова за профессионализм, ответственность и слаженную эффективную работу в выполнении поставленных задач перед учреждением. Мы запомним его не только как первоклассного специалиста, но и как доброго, отзывчивого, смелого и харизматичного человека — яркую личность, оставившую светлый след в памяти коллег и всего района. Вечная память и вечная слава герою. #медвежьиострова #ДеньГероевОтечества #ГероиРФ #СВО</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4540</t>
+  </si>
+  <si>
+    <t>Бочанов Денис Андреевич, 15.05.1998 г.р. был принят в Государственный природный заповедник «Медвежьи острова» на должность участкового государственного инспектора с февраля 2023 г. В апреле 2024 г. действие трудового договора было приостановлено в связи с призывом на военную службу по контракту о добровольном содействии в выполнении задач, возложенных на Вооруженные Силы РФ. За время работы Денис Андреевич зарекомендовал себя как ответственный, дисциплинированный и надёжный сотрудник. Он отличался высокой работоспособностью, трудолюбием и пунктуальностью. К принятию решений подходил взвешенно и всегда был готов ответить за результат своего труда. В коллективе его ценили как отзывчивого, честного и доброго человека. Их имена — сотрудников заповедника, павших при выполнении долга, — навсегда вписаны в героическую летопись Нижнеколымского района. Их мужество и отвага останутся в памяти народа и истории страны, служа примером любви и преданности Отчизне. Вечная память и вечная слава герою. #медвежьиострова #ДеньГероевОтечества #ГероиРФ #СВО</t>
+  </si>
+  <si>
+    <t>09.12.25 02:24</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4530</t>
+  </si>
+  <si>
+    <t>Нацпарк «Ленские столбы» обратился к недропользователям Якутии с призывом поддержать природоохранные инициативы🪨🚜💼 В Якутске прошел II Дальневосточный форум недропользователей, собравший свыше 500 участников - руководителей добывающих компаний, экспертов, представителей власти, науки и общественности. Главной темой форума, приуроченного к 25-летию Дальневосточного федерального округа, стало развитие минерально-сырьевого комплекса региона. На мероприятии с докладом выступил заместитель директора нацпарка «Ленские столбы» по охране лесов Эдуард Пихтин. Он представил результаты текущих научных исследований, проводимых на трех особо охраняемых природных территориях (ООПТ): нацпарках«Ленские столбы» и «Кыталык», а также в Государственном природном заповеднике «Медвежьи острова». В рамках трех научных программ ученые изучают редких диких животных, занесенных в Красные книги: стерхов (белых журавлей) и белых медведей. Также ведутся исследования древних ископаемых организмов Кембрийского периода. По поручению Главы Якутии (от 20 октября 2025 года, № Пр-1472-А1) и совместно с Министерством промышленности и геологии республики, ведется поиск инвесторов для финансирования этих проектов. Эдуард Пихтин призвал представителей недропользователей активно включиться в природоохранную деятельность парка через инвестирование в научные исследования. Он подчеркнул, что поддержка этих проектов обеспечит: 1. Развитие науки: Получение уникальных данных об арктических экосистемах, служащих важным индикатором здоровья всей планеты. 2. Укрепление международного престижа: Успех природоохранной работы России, единственной страны с местами гнездования стерхов и родовыми берлогами белых медведей, является вкладом в мировое природное наследие. 3. Реализацию национальных целей: Проекты полностью соответствуют государственным стратегиям научно-технологического и экологического развития РФ. #ленскиестолбы #кыталык #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>08.12.25 11:55</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4523</t>
+  </si>
+  <si>
+    <t>Инспекторы заповедника «Медвежьи острова» усиливают охрану территории с помощью фотоловушек 📷🐻‍❄️ Старший государственный инспектор Алексей Третьяков и участковые инспекторы Сергей Семёнов, Александр Суходов и Юрий Арбатский проводят плановое обследование и охрану территории государственного природного заповедника «Медвежьи острова». Важной частью их работы стала установка фотоловушек для мониторинга дикой природы и обеспечения сохранности уникальной экосистемы архипелага. ℹ️Стоит отметить, что фотоловушки для заповедника были приобретены благодаря Благотворительному фонду «Сохранение экологических систем Дальнего Востока и Сибири» (ФЭДС). Заповедник, расположенный в Республике Саха (Якутия), является ключевой природной территорией, где обитают редкие виды фауны и флоры. Регулярные обходы позволяют специалистам своевременно выявлять и устранять потенциальные угрозы экосистеме. Фотоловушки, размещённые в различных точках, помогают учёным и инспекторам отслеживать миграцию, численность и поведение животных, что чрезвычайно важно для сохранения биоразнообразия региона. ❄️🌌 Работа по охране и наблюдению продолжается и в зимний период, несмотря на сложные погодные условия, что подчёркивает необходимость постоянного мониторинга этой особо охраняемой природной территории. #медвежьиострова #фэдс</t>
+  </si>
+  <si>
+    <t>08.12.25 08:58</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4518</t>
+  </si>
+  <si>
+    <t>Нацпарк «Ленские столбы» и НПЗ «Озеро Поянху» объединяют усилия для сохранения стерха🪶🪺🇷🇺🇨🇳 В рамках рабочего визита делегации Республики Саха (Якутия) в провинцию Цзянси (Китайская Народная Республика) состоялось знаковое событие для укрепления российско-китайского природоохранного альянса: национальный парк «Ленские столбы» и национальный природный заповедник «Озеро Поянху» подписали меморандум о сотрудничестве. Этот документ - не просто формальность, а критически важный шаг в комплексном мониторинге, изучении и сохранении восточной популяции стерха (белого журавля). Сотрудничество позволит значительно углубить научные исследования миграционных путей этих уязвимых птиц и разработать совместные, научно обоснованные меры по защите уникальных водно-болотных экосистем, от которых зависит выживание вида. ℹ️Справка: Восточная (якутская) популяция стерхов гнездится в суровых низменных тундрах северо-востока Якутии, между реками Яной и Колымой. Около 70% всех мировых гнездовий сосредоточено на территории природного парка «Кыталык» (Аллаиховский район). Зимой эти птицы совершают грандиозный перелет в юго-восточный Китай, где их приютом служит озеро Поянху в бассейне Янцзы. Это уже второй межгосударственный договор, заключенный с китайскими партнерами в рамках этой природоохранной инициативы. Напомним, в ноябре 2024 года нацпарк «Ленские столбы» заключил аналогичное соглашение с китайским национальным природным заповедником «Дельта Жёлтой реки». Представители якутского нацпарка - директор Аркадий Семёнов и заместитель директора по туризму и экопросвещению Зинаида Афанасьева - лично ознакомились с условиями зимовки стерхов на Поянху. Они также приняли участие в открытии стенда Якутии в Информационно-просветительском центре, посвященном изучению водно-болотных угодий и перелетных птиц этого региона. В рамках визита якутская делегация также посетила озеро Чанхучи вблизи Шанхая, где были проведены наблюдения за мигрирующими видами и изучен местный опыт организации особо охраняемых природных территорий. Кульминацией обмена опытом стал круглый стол, посвященный защите миграционных коридоров. Директор «Ленских столбов» Аркадий Семёнов выступил с докладом, подчеркнув: «Сохранение восточной популяции стерха - это не локальная, а глобальная задача, определяющая перспективы сохранения вида в целом». В состав представительной якутской делегации вошли: заместитель председателя Правительства Республики Саха (Якутия) Ольга Балабкина, министр внешних связей и делам народов Республики Саха (Якутия) Гаврил Кириллин, министр экологии, природопользования и лесного хозяйства Республики Саха (Якутия) Евгений Перфильев, директор Института биологических проблем криолитозоны СО РАН Иннокентий Охлопков и другие. #ленскиестолбы #кыталык #стерх #фонд_природы #президентский_фонд_природы #конкурс_грантов @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>08.12.25 06:17</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4508</t>
+  </si>
+  <si>
+    <t>В Походске обсудили взаимодействие с заповедниками в преддверии пожароопасного сезона-2026 ℹ️ В селе Походск 6 декабря состоялась рабочая встреча с представителями особо охраняемых природных территорий. В обсуждении участвовали руководитель отдела охраны заповедника «Ленские Столбы» В. Н. Константинов и старший государственный инспектор ГПЗ «Медвежьи острова» В. Ю. Арбатский. 📍Ключевой темой встречи стали перспективы взаимного сотрудничества, особенно в свете прогнозов синоптиков на 2026 год, который ожидается жарким и пожароопасным. Участники подчеркнули важность заблаговременной координации для эффективного реагирования на возможные чрезвычайные ситуации. 📍Было отмечено, что материально-техническая база заповедника «Медвежьи острова» в случае необходимости может оказать существенную поддержку не только природоохранным учреждениям, но и жителям Походска и всего района. Данная инициатива носит упреждающий характер и направлена на укрепление партнёрских связей между учреждениями и местным сообществом в целях обеспечения безопасности. #медвежьиострова</t>
+  </si>
+  <si>
+    <t>08.12.25 05:53</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4505</t>
+  </si>
+  <si>
+    <t>«Сила Духа-2»: Обратный отсчет начался! Остался всего месяц до старта самого сурового испытания года! 🏃🏻🏃🏻‍♀️🥾🏕️🎣🚣‍♂️ Забудьте о комфорте. Забудьте о Wi-Fi. В 2026 году мы отправляемся туда, где природа диктует свои правила, а побеждает только абсолютная Воля! 24 самых сильных, выносливых и отважных участников со всей республики сойдутся в захватывающей битве! Их трофей - Кубок от национального парка «Ленские столбы» и главный приз - 100 000 рублей! Гонки на катамаранах по реке Буотаме, изнуряющее ориентирование в дикой тайге, водные баталии - это будет проверка на прочность, которую пройдут только избранные. Слабакам здесь не место! 📺 Не пропустите премьеру! Шоу стартует 11 января 2026 года! Смотрите реалити-шоу в оригинале на якутском языке на телеканале «НВК Саха»! #СилаДуха2 #ЛенскиеСтолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>05.12.25 06:01</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4504</t>
+  </si>
+  <si>
+    <t>🌌❄ Северное сияние в Чокурдахе: волшебство якутской ночи 💫 ℹ Природное чудо Крайнего Севера Северное сияние — одно из самых завораживающих природных явлений, которое можно наблюдать в окрестностях поселка Чокурдах Аллаиховского района Республики Саха (Якутия). Это удивительное световое шоу превращает якутские ночи в настоящее волшебство. 📍Время появления Сезон сияния в Чокурдахе традиционно приходится на период между осенним и весенним равноденствием — с 21 сентября по 21 марта. В это время северные широты характеризуются ранними закатами, что создает идеальные условия для наблюдения за этим природным феноменом. 📍Особенности явления Цветовая палитра северного сияния в Чокурдахе поражает своим разнообразием. От нежно-зеленых до розовых оттенков — световые занавесы словно танцуют в небе, создавая неповторимые узоры. Местные жители часто выходят на улицы, чтобы полюбоваться этим величественным зрелищем. 📍Научные аспекты Появление сияния напрямую связано с солнечной активностью. Несмотря на то, что точно предсказать его возникновение практически невозможно, ученые установили определенные закономерности. В более северных широтах, к которым относится Чокурдах, северное сияние можно наблюдать даже в апреле. 🌌Уникальность явления Чокурдахское сияние отличается особой яркостью благодаря географическому положению поселка. Чистое небо и отсутствие светового загрязнения создают идеальные условия для наблюдения за этим природным чудом, делая его одним из самых впечатляющих зрелищ для местных жителей и гостей поселка. #ленскиестолбы #кыталык @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>04.12.25 05:15</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4500</t>
+  </si>
+  <si>
+    <t>Инспекторы заповедника «Медвежьи острова» усиливают охрану территории с помощью фотоловушек. 📷🐻‍❄️ ℹ Старший государственный инспектор Алексей Третьяков и участковые инспекторы Сергей Семёнов, Александр Суходов и Юрий Арбатский проводят плановое обследование и охрану территории государственного природного заповедника «Медвежьи острова». Важной частью их работы стала установка фотоловушек для мониторинга дикой природы и обеспечения сохранности уникальной экосистемы архипелага. Заповедник, расположенный в Республике Саха (Якутия), является ключевой природной территорией, где обитают редкие виды фауны и флоры. Регулярные обходы позволяют специалистам своевременно выявлять и устранять потенциальные угрозы экосистеме. Фотоловушки, размещённые в различных точках, помогают учёным и инспекторам отслеживать миграцию, численность и поведение животных, что чрезвычайно важно для сохранения биоразнообразия региона. ❄🌌 Работа по охране и наблюдению продолжается и в зимний период, несмотря на сложные погодные условия, что подчёркивает необходимость постоянного мониторинга этой особо охраняемой природной территории. #медвежьиострова</t>
+  </si>
+  <si>
+    <t>03.12.25 06:29</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4495</t>
+  </si>
+  <si>
+    <t>Подведены итоги экологического конкурса «Вторичная переработка» в заповеднике «Медвежьи острова» ♻🌿 ℹ 3 декабря в Государственном природном заповеднике «Медвежьи острова» состоялось подведение итогов творческого конкурса поделок из вторсырья. Конкурс был приурочен к «Всемирному дню вторичной переработки». Оценку работ проводило жюри в составе: 📍Руководителя отдела охраны ГПЗ «Медвежьи острова» М.Б. Магзоева; 📍Государственного инспектора Анастасии Буряковой; 📍Специалиста по экологическому просвещению Валерии Васильевой. Победители были определены в двух возрастных категориях. Младшая возрастная категория (до 6 лет): 1 место — Матвеева Милена и Юрин Александр. 2 место — Каургина Злата. 3 место — Войный Денис. Средняя возрастная категория (7-10 лет): 1 место — Михайлова Яна. 2 место — Лунева Ксения. 3 место — Харанутова Ирина. 📍Специального приза удостоены Антон Антипин и Кира Слепцова из села Колымское. Все победители и призёры получат дипломы и памятные подарки, а остальным юным участникам конкурса будут вручены сертификаты. 🏆🎁 Заповедник «Медвежьи острова» благодарит всех детей за участие, творческий подход и экологическую сознательность. Подобные мероприятия не только развивают фантазию, но и с ранних лет формируют важные привычки бережного отношения к природным ресурсам. Желаем всем участникам дальнейших успехов и надеемся на новые встречи в рамках наших экологических проектов! 💚 #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>02.12.25 06:55</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4491</t>
+  </si>
+  <si>
+    <t>Директор нацпарка «Ленские столбы» представил главам наслегов Хангаласского улуса планы развития до 2030 года📈📊🏞 Аркадий Семенов выступил с докладом на очередном Совете глав Хангаласского улуса, который состоялся в администрации района. В первую очередь директор ознакомил присутствующих глав с деятельностью подведомственных учреждений ФГБУ: нацпарка «Ленские столбы», нацпарка «Кыталык» (Аллаиховский район) и ГПЗ «Медвежьи острова» (Нижнеколымский район). Основное внимание Аркадий Семенов уделил нацпарку «Ленские столбы», расположенном на территории Хангаласского улуса. Он представил динамику туристического потока за последние годы и его сегментацию, а также подробно описал планы по развитию всех туристско-рекреационных зон: Лабыдьа, Буотама, Верхний Бестях. Директор также поделился эксклюзивными планами на зимний туристический сезон 2026 года, о которых будет сообщено позже в социальных сетях. Главам рассказали о планах по созданию Музея кембрия. Сбор экспонатов для Музея начался в прошлом году под руководством академика РАН Алексея Розанова. Отдельно Аркадий Семенов остановился на планах по расширению территории парка в верховьях реки Буотамы с целью сохранения уникальной экосистемы реки. Также прозвучали предложения нацпарка «Ленские столбы» по развитию предпринимательства на туристско-рекреационных зонах парка. В частности, директор отметил потребность в клининговых услугах, производстве сувенирной продукции и предоставлении услуг горячего питания (кафе) в зимний туристический сезон. Далее главам была предоставлена возможность задать вопросы и высказать предложения. Глава Качикатского наслега Ирина Оболкина поблагодарила руководство нацпарка за соглашение о бесплатном посещении жителями наслега территории нацпарк «Ленские столбы». Глава Едяйского наслега Николай Осипов задал вопрос о возможном расширении территории парка в сторону южных наслегов (включая Едяйский) и создании там экологических троп, например, тропы, связанной с Ой-Муранским рифом. Глава города Покровска Виктор Константинов посетовал на отсутствие информационных указателей, ведущих к визит-центру нацпарка в Покровске. Тут же директор дал поручение присутствующим на совещании работникам нацпарка обновить информационный баннер при въезде в город Покровск. По результатам доклада главы наслегов высоко оценили уровень работы нацпарка и выразили благодарность. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>30.11.25 05:55</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4482</t>
+  </si>
+  <si>
+    <t>Сотрудники национального парка «Ленские столбы» и студенты колледжа цифровых технологий «Айтыын» приняли участие в «Географическом диктанте – 2025»🌐✍🏻 Ежегодную международную просветительскую акцию организует Русское географическое общество (РГО). В этом году для проведения Диктанта было зарегистрировано рекордное количество площадок - 10 339. Среди них - визит-центр нацпарка «Ленские столбы» в городе Покровске и учебный корпус колледжа цифровых технологий «Айтыын». Тематика Диктанта этого года посвящена ключевым событиям и юбилеям 2025 года: 80-летию Победы в Великой Отечественной войне, 180-летию Русского географического общества и 500-летию начала освоения Северного морского пути. Кроме того, Диктант затрагивает историко-культурные и географические взаимосвязи России со странами БРИКС. Диктант включает 40 тестовых вопросов, разделённых на два уровня сложности: 10 простых и 30 сложных, требующих логического мышления и находчивости. На выполнение отводится 45 минут. Все вопросы предполагают выбор одного из предложенных вариантов ответа. Написать Диктант может любой желающий очно на зарегистрированных площадках или онлайн по ссылке: https://dictant.rgo.ru/ #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>28.11.25 08:56</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4476</t>
+  </si>
+  <si>
+    <t>Важная информация для посетителей Национального парка «Ленские столбы»‼️ Уважаемые посетители! ℹ Администрация Национального парка «Ленские столбы» информирует вас о временных изменениях в маршрутах. До официального открытия автозимника (зимней автомобильной дороги) действует следующий режим посещения: ✅ Разрешено: - Посещение территории у подножья Ленских столбов. 🚫 Запрещено: - Подъем на смотровую площадку. - Использование маршрута по экологической тропе. Как только автозимник будет открыт и готов к безопасной эксплуатации, ограничения будут сняты. Следите за дополнительными объявлениями на наших официальных ресурсах. Благодарим за понимание и соблюдение правил! С уважением, Администрация ФГБУ «Национальный парк «Ленские столбы» За актуальной информацией следите: Официальный сайт: lena-pillars.ru Телеграм: https://t.me/lenapillarsnationalpark VK: https://vk.com/lenapillarspark #ленскиестолбы @lenapillarsnationalp</t>
+  </si>
+  <si>
+    <t>28.11.25 03:22</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4475</t>
+  </si>
+  <si>
+    <t>Подарим надежду белым медведям 🐻‍❄️ Белый медведь — настоящий символ Арктики: величественный, сильный, смелый, но такой уязвимый перед угрозами, наступающими из-за климатических изменений и присутствия человека. Чтобы помочь ученым изучить поведение этих прекрасных животных и обеспечить их защиту, бренд CURAPROX совместно с Благотворительным Фондом «Возрождение Природы» запустил лимитированную коллекцию наборов зубных щеток «Сценарий жизни» 👉 clck.ru/3PWqBb 👈 в поддержку инициативы Национального парка «Ленские столбы» и Института проблем экологии и эволюции им. А.Н. Северцова РАН. Благодаря успешной реализации проекта белые медведи будут оснащены современными GPS-передатчиками, которые позволят получить ценные научные данные о перемещениях животных и снизить риск конфликтов с людьми 🙏. 🤝Поддержав «Сценарий Жизни» 👉 clck.ru/3PWqBb👈, вы поможете создать надежную систему защиты всей арктической экосистемы и сохранить популяцию белого медведя. Без нашей поддержки эти могучие великаны в заповеднике «Медвежьи острова» Якутии окажутся под угрозой исчезновения!😔 Реализовав проект, мы сможем: 1️⃣Повысить устойчивость природоохранных мероприятий. 2️⃣Создать базу научных исследований и партнерства с ведущими институтами. 3️⃣Укрепить финансовую устойчивость проекта и государственную поддержку. 4️⃣Обучить сотрудников парка новым технологиям и методикам. 5️⃣Применить мировые стандарты мониторинга, обеспечивающие долгосрочную надежность результатов. ✨Сделайте вклад в спасение популяции белых медведей, перейдя по ссылке 👉 clck.ru/3PWqBb 👈 или выберите специальный набор зубных щеток «Сценарий Жизни» от CURAPROX , 30 рублей от стоимости которых пойдет на помощь этим величественным животным. Поможем сохранить уникальное наследие Арктики и подарим будущим поколениям чистый и безопасный мир! Фото: Романов Алексей Юрьевич и Ушанов Петр Петрович #ВозрождениеПрироды #возрождениеприроды</t>
+  </si>
+  <si>
+    <t>28.11.25 03:21</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4472</t>
+  </si>
+  <si>
+    <t>Специалисты Национального парка «Кыталык» провели для второклассников урок, приуроченный ко Всемирному дню домашних животных 🐱🐶 ℹ️ 28 ноября, сегодня, в МБОУ «ЧСОШ им. А.Г. Чикачёва» специалисты по экологическому просвещению Национального парка «Кыталык» провели для учащихся вторых классов тематический классный час «Знакомься — домашние животные», приуроченный к Всемирному дню домашних животных. Мероприятие преследовало цель познакомить детей с понятием «домашние животные» и способствовало внедрению в школах Аллайховского района полной программы «Мы — твои друзья» на постоянной, ежегодной основе. Беседа с ребятами началась с обсуждения важных вопросов: какие бывают домашние животные, как они помогают человеку и почему люди заводят питомцев. После активного обсуждения школьники научились давать определение домашним и диким животным, разбирались, чем «приручение» отличается от «одомашнивания», а также классифицировали животных на «сельскохозяйственных» и «животных-компаньонов». Ребята с большим удовольствием и вниманием участвовали в беседе, отвечали на все вопросы. В завершение классного часа ученики закрепили пройденный материал и получили домашнее задание: вспомнить названия трёх литературных произведений о домашних животных. В результате учащиеся узнали много нового и получили удовольствие от познавательного занятия. #ленскиестолбы #кыталык @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>26.11.25 08:57</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4466</t>
+  </si>
+  <si>
+    <t>Приятно на сердце, когда все участники события (что важно – хорошего) – ваши друзья! Добрые друзья из Росзаповедцентра поделились замечательной новостью о том, что уважаемые друзья из Ленского объединённого речного пароходства в будущем году будут останавливаться у Тукуланов – сформируют новую остановку на речных круизах и начнут возить туристов к давним друзьям из национального парка «Ленские столбы». С нетерпением ждем в продаже билеты на теплоход «Михаил Светлов», чтобы проинспектировать новый маршрут!</t>
+  </si>
+  <si>
+    <t>26.11.25 08:22</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4465</t>
+  </si>
+  <si>
+    <t>Дикая жизнь в объективе: Свежая подборка кадров с фотоловушек нацпарка «Ленские столбы»🐇🦌🦊📸 Наш старший госинспектор Василий Петров поймал настоящие сокровища на фотоловушки! Территория парка кипит жизнью, и мы готовы показать вам этих удивительных обитателей! Смотрите, кто попал в объектив: • Пушистый белоснежный заяц; • Грациозная и осторожная кабарга; • Шустрая крошка-соболь; • Хитрая рыжая лиса; • Целое семейство величественных изюбрей; • И, конечно, очаровательные косули! Каждый кадр - напоминание о том, как уникальна экосистема нашего парка! Ставьте ❤️, если цените ее обитателей! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>25.11.25 07:54</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4457</t>
+  </si>
+  <si>
+    <t>ПРИГЛАШАЕМ принять участие в «Географическом диктанте - 2025»📃✍🏻🌏 30 ноября 2025 года в России и за её пределами состоится 11-ая международная просветительская акция «Географический диктант» Место проведения: Визит-центр "Ленские Столбы", 1 этаж. Адрес: г. Покровск, ул. Орджоникидзе д.56 Дата и время проведения: 30 ноября 2025 г. с 11:00 ч. Зарегистрироваться в качестве участника возможно: - по электронной почте: ekopros.pkr@mail.ru, - по телефону 8-914-263-88-79, - лично явившись на площадку. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>25.11.25 06:08</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4456</t>
+  </si>
+  <si>
+    <t>Итоги конкурса «Синичкин день»: поздравляем победителей! 👏🏆 ℹ С 11 по 25 ноября 2025 года прошел ежегодный республиканский конкурс рисунков «Синичкин день». В этом году конкурс вызвал большой интерес — было зарегистрировано 251 работа! 🎨 Итак, поздравляем победителей и номинантов! Номинация «Интересный графический приём» 7–10 лет 1 место — Борзенкова Виктория Александровна (МОУ СОШ №2 им. М.К. Аммосова, г. Нерюнгри) 2 место — Евграфова Сайнаара Егоровна (МБОУ ПСОШ №1 с УИОП им. И.М. Яковлева) 3 место — Матвеев Александр Артёмович (МБОУ «Хандыгская СОШ») 11–14 лет 1 место — Иванова Лейла Андреевна (АУ ДПО «Институт новых технологий РС(Я)») 2 место — Попова Екатерина (МОБУ «Городская классическая гимназия №8») 3 место — Игнатьева Дайаана (МБОУ «Амгинская СОШ им. Р.И. Константинова») Номинация «Творческий подход» 7–10 лет 1 место — Будожапов Ардан Баирович (МОБУ ЯГНГ им. А.Г. и Н.К. Чиряевых) 2 место — Нестерова Айсаана (МБОУ ПСОШ №1 с УИОП им. И.М. Яковлева) 3 место — Семенова Лилиана (МОБУ СОШ №33) 11–14 лет 1 место — Софронова Мичийэ Эркиновна (МОБУ Гимназия «Центр глобального образования») 2 место — Евдокимова Алина Алексеевна (МКОУ «1-Жемконская ООСШИ») 3 место — Корякин Дьулуур (МБОУ «Магарасская СОШ им. Л.Н. Харитонова») Номинация «Оригинальность исполнения» 7–10 лет 1 место — Прокопьева Вероника Ивановна (МОБУ СОШ №33 им. Л.А. Колосовой) 2 место — Михайлова Айнара (МБОУ «Джикимдинская СОШ им. С.П. Данилова») 3 место — Николашкина Айина Юрьевна (МОБУ «Саха-корейская СОШ») 11–14 лет 1 место — Герасимова Лиана Александровна (МОБУ СОШ №31) 2 место — Игнатьев Радомир (МОКУ «Адаптивный образовательный комплекс») 3 место — Сивцева Василина (ГБНОУ РС(Я) «РЛИ») Приз зрительских симпатий (по итогам голосования ВКонтакте): • Кельциева Алина (МБОУ ПСОШ №1 с УИОП им. И.М. Яковлева) • Кириллина Дайаана Алексеевна (МБОУ «Тумульская ООШ им. Р.А. Христофорова») • Решетников Демид Николаевич (МБОУ «Хандыгская СОШ») Победителям и номинантам будут вручены дипломы и памятные призы, а участники получат сертификаты! По всем вопросам можно обращаться по телефону: 8 (4112) 31-86-21. Мы благодарим всех детей, педагогов и родителей за участие, творчество и любовь к природе. 💚🏞🌿 Поздравляем победителей и желаем новых творческих успехов! 💫 #Синичкиндень #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>24.11.25 07:29</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4454</t>
+  </si>
+  <si>
+    <t>Ленские столбы появятся на интерактивном макете России в московском музее 🏛🇷🇺 В московском музее «Царь-макет», известном своей масштабной интерактивной моделью страны, готовится к открытию новая знаковая достопримечательность — легендарные Ленские столбы. Этот уникальный природный объект, являющийся объектом Всемирного наследия ЮНЕСКО, займет свое почетное место на берегу миниатюрной реки Лены в рамках проекта по созданию мини-Оймякона❄️🏘. Работы над якутским селом Оймякон, знаменитым как один из «полюсов холода» планеты, выходят на финишную прямую. Именно здесь, на Яна-Оймяконском нагорье, «соседом» сурового Оймякона и станут величественные Ленские столбы. Их создание — особая задача для мастеров: используя пластик, декораторы скрупулезно воссоздают причудливые формы скальных исполинов, придают им естественный каменный цвет и расставляют миниатюрные фигурки туристов, чтобы передать грандиозность этого природного памятника. Параллельно с этим макетчики наполняют жизнью и сам Оймякон: устанавливают светодиоды в дома, создают искусственный снег и сосульки, расставляя предметы быта. Каждые 4 минуты в музее наступает вечер, и окна миниатюрных домов, как и задумано, загораются уютным светом. Но именно Ленские столбы, без сомнения, станут одним из центральных элементов обновленной экспозиции, привлекая внимание посетителей к удивительной красоте и разнообразию России. Их появление на макете — это дань уважения уникальному природному наследию Якутии. Увидеть знаменитые Ленские столбы в миниатюре, а также новый интерактивный Оймякон посетители музея «Царь-макет» смогут уже в начале 2026 года. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>21.11.25 08:08</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4452</t>
+  </si>
+  <si>
+    <t>Вкусные угощения для пернатых друзей! 🐦❄️ Наши друзья, учащиеся 3 класса Чокурдахской школы имени А.Г. Чикачева из Аллаиховского района, в рамках Синичкиного дня сделали полезные и вкусные лакомства для птиц, которые остаются зимовать рядом с нами. Делимся простым рецептом - его легко повторить дома или в школе! Рецепт кормушек-угощений “Птичьи бусы” Вам понадобится: - сушёные яблоки🍏 - курага, изюм или другие сухофрукты🍇 - прочная нитка или шпагат🧵 - деревянная шпажка или иголка🪡 Как сделать: 1. Отрежьте нитку нужной длины. 2. Аккуратно нанизывайте сухофрукты на нитку, как бусы. 3. Надёжно завяжите кончики. 4. Повесьте “птичьи бусы” на дерево — птицы будут в восторге! Рецепт питательных “Зерновых пирожков” Понадобится: - овсяные хлопья или зерновая смесь🌾 - немного несолёного сала (как связующий компонент)🐷 - формочки для кексиков🧁 Приготовление: 1. Смешайте зерновую смесь с небольшим количеством сала, чтобы масса стала липкой. 2. Разложите смесь по формочкам и плотно утрамбуйте. 3. Дайте застыть на холоде (на балконе или в морозилке). 4. Достаньте из форм и вынесите угощения во двор или на кормушку! Такие простые лакомства помогают птицам легче пережить зиму, а детям - почувствовать свою важную роль в заботе о природе. Давайте вместе поддерживать наших пернатых друзей! 💙 #кыталык @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>19.11.25 02:16</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4446</t>
+  </si>
+  <si>
+    <t>Передача, посвященная осеннему авиационному мониторингу популяции белых медведей в Государственном природном заповеднике «Медвежьи острова» (Нижнеколымский район Якутии), который проходил в сентябре этого года, уже вышла в эфир на телеканале НВК Саха!📺🐻‍❄️🚁 Мы знаем, что вы ждали этого выпуска после наших анонсов, и рады сообщить, что вы можете пересмотреть его или посмотреть, если пропустили! Узнайте, как проходили работы, какие интересные моменты удалось запечатлеть и что нового мы узнали о жизни этих величественных хищников в суровых арктических условиях. 📺 Смотрите запись на следующих площадках: • RuTube: https://rutube.ru/video/b4b6a93676c4fbb98707eeab070f8a13/ • YouTube: https://youtu.be/6XMSPvStTL4 • ВКонтакте (VK): https://vkvideo.ru/video-211137588_456262667 Спасибо за ваш интерес и поддержку! #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>18.11.25 08:03</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4445</t>
+  </si>
+  <si>
+    <t>🐻‍❄️🚁 Уже сегодня, 18 ноября, в 21:30! 📺 Не пропустите на телеканале НВК "Саха" документальный фильм "По следам белого медведя"!🐻‍❄️🐾 В этом выпуске вас ждут уникальные кадры, снятые в труднодоступном заповеднике "Медвежьи острова", который расположен на территории Нижнеколымского района РС (Я). #МедвежьиОстрова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>17.11.25 07:51</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4444</t>
+  </si>
+  <si>
+    <t>🐻‍❄️🚁 Завтра, 18 ноября, в 21:30! 📺 Не пропустите на телеканале НВК "Саха" документальный фильм "По следам белого медведя"!🐻‍❄️🐾 В этом выпуске вас ждут уникальные кадры, снятые в труднодоступном заповеднике "Медвежьи острова", который расположен на территории Нижнеколымского района РС (Я). Добраться туда съемочным группам крайне сложно, что делает эти материалы настоящей редкостью. Узнайте, как проходил осенний авиационный мониторинг популяции белых медведей в заповеднике в сентябре этого года. Погружение в мир Арктики и сохранение этих величественных хищников. Продолжительность выпуска: 40 минут. #МедвежьиОстрова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>17.11.25 02:56</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4443</t>
+  </si>
+  <si>
+    <t>Трилобиты, мамонты и спасение планеты! 🦣🌍 Третьеклассники Покровской СОШ №2 (3 «А» класс) провели по-настоящему познавательный день в визит-центре национального парка «Ленские столбы» (г. Покровск)! Путешествие в прошлое: Ребята погрузились в историю благодаря уникальным экспонатам: окаменелостям трилобитов, зубу мамонта, бивням и орудиям труда первобытного человека. Настоящая машина времени!🦣⚒️ Урок для будущего: Затем настало время экологии! В честь Дня вторичной переработки специалисты по экопросвещению нацпарка Елена Скрябина и Наталья Тимофеева провели увлекательный урок. С помощью презентации они рассказали, почему так важен раздельный сбор отходов. Знания закрепили в викторине «Чьи следы?».♻️ Самое важное: Ребята не только узнали, но и сделали! Они сдали собранные пластиковые крышечки и батарейки на переработку. 🪫🔋 Молодцы! Маленькие шаги ведут к большим переменам! 🌱 #ЛенскиеСтолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>13.11.25 09:37</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4437</t>
+  </si>
+  <si>
+    <t>Сегодня, 13 ноября, Михаил Ефимовичу Николаеву исполнилось бы 88 лет. Он был, есть и будет всегда первым, всегда всенародно любимым Президентом Республики Саха (Якутия). Для нас, Михаил Ефимович был не только выдающимся государственным деятелем и отцом народа, он был для нас нечто большим, мудрым человеком огромной души, который всю свою жизнь посвятил служению своему народу Якутии. Он верил в людей, вдохновлял и заботился о каждом жителе, он очень сильно любил своей родной край и делал всё, для того, чтобы, республика развивалась, сохраняя свою культуру, традиции и язык. Светлая память Михаил Ефимовичу Николаеву.</t>
+  </si>
+  <si>
+    <t>13.11.25 02:38</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4430</t>
+  </si>
+  <si>
+    <t>«Синичкин день» создан по инициативе Союза охраны птиц России и отмечается 12 ноября. В этот день жители разных населённых пунктов страны готовятся к встрече «зимних гостей» - птиц, остающихся на зимовку в наших краях. ❄🌌 ℹ В преддверии праздника «Синичкин день» в МОУ ЧСОШ им. А.Г. Чихачёва для учащихся 3 класса методистом по экопросвещению Рябовой Екатериной был проведён мастер-класс, по изготовлению эко-кормушки для зимующих птиц, где ребята увидели презентацию, каких видов бывают кормушки для птиц, какие материалы используются, чтобы кормушки были максимально удобными. Затем дети самостоятельно учились изготавливать эко-кормушку, которая не только помогает птицам пережить холодную зиму, но и не приносит вред окружающей среде. ✨🌿🏞 Дети в конце мастер-класса поняли о большом значении Национального парка «Кыталык», о том, что нужно беречь не только птиц, но и окружающую среду. Берегите природу. #ленскиестолбы #кыталык @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>12.11.25 06:22</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4423</t>
+  </si>
+  <si>
+    <t>Уважаемые друзья! Белая медведица по кличке Сахайана обездвиженная нами в рамках нынешнего осеннего авиамониторинга, пройдя вдоль побережья Восточно-Сибирского моря более 750 км сегодня находится в 23 км от села Янранай Чукотский АО. Это говорит о том что, никаких территориальных границ и ограничения расстояний по путям миграции для белых медведей не существует Данные о передвижении медведя полученны с установленого спутникового ошейника, благодаря которому мы постоянно мониторим нашу медведицу, получая очень ценную информацию о миграционных путях этого удивительно красивого и мощного хищника Российской Арктики. Уверен что впереди нас ждёт еще много интересного и познавательного.</t>
+  </si>
+  <si>
+    <t>12.11.25 04:10</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4422</t>
+  </si>
+  <si>
+    <t>🎨 Рисунки в помощь! ℹ Сегодня, 12 ноября, отмечается добрый праздник зимующих птиц — Синичкин день. Синицы, снегири, свиристели и другие пернатые остаются рядом с нами даже в самые суровые морозы. ❄🌌 Этот день напоминает: иногда маленькая забота согревает целый мир. Повесьте кормушку, насыпьте семечек или орехов — и зима станет немного теплее не только для птиц, но и для нас. В честь праздника мы объявляем старт открытому республиканскому конкурсу рисунков, посвящённому зимующим птицам Якутии. Это возможность проявить талант, сделать доброе дело и напомнить, как важно беречь жизнь вокруг — даже самую маленькую, крылатую и хрупкую. Нарисуйте синицу, снегиря, чечётку, свиристеля или других зимующих птиц. Передайте в своей работе уют северной зимы, тепло заботы и красоту природы, которая живёт рядом с нами. Лучшие работы будут представлены на выставке и отмечены памятными призами! Чем помогут ваши рисунки? Они напомнят каждому: птицам нужна наша поддержка. А значит — зима станет добрее, а мир вокруг чуточку светлее. 💚 С более подробной информацией о конкурсе вы можете ознакомиться по этой ссылке: chrome-extension://efaidnbmnnnibpcajpcglclefindmkaj/https://lena-pillars.ru/upload/iblock/3fe/2g7v1my7k21yjzvlw0jxxw8xc4iuwhzr/0088_251111131511_001.pdf #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>12.11.25 02:42</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4420</t>
+  </si>
+  <si>
+    <t>Сотрудники нацпарка «Ленские столбы» осваивают передовые дроны🚁👨🏻‍💻 С 3 по 9 ноября в Красноярске наши сотрудники - начальник отдела лесохозяйственной деятельности Валерий Павлов и ведущий научный сотрудник Анатолий Попов - прошли обучение по управлению беспилотной авиационной системой (БАС) «miniSIGMA». Обучение проходило на базе компании-производителя комплекса - ООО НПП «АВАКС-ГеоСервис». Что такое «miniSIGMA»? Это дрон самолетного типа, который объединяет лучшие качества квадрокоптера и самолета. Главное преимущество: аппарат способен взлетать и садиться вертикально, без катапульты! При этом его дальность полета достигает 140 км. Это позволит нам охватывать огромные территории парка! Как будут использовать новую технику? Новый беспилотный комплекс мы планируем активно применять для мониторинга территории парка, в частности: • Обнаружение лесных пожаров на ранней стадии. • Учет объектов животного мира. На обучении также присутствовали коллеги из ФГБУ «Заповедное Прибайкалье» и ФГБУ «Сочинский национальный парк». В рамках поездки наши сотрудники также встретились с директором ФГБУ «Национальный парк «Красноярские столбы» Вячеславом Щербаковым. Обсудили самые актуальные вопросы и вызовы в работе особо охраняемых природных территорий. #ЛенскиеСтолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>11.11.25 12:10</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4413</t>
+  </si>
+  <si>
+    <t>Тукуланы станут ещё доступнее: теплоход «Михаил Светлов» добавит остановку у тукулана «Кысыл Элэсин»🛳🏞 В 2026 году любителей природы ждёт приятный сюрприз: теплоход «Михаил Светлов» включит в свой маршрут «Якутск - Ленские столбы - Якутск» новую остановку у тукулана «Кысыл Элэсин» - впечатляющей 40-метровой песчаной дюны на территории национального парка «Ленские столбы». Ожидается, что эта новая точка маршрута привлечёт дополнительно 2 200 туристов в национальный парк. Это решение стало результатом продуктивного совещания руководства национального парка с представителями ПАО «Ленское объединённое речное пароходство» (ЛОРП). Обе стороны нацелены на тесную совместную работу: ☑️ ЛОРП проведёт необходимые работы по обеспечению безопасности на воде: измерение глубины акватории реки у тукулана и установка мёртвых якорей («мертвяков»). ☑️ Национальный парк «Ленские столбы» рассмотрит вопрос обустройства комфортных и безопасных подходов к тукуланам. Руководитель службы пассажирских перевозок и туризма ПАО «ЛОРП» Дмитрий Громов также поделился планами по навигации. В 2026 году запланировано значительное увеличение туристических рейсов: 84 рейса по сравнению с 59 рейсами в 2025 году. Из них 65 рейсов будут выполняться теплоходами «Михаил Светлов» и «Демьян Бедный» по маршруту «Якутск - Ленские столбы - Якутск». Аркадий Семенов, директор ФГБУ «Национальный парк «Ленские столбы»: «Также по итогам совещания принято решение о запуске маршрута до Ленских столбов на скоростных судах. Это позволит жителям и гостям республики осуществить поездку к величественным скалам в формате «тура одного дня», что, безусловно, скажется на качестве и удешевлении поездки. Кроме того, все туристы, посещающие парк с туристическими фирмами из числа партнёров нацпарка, будут сопровождаться профессиональными гидами и проводниками». #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>11.11.25 06:00</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4411</t>
+  </si>
+  <si>
+    <t>🎨 Полет вдохновения начинается здесь! ℹ 11 ноября отмечается тёплый и добрый праздник, посвящённый нашим зимующим пернатым друзьям - Синичкин день. Синицы, снегири, воробьи, свиристели и другие птицы остаются с нами даже в самые морозные дни. Но представьте, как им живётся в - 50 если мы утепляемся одеждой, а они выживают под открытым небом! ❄🌌 Поэтому в этот день принято мастерить кормушки, развешивать их в скверах, дворах и у домов, наполнять зерном, семечками, орехами и несолёным салом. Каждое маленькое доброе дело — это поддержка тем, кто зимует рядом с нами. 💚 К этой замечательной экологической дате мы объявляем конкурс рисунков! Подробнее о конкурсе можете узнать по этой ссылке: https://vk.com/away.php?to=https%3A%2F%2Flena-pillars.ru%2Fupload%2Fiblock%2F3fe%2F2g7v1my7k21yjzvlw0jxxw8xc4iuwhzr%2F0088_251111131511_001.pdf&amp;cc_key Раскрой творческий взгляд на зимних птиц и вдохнови других своим искусством. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>08.11.25 05:59</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4408</t>
+  </si>
+  <si>
+    <t>Впереди - новый цикл жизни парка 🏞❄ ℹ Началась подготовка к осенне-зимнему периоду. Инспекторы Национального парка «Кыталык» начали работу по заготовке дров. Недалеко от посёлка Чокурдах первая группа собирает дрова в организационные кучи, а вторая группа доставляет на буранах, разгружают возле офиса нацпарка с последующим складированием. Работа это трудоёмкая и в эти дни усложняется погодными условиями - на улице сильный ветер, метель. Несмотря на это собрали около 8 кубометров древесины. 🪵 #ленскиестолбы #кыталык @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>07.11.25 07:11</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4407</t>
+  </si>
+  <si>
+    <t>Научный сотрудник нацпарка «Ленские столбы» Уруйдаана Алексеева присоединилась к важной исследовательской работе в Москве🔬🧪🧫 Она работает в лаборатории Палеонтологического института имени А.А. Борисяка РАН под руководством известного академика Алексея Розанова. Цель работы - изучение уникальных образцов, добытых во время палеонтологической экспедиции, которая этим летом прошла в верховьях реки Буотама на территории нацпарка. ℹ️Напомним, с 4 по 15 июля т.г. команда учёных на трёх лодках с водометными двигателями поднялась на 220 километров вверх по реке Буотама. Исследователи изучали геологическую историю местности, проводя работы в 13 точках - местах естественного выхода горных пород на поверхность. В результате полевых работ был собран бесценный набор ископаемых, среди них: • Трилобиты: Эти вымершие морские членистоногие, напоминающие нечто среднее между древними раками и насекомыми, были одними из первых по-настоящему сложных животных на планете. • Археоциаты: Организмы, похожие на примитивные губки. Они играли ключевую роль в ранних морях, строя целые подводные рифы (биогермы) и формируя ландшафт. • Хиолиты: Загадочные существа, отличавшиеся наличием характерных конусовидных раковин. • SSF (Small Shelly Fossils - Мелкие раковистые ископаемые): Это крошечные остатки первых организмов, которые обзавелись твёрдыми скелетами или панцирями. Их изучение критически важно для понимания так называемого «кембрийского взрыва» - периода внезапного и бурного развития многоклеточной жизни. Собранные образцы были доставлены в лабораторию в Москве для детального анализа. Здесь учёные применяют две основные методики, к которым теперь присоединилась и наш научный сотрудник: 1. Изготовление шлифов: Создаются сверхтонкие срезы породы. Это позволяет рассмотреть внутреннюю структуру ископаемых под мощным микроскопом. 2. Травление на микрофауну: Породу аккуратно растворяют кислотой. Этот процесс «высвобождает» мельчайшие ископаемые остатки, которые невозможно увидеть невооружённым глазом. Эти исследования дадут возможность заглянуть на сотни миллионов лет назад и глубже понять, как развивались первые животные экосистемы на территории современной Якутии. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>07.11.25 04:46</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4396</t>
+  </si>
+  <si>
+    <t>Путешествие по Якутии с карандашами и фломастерами!✏️🫟🎨🐻‍❄️🏞️🪶 Скачивайте, распечатывайте и начинайте творить вместе с детьми. Раскрашивая, вы не только отдохнёте душой, но и узнаете много нового о животных, растениях и чудесных местах нашего края. Внутри вас ждут: Стерх — птица счастья Белый медведь — символ Арктики Могучий бизон Хаххан — бородатая неясыть, хранительница леса Сардаана — символ якутского лета Ленские столбы — жемчужина Якутии Пусть творчество объединяет семьи, вдохновляет и помогает полюбить мир природы ещё сильнее! 💚 Желаем ярких красок и волшебного настроения! ✨ #ленскиестолбы #кыталык #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>06.11.25 04:05</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4393</t>
+  </si>
+  <si>
+    <t>❗️ В Хангаласском районе прокуратура направила в суд уголовное дело о незаконной рубке на территории Национального парка «Ленские столбы»   🖼🖼Прокуратура Хангаласского района утвердила обвинительное заключение по уголовному делу в отношении 27-летнего местного жителя. Он обвиняется по ч. 3 ст. 260 УК РФ (незаконная рубка лесных насаждений в особо крупном размере) и ст. 262 УК РФ (нарушение режима особо охраняемых природных территорий и природных объектов). По версии следствия, обвиняемый, в летнее время, находясь на территории Национального парка «Ленские столбы», нарушив режим особо охраняемой государством природной территории, осуществил незаконную рубку лесных насаждений породы «лиственница» и «береза», причинив ущерб в сумме более 218 тыс. рублей. В ходе следствия мужчина вину признал в полном объеме и возместил причиненный ущерб. 🖼 Уголовное дело направлено прокурором в суд для рассмотрения по существу. https://t.me/tprocsakha</t>
+  </si>
+  <si>
+    <t>31.10.25 01:18</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4392</t>
+  </si>
+  <si>
+    <t>Обновление на кордоне Лабыдьа: новые поручни и мангальные зоны к старту зимнего туристического сезона🏞️☃️❄️ На кордоне Лабыдьа, расположенном у подножия Ленских столбов, полным ходом идет подготовка к предстоящему зимнему туристическому сезону. В частности, продолжается обустройство экотропы: для повышения удобства и безопасности посетителей здесь устанавливаются поручни. Кроме того, ведется возведение новых уличных санитарных узлов. Туристов также ждут обновленные мангальные зоны с навесами и крытые скамейки, что сделает отдых комфортнее с началом нового сезона. Зимний туристический сезон-2025/2026 не за горами, и мы призываем туристов с нетерпением ждать его открытия! Точные даты старта сезона будут объявлены позднее в официальных социальных сетях и на сайте парка. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>30.10.25 06:20</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4383</t>
+  </si>
+  <si>
+    <t>Два проекта нацпарка «Ленские столбы» поборются за крупные гранты на защиту природы в 2026 году🐻🌿🌸 Два важных экологических проекта Национального парка «Ленские столбы» прошли первый отбор и теперь претендуют на получение финансирования от Президентского фонда природы. Первый проект - «Сохранение популяции бурого медведя и профилактика конфликтов с человеком на территории Национального парка «Ленские столбы»🐻 Что планируется сделать: • Подсчет медведей с помощью дронов: Специалисты проведут учет численности медведей, используя беспилотные летательные аппараты (дроны). Обследование затронет территории возле 12 кордонов инспекторов и популярных туристических мест (например, в районе устья реки Буотама, Тукулан Кысыл Элэсин, Лабыдьа). Площадь обследования составит более 200 квадратных километров. • Установка электрических ограждений: По результатам учета, летом 2026 года установят около 10 километров защитных изгородей. Это будут "электропастухи" - ограждения под небольшим напряжением, работающие от солнечных батарей с аккумуляторами, с обязательной установкой предупреждающих табличек. Это поможет держать медведей подальше от мест отдыха людей. Второй проект - «Изучение и сохранение ареалов редких и исчезающих видов растений национального парка «Ленские столбы»🌿🌸 Что планируется сделать: • Научные экспедиции с участием молодежи: В 2026 году запланировано пять летних экспедиций в туристических зонах парка. В них примут участие научные сотрудники и студенты из Института естественных наук СВФУ, и школьники. Маршруты выберут на основе анализа карт и отчетов (включая данные 2023 года) в наиболее уязвимых и значимых местах (например, устья реки Буотама, местность Лабыдьа, Диринг-Юрях). • Цифровизация данных: Для каждого найденного редкого растения будут зафиксированы точные GPS-координаты и сделаны фотографии. Собранные полевые данные будут систематизированы и внесены в ГИС-систему для построения карт. • Создание мобильного приложения: Юные резиденты детского технопарка «Кванториум - Якутск» помогут разработать мобильное приложение - интерактивный определитель растений. Это поможет в экологическом просвещении посетителей парка. Кроме того, они создадут карманный определитель для инспекторов, который они смогут использовать в своих дневниках для постоянного мониторинга состояния флоры. Победители конкурса, которые получат гранты, станут известны в феврале 2026 года, после прохождения второго этапа отбора. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>30.10.25 04:03</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4378</t>
+  </si>
+  <si>
+    <t>Госинспекторы вышли на «осенёвку»🏡❄️🌨️🧊 По плану на 2025 год и согласно приказу, наши инспекторы из нацпарков «Ленские столбы», «Кыталык» и заповедника «Медвежьи острова» с середины сентября (а некоторые с конца октября) отправились на «осенёвку» - это выезд на кордоны во время начала ледостава. В этот период у них важная задача - следить за реками: Леной и Буотамой (нацпарк «Ленские столбы»), Индигиркой (нацпарк «Кыталык») и Колымой (ГПЗ «Медвежьи острова»). Они фиксируют, как именно наступает ледостав, ведя «летопись природы». В ГПЗ «Медвежьи острова» госинспекторами также ведется мониторинг акватории Восточно-Сибирского моря. Кроме того, в период «осенёвки» инспектора наводят порядок у себя на территории, проводят важные хозяйственно-биотехнические работы. Эта осенняя вахта продлится до 25 ноября, а на Колыме - до 1 декабря. Всего в этой важной миссии на трех территориях задействовано 28 наших госинспекторов! #ленскиестолбы #кыталык #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>29.10.25 04:47</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4371</t>
+  </si>
+  <si>
+    <t>Наша республика - это тысячи удивительных пейзажей и живущие рядом с ними талантливые люди, которые умеют видеть красоту, чувствовать природу и передавать её дух через творчество. От Ленских столбов до арктических просторов вся Якутия достойна того, чтобы о ней узнали. Стартовал новый III сезон конкурса «Дальний Восток. Земля приключений» - отличная возможность показать миру наш край и людей, которые его прославляют. Во II сезоне конкурса поступило 664 фильма от участников со всей России, в три раза больше, чем в первый год. 46 из них были посвящены Якутии, её природе, культуре и туристическому потенциалу. В прошлом году финалисткой конкурса стала Нина Слепцова из Момского района. Её фильм о красоте родного края напомнил, что вдохновение живёт рядом - в каждом человеке, в каждой семье, в каждом уголке нашей земли. 🎥 Как участвовать: 🔹Снимите видео до 8 минут о своём путешествии по Якутии или Арктике. 🔹 Подайте заявку до 15 января 2026 года на сайте путешественникдв.рф. 🔹 Главный приз - 3 миллиона рублей, общий призовой фонд - более 9 миллионов рублей. 🔹 Участвовать могут взрослые и дети от 10 лет в сопровождении взрослых. Пусть весь мир увидит, какая она - Якутия, красивая, талантливая и вдохновляющая! ▫️Подписывайтесь на мой канал в МАХ</t>
+  </si>
+  <si>
+    <t>29.10.25 03:19</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4370</t>
+  </si>
+  <si>
+    <t>В прошлые выходные в городе Якутске в здании Smart-библиотеки развернулся настоящий эколого-просветительский праздник - фестиваль “Дни национального парка “Ленские столбы”🏞️🗺️🎨🦬🦣👧🏻👦🏻 Целых два дня здесь было шумно, познавательно и увлекательно: от мастер-классов для детей и взрослых до серьезных лекций для будущих экологов. Смотрите репортаж с места событий, подготовленный для передачи «Утро Якутии» на телеканале «Якутия 24» (НВК «Саха»). #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>29.10.25 00:56</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4369</t>
+  </si>
+  <si>
+    <t>Добрый день, уважаемые земляки! Вчера, 28 октября, провели рабочую встречу с директором Национального парка «Ленские столбы» Аркадием Анатольевичем Семеновым. Обсудили вопросы взаимодействия и перспективы сотрудничества. Договорились подготовить соглашение о совместной работе в рамках социально-экономического развития наших территорий. Особое внимание уделили созданию условий для реализации идей предпринимательского сообщества Хангаласского улуса в туристический сезон, а также возможности проведения мероприятий на территории национального парка. Благодарю Аркадия Анатольевича за тёплый приём и содержательную беседу! #ЛенскиеСтолбы #ХангаласскийУлус #Туризм #Сотрудничество</t>
+  </si>
+  <si>
+    <t>28.10.25 03:39</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4368</t>
+  </si>
+  <si>
+    <t>Завершился эколого-просветительский фестиваль «Дни Национального парка «Ленские столбы» 🏞️🗺️🎨🦬🦣👦🏻👧🏻 ℹ 25 и 26 октября в SMART-библиотеке имени Н.Д. Неустроева прошел масштабный эколого-просветительский фестиваль, посвященный национальному парку «Ленские столбы». На два дня библиотека превратилась в настоящий заповедный островок в сердце города, который посетили почти 500 человек. Гостями мероприятия стали школьники, студенты, семьи с детьми, педагоги, художники, экологи и все, кто интересуется природой родного края. В течение двух дней они погружались в мир заповедной природы, науки и туризма. 🌐🌿🏔 📍Для юных посетителей было проведено 8 познавательных уроков, которые посетили 144 ребёнка. На занятиях ребята узнали, где находится парк, кто в нем обитает, сколько лет трилобитам, что такое Диринская культура и кто оставил наскальные рисунки. Им также рассказали о Тукуланах и месте обитания бизона. Особой популярностью пользовались творческие мастер-классы. Более 40 человек научились рисовать акварельный пейзаж Ленских столбов под руководством Вячеслава Степановича Максимова, члена Союза художников России и преподавателя детской художественной школы Хангаласского улуса. 📍Для взрослой аудитории была организована серия из 8 лекций, которые собрали 160 слушателей. Темы выступлений были разнообразны: от презентации самого парка и обсуждения экологических научных проектов до рассказов о школьной экспедиции «Эллэйаада» и природоохранных профессиях для молодежи. Также в рамках фестиваля работали три выставки: фотовыставка, посвященная 30-летию национального парка, выставка конкурсных работ «Мои любимые животные» и экспозиция, рассказывающая о школьной экспедиции «Эллэйаада». Гости могли поучаствовать в мастер-классах по изготовлению сувениров из бисера «Нити предков» и научиться играть в традиционные настольные игры «Хабылык» и «Хаамыска». Организаторы фестиваля выражают благодарность всем участникам, партнёрам и гостям и надеются на встречу в следующем году. 💚 #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>25.10.25 03:50</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4353</t>
+  </si>
+  <si>
+    <t>Экофестиваль «Дни национального парка «Ленские столбы»: Два дня открытий в Smart-библиотеке Якутска🏞️🗺️🎨🦬🦣👦🏻👧🏻 Приглашаем на «Дни национального парка «Ленские столбы» - масштабный экологопросветительский фестиваль, проходящий прямо сейчас в Smart-библиотеке (203 мкр., г. Якутск). Это идеальный досуг для всей семьи, который продлится 25 и 26 октября (суббота и воскресенье). Вход бесплатный! Что вас ждет? • Для юных исследователей: Захватывающая интерактивная игра «Оживи карту»! • Уникальная экспозиция: Участники школьной экспедиции «Эллэйаада» из Ойской средней школы (Хангаласский улус) привезли настоящие палеонтологические сокровища - от волоса бизона до фрагментов челюсти мамонта! • Творчество и релакс: Взрослые смогут раскрыть свой художественный потенциал на мастер-классе по живописи. • Погружение в культуру: Освойте традиционные якутские настольные игры! Это прекрасная возможность для родителей окунуться в детство, а для молодежи - изучить игры народа саха. • Карьера и наука: Посетите лекции о подготовке научных работ по экопросвещению, а выпускников ждет специальная профориентационная лекция «Природоохранные профессии и возможности для молодежи». Фестиваль проходит на 3 этаже Smart-библиотеки. Начните ваши выходные с новых знаний и ярких открытий! Ждем вас 25 и 26 октября! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>24.10.25 05:29</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4348</t>
+  </si>
+  <si>
+    <t>Запись прямого эфира утренней передачи "Сана Кун" на НВК Саха с участием сотрудников ФГБУ «Национальный парк «Ленские столбы» - главного специалиста по туризму Баи Никитиной и главного специалиста по экологическому просвещению Олеси Кондаковой-Захаровой🎙 Тема: "Экопросветительский фестиваль «Дни национального парка «Ленские столбы»" #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>23.10.25 03:14</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4347</t>
+  </si>
+  <si>
+    <t>Ленские Столбы и Чжанцзяцзе: шаг к международному партнёрству природы 🌐🌿 16–17 октября 2025 года состоялась рабочая встреча представителей Национального парка «Ленские Столбы» с руководством Национального лесного парка «Чжанцзяцзе» (провинция Хунань, Китай) и Управлением иностранных дел района Улинюань. ℹ Во время переговоров стороны достигли договорённости о подписании соглашения о сотрудничестве между двумя национальными парками, а также о побратимских связях между районом Улинюань и Хангаласским улусом Республики Саха (Якутия). Делегация из Якутии посетила ключевые природные районы Чжанцзяцзе — Хуаншичжай (Жёлтая крепость) и Цзиньбиньси (Ручей Золотой кнут), где участники познакомились с системой управления природным туризмом, благоустройством маршрутов и инфраструктурой для посетителей. Окончательное подписание соглашений запланировано на начало декабря 2025 года. Такие встречи позволяют обмениваться лучшими практиками в сфере экотуризма и охраны природы, ведь главная цель обоих парков — сохранить уникальные природные ландшафты и сделать их доступными для людей без вреда для экосистем. Эта встреча стала ещё одним шагом к тому, чтобы природа Якутии зазвучала на международной арене, а её охрана стала общим делом — вне зависимости от границ. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>23.10.25 01:27</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4337</t>
+  </si>
+  <si>
+    <t>ℹ 22 октября — Всемирный день белых журавлей! В этот день весь мир вспоминает о символе чистоты, мира и надежды — белом журавле. Для нас, в национальном парке «Ленские столбы» с подведомственной организацией национальный парк «Кыталык», этот праздник особенный. Именно здесь, в сердце Якутии, на тундровых просторах, гнездится один из самых редких видов на планете — стерх, на якутском - кыталык. Эти удивительные птицы пролетают тысячи километров, возвращаясь каждую весну в родные места. Их судьба — напоминание о том, как важно беречь природу и её хрупкое равновесие. ⚖ Сегодня мы благодарим всех, кто помогает сохранять журавлей и их мир. Делитесь своими фото журавлей, рассказывайте, где вы их видели, и поставьте, если тоже верите, что каждый журавлиный крик — это песня о жизни! 💚 #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>21.10.25 09:19</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4334</t>
+  </si>
+  <si>
+    <t>📢 Внимание! Осталось ТРИ дня! ДНИ НАЦИОНАЛЬНОГО ПАРКА «ЛЕНСКИЕ СТОЛБЫ» В ЯКУТСКЕ 📅 25–26 октября 2025 года 📍 SMART-библиотека им. Н.Д. Неустроева, г. Якутск Уже в эти выходные SMART-библиотека на два дня превратится в пространство, где наука, природа и культура Якутии объединятся в одном большом фестивале — "День национального парка «Ленские столбы»"! Вас ждёт насыщенная, вдохновляющая программа для всей семьи: Лекции от учёных и сотрудников парка — о природе, экологии и сохранении уникальных территорий Творческие мастер-классы: живопись Ленских Столбов, создание украшений и сувениров Эко-игры и квизы для детей и взрослых Палео-выставка школьной экспедиции "Эллэйаада" Вы узнаете: – легенды Ленских Столбов, – удивительные факты о белых медведях Арктики, – и всё о символе надежды — величественном стерхе. Приходите всей семьёй — почувствуйте дыхание заповедной природы и вдохновитесь её красотой! Вход свободный! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>20.10.25 04:12</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4333</t>
+  </si>
+  <si>
+    <t>Семейство изюбрей попало в объектив фотоловушки нацпарка "Ленские столбы"🦌🦌🦌 В продолжение недавних праздников - Дня отца в России и Дня матери в Якутии - делимся видеозаписью семейной идиллии. Вечером 2 октября, незадолго до 22:00, одна из фотоловушек нацпарка запечатлела пару взрослых изюбрей с теленком у солонца. Сцена получилась очень трогательной: пока мать и малыш спокойно трапезничают, отец семейства бдительно настороже, внимательно прислушиваясь к окружающим звукам, словно оберегая свою семью. Кадры предоставил старший госинспектор Василий Петров. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>16.10.25 01:06</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4328</t>
+  </si>
+  <si>
+    <t>🕊 Когда журавли возвращаются домой… Что объединяет Якутскую тундру и туманные горы Китая? Любовь к природе — и желание сохранить её для будущего 💚 С 12 по 19 октября представители Министерства внешних связей Республики Саха (Якутия) совместно с сотрудниками национального парка «Ленские Столбы» совершают визит в провинции Цзянси и Хунань (КНР). Цель поездки — укрепление международного сотрудничества в сфере охраны природы, науки и экотуризма. В Наньчане делегация встретится с руководством Бюро лесного хозяйства провинции Цзянси и Администрацией заповедника «Озеро Поянг» — крупнейшего места зимовки белых стерхов, священных птиц Якутии. Почему это важно? Такие поездки — не формальность. Это шаг к совместной защите белого журавля — стерха, редкой и хрупкой птицы, символа Якутии и надежды на гармонию человека с природой. #ленскиестолбы #ОзероПоянг #РоссияКитай @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>14.10.25 09:18</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4327</t>
+  </si>
+  <si>
+    <t>Больше, чем призвание: 14 октября – День работников заповедного дела День работников заповедного дела – профессиональный праздник более чем для 10 тысяч специалистов, работающих сегодня на особо охраняемых природных территориях нашей страны. Каждый из них вносит свой вклад в деятельность, которая призвана сохранить главное достояние России – её уникальную природу. Наука, охрана, туризм и экологическое просвещение – все эти направления одинаково важны для развития заповедной системы. За каждым стоят люди, которые ежедневно вкладывают в выбранное дело не только профессиональные навыки, но и душу. Об энтузиастах, выбравших «заповедный» путь, людях, любящих свою профессию, в материале. Далее читайте по ССЫЛКЕ</t>
+  </si>
+  <si>
+    <t>14.10.25 09:14</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4326</t>
+  </si>
+  <si>
+    <t>Заповедных дел мастера отмечают профессиональный праздник Сегодня в России открыты 111 заповедников, 72 национальных парка и 66 заказников федерального значения. Развитию заповедных территорий способствует нацпроект "Экологическое благополучие". Об особо охраняемых природных территориях заботятся тысячи людей: госинспекторы, гиды, специалисты по работе с редкими видами животных, научные сотрудники. И 14 октября их праздник - День работников заповедного дела. Далее читайте материал по ССЫЛКЕ</t>
+  </si>
+  <si>
+    <t>14.10.25 09:01</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4325</t>
+  </si>
+  <si>
+    <t>Работа в нацпарке — это по любви: истории сотрудников ООПТ из первых уст Сегодня в России созданы и действуют около 250 особо охраняемых природных территорий (ООПТ) федерального значения: заповедников, национальных парков, заказников. Тысячи инспекторов, научных сотрудников, гидов, которые работаю в них, а также в региональных и местных ООПТ, ежегодно принимают поздравления с профессиональным праздником 14 октября. В этот день в нашей стране отмечают День работников заповедного дела. Готовить специалистов и повышать их квалификацию помогает национальный проект «‎Экологическое благополучие».‎ В честь профессионального праздника мы попросили сотрудников национальных парков рассказать о себе и о том, за что они любят свою работу. Далее читайте материал по ССЫЛКЕ</t>
+  </si>
+  <si>
+    <t>14.10.25 02:35</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4324</t>
+  </si>
+  <si>
+    <t>С Днём Государственного флага Республики Саха (Якутия)! Государственный флаг Республики Саха (Якутия) — это неотъемлемая часть её суверенитета и яркий маркер культурной идентичности. Ежегодно 14 октября мы отмечаем знаковую дату — день, когда в 1992 году был учреждён официальный символ, объединивший под собой многонациональный народ самого крупного субъекта Российской Федерации. На протяжении 30 с лишним лет флаг Якутии является безмолвным, но красноречивым свидетелем прогресса и развития республики. Его цвета и символы отражают всё величие якутской земли: её суровую и величественную природу, богатейшую историю и многогранную культуру, вобравшую в себя мудрость веков. В этот праздничный день желаем, чтобы наш флаг и впредь служил маяком, указывающим путь к миру, согласию и взаимопониманию. Пусть он напоминает каждому из нас о ценности единства и преемственности поколений, вдохновляя на добрые дела, укрепление экономического потенциала и приумножение культурного достояния нашей родной республики. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>14.10.25 02:01</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4322</t>
+  </si>
+  <si>
+    <t>Уважаемые коллеги и партнеры! От имени всего коллектива национального парка «Ленские столбы» сердечно поздравляем вас с профессиональным праздником - Днем работников заповедного дела в России! Ваш труд - это ежедневный, самоотверженный вклад в сохранение уникального природного наследия нашей великой страны. Мы высоко ценим ваше стремление защищать и приумножать природные богатства, а также вашу неустанную работу по экологическому просвещению. О празднике: День работников заповедного дела появился в российском календаре в 1999 году. Инициатива учреждения этого праздника принадлежала главам государственных заповедников. Они предложили отмечать его в ходе всероссийского семинара-совещания директоров государственных заповедников «Роль и место государственных природных заповедников в регионах России», который проходил во Владивостоке. Несмотря на то, что праздник пока не получил официального государственного статуса, на протяжении более чем 20 лет он является важной датой. В этот день принято отмечать заслуги людей, которые ежедневно трудятся над сохранением и приумножением природных богатств нашей страны, а также проводить просветительские мероприятия, призванные привлечь внимание общества к заповедному делу. Желаем вам крепкого здоровья, неиссякаемой энергии, успехов в вашей благородной миссии и новых открытий на пути защиты нашей природы! С уважением, Коллектив национального парка «Ленские столбы». #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>13.10.25 09:59</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4320</t>
+  </si>
+  <si>
+    <t>🖥 От скал к кодам: национальный парк «Ленские столбы» в проекте «PEAK IT» От величественных скал до цифровых технологий — природа и инновации становятся союзниками. В 2025 году национальный парк «Ленские столбы» стал одним из заказчиков Всероссийского IT-хакатона «PEAK IT» с международным участием. Хакатон стартовал 13 октября на базе Северо-Восточного федерального университета имени М.К. Аммосова. В течение трёх дней участники — студенты, IT-специалисты и молодые разработчики — создают цифровые решения для экологических проектов, экопросвещения и устойчивого туризма. Команды работают над задачами, призванными показать, как современные IT-инструменты могут помочь в сохранении природы, развитии заповедного дела и привлечении внимания общества к охране уникальных экосистем Якутии. 15 октября жюри подведёт итоги хакатона и назовёт победителей в номинациях «Лучший программист», «Лучший менеджер» и «Лучший дизайнер». Национальный парк «Ленские столбы» желает всем участникам вдохновения, командного духа и смелых идей! Пусть технологии и дальше помогают защищать то, что создано самой природой. #ЛенскиеСтолбы #PEAKIT @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>09.10.25 09:10</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4315</t>
+  </si>
+  <si>
+    <t>Поздравляем победителей конкурса "Мои любимые животные"! 🏆 Дорогие друзья! Завершился творческий конкурс "Мои любимые животные", который вызвал огромный интерес. Нам поступило 1044 работы со всех уголков Республики Саха (Якутия). Мы благодарим каждого участника за проявленный талант, старание и любовь к миру животных! 🐶🐈🐰🐹 ℹ Спешим объявить имена победителей: Номинация: «Животный мир» Категория 6-8 лет: I место – Попов Иван Александрович, 7 лет, МОБУ «СОШ №33 г. Якутска»; II место – Анисимов Байдам Давыдович, 6 лет, МОБУ «СОШ №23 г. Якутска»; III место – Гермогенов Александр Степанович, 7 лет, МБОУ «Нижне-Бестяхская СОШ №2 с УИОП». Категория 9-12 лет: I место- МКОУ «Томмотская санаторная школа-интернат»; II место – Мартынова Екатерина Викторовна, 12 лет, МБОУ «СОШ №6 г.Томмота»; III место – Юлиана Сивцева 6 кл., МБОУ «2 Мальжагарская СОШ им. М.Е. Васильевой»; Категория 13-16 лет: I место – Степанова Светлана Юрьевна, 14 лет, МБОУ «Ары-Толонская ООШ им. А.С. Сыромятниковой». Номинация: «Литературный» Категория 6-8 лет I место – Чиж Егор Андреевич, 7 лет, МБОУ «Хандыгская СОШ»; II место – Шамаев Андрей, 2д класс, 8 лет «Наш Тайсон» III место – Иванова Айнара, МОБУ «СОШ №40 им. М.Е.Николаева». Категория 9-12 лет I место – Нарияна Никитина, 4 кл, МБОУ «Устьинская СОШ»; II место – Прушенова Арина, 11 лет, МОБУ «Гимназия «ЦГО»; III место – Соловьева Маргарита Сергеевна, 9 лет, МБОУ» Иситская СОШ». Категория 13-16 лет: I место – Акимов Влад Тимурович, 16 лет, 10 кл, МБОУ «Куокунинская СОШ»; II место – Уварова Милана Егоровна, 14 лет, МБОУ «Чокурдахская СОШ им. А.Г. Чикачева» III место – Слепцова Виктория, 10 кл, МБОО «Чымнайская СОШ им Г.Д. Бястинова -Бэс Дьарааьын». Номинация: «Мой четвероногий друг» Категория 6-8 лет: I место – Сметанина Ангелина, 7 лет, МОБУ «СОШ №29 г. Якутска»; II место – Кухарев Александр Николаевич, Д/с №39 «Ромашка»; III место – Давыдов Степан Константинович, 8 лет, МБОУ «Качикатская СОШ им. С. П. Барашкова»; Категория 9-12 лет I место – Шестакова Санаайа, Афанасьева Дарина, МОБУ «Эльгяйская СОШ им. П.Х. Староватова»; II место – Дягилева Тайаана, 10 лет., МАОУ «НПСОШ №2»; III место – Тейшану Евдоким, 12 лет. МОБУ «Гимназия «ЦГО»; Категория 13-16 лет: I место – Иванов Эрхан Игнатьевич, 8 класс ГКОУ РС(Я) РС(К)Ш-И; II место – Тимофеева Амелия, 15 лет, МБОУ «Бекчегинская СОШ»; III место – Уваровский Никита Андреевич, 16 лет, МБУДО «Амгинский центр творческого развития им. О.П. Ивановой-Сидоркевич». Номинация: «Фантастические животные» Категория 6-8 лет I место – Мыреева Селена Гаврильевна, 8л, МОБУ «СОШ №29»; II место – Прокопьева Вероника Ивановна, 6 лет, МОБУ «СОШ №33 им. Л.А.Колосовой». III место – Семенова Ариана 7 лет, МБОУ «Тумульская ООШ». Категория 9-12 лет I место - Гоголева Александра Алексеевна, 11 лет, МБОУ «Покровская СОШ 2 с УИОП»; II место – Винокуров Даниил Васильевич, 10 лет, МОБУ «Гимназия «ЦГО»; III место – Васильева Юлияна Васильевна, 10 лет, МАОУ НПСОШ №2. Категория 13-17 лет I место – Кузнецов Дархан Данилович, 14 лет, ЧОУ Точка «Точка развития»; II место – Игнатьева Арияна Дьулустановна, 16 лет, МБОУ «Тюбяйская СОШ агротехнологического профиля им. Академика В.М. Анисимова»; III место – Чалбанова Дайаана Егоровна, 14 лет, МБОУ “Сунтарская СОШ №1 им. А.П. Павлова». Победителям Конкурса вручаются грамоты и памятные призы. ℹ Как получить наградные документы и призы • Сертификаты и дипломы доступны для скачивания на нашем сайте. Перейдите по специальной ссылке, чтобы получить свой электронный документ ⬇. Ссылка на дипломы (скачать здесь) Ссылка на сертификат (скачать здесь) • Для получения памятных призов необходимо связаться с организаторами по телефону 📞: +7 (4112) 31-86-21. Ещё раз от всей души поздравляем победителей и благодарим всех участников за их прекрасные работы! Творческих вам успехов и новых побед! 🎉✨ #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>09.10.25 03:18</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4307</t>
+  </si>
+  <si>
+    <t>ДНИ НАЦИОНАЛЬНОГО ПАРКА «ЛЕНСКИЕ СТОЛБЫ» В ЯКУТСКЕ! 📅 25–26 октября 2025 года 📍 SMART-библиотека им. Н.Д. Неустроева, г. Якутск На два дня SMART-библиотека превратится в пространство, где наука, природа и культура Якутии объединятся в одном большом фестивале — Дни Национального парка «Ленские столбы»! Гостей ждёт насыщенная программа: 🎓 Познавательные лекции от сотрудников парка и учёных о природе и её охране. 🎨 Творческие мастер-классы — живопись Ленских столбов от именитых художников Якутии, создание украшений и сувениров. 🎲 Эко-игры и квизы для детей и взрослых. 🔍 Палеонтологическая выставка школьной экспедиции "Эллэйаада" Для коллективного посещения — предварительная запись по телефону +7 (4112) 31-86-21 Вход свободный! Приходите всей семьёй — почувствуйте дыхание заповедной природы и вдохновитесь её величием! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>06.10.25 07:25</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4306</t>
+  </si>
+  <si>
+    <t>Уважаемые участники конкурса! 👧🏻👦🏻 ℹ Прежде всего, хотим выразить вам огромную благодарность за ваш интерес и активность, которые вы проявили. Оповещаем вас, что в связи с очень большим количеством работ, их поступление было действительно массовым, экспертная комиссия подведёт итоги 10 октября на сайте: https://lena-pillars.ru/. На данный момент все этапы проверки уже близки к завершению. Все работы, соответствующие требованиям Положения конкурса, прошли сортировку. Сейчас наши эксперты внимательно изучают каждую из одобренных работ, чтобы оценить их по справедливым и равным критериям. Мы прилагаем все усилия, чтобы ни одна достойная работа не осталась без внимания. Мы прекрасно понимаем, как вы ждёте результатов, и ценим ваше участие. Просим чуть набраться терпения и благодарим за понимание. Осталось совсем немного времени до объявления победителей🏆! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>06.10.25 06:43</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4304</t>
+  </si>
+  <si>
+    <t>С глубоким прискорбием и печалью сообщаем о безвременной и трагической гибели Сергеева Алексея Геннадьевича, госинспектора Национального парка "Ленские столбы". Его утрата стала огромной потерей для всего коллектива и для всех, кто знал и уважал его. Алексей Геннадьевич был выдающимся специалистом, который с полной самоотдачей служил охране природы и заботился о сохранении уникального заповедного наследия нашего региона. Его профессионализм, добросердечность и преданность делу всегда вдохновляли коллег и создали атмосферу доверия и взаимопомощи в команде. Он оставил неизгладимый след в сердцах многих. Стремление делать мир вокруг лучше и заботливое отношение к природе будут всегда помнить его друзья, коллеги и все, кто имел счастье знать Алексея Геннадьевича. В этот трудный час мы выражаем глубокие соболезнования семье и близким Сергеева Алексея Геннадьевича. Светлая память о нём, человеке с доброй душой и открытым сердцем, навсегда останется в наших сердцах. Коллектив Национального парка "Ленские столбы"</t>
+  </si>
+  <si>
+    <t>03.10.25 05:33</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4302</t>
+  </si>
+  <si>
+    <t>Дан старт реализации проекта Национального парка "Кыталык" по изучению и сохранению стерха, который финансируется грантом Президентского фонда природы. Эти средства позволят нам: • Провести авиамониторинг и наземные исследования для актуализации данных о состоянии популяции стерха и экосистеме мест его обитания; • Разработать на основе полученных данных механизмы сотрудничества с другими ООПТ РФ и КНР для повышения эффективности мер охраны вида на всем миграционном пути. • Организовать эколого-просветительскую работу с местным населением и туристами. В рамках проекта прошел ряд встреч с партнерами, планируется выезд нашего представителя в Китай для обсуждения деталей сотрудничества по охране стерха. Стерх – символ Якутии, и наша общая задача – не дать ему исчезнуть. Этот проект – важный шаг к тому, чтобы и через сто лет стерх продолжал вить свои гнезда на бескрайних просторах нашей республики. #кыталык #стерх #фонд_природы #президентский_фонд_природы #конкурс_грантов</t>
+  </si>
+  <si>
+    <t>03.10.25 04:09</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4301</t>
+  </si>
+  <si>
+    <t>🌏🍃🌿 2 октября 2025 года директор ФГБУ «Национальный парк "Ленские столбы"» Аркадий Семёнов принял участие в круглом столе «Итоги летнего туристического сезона – 2025», организованном ГАУ РС(Я) «Агентство развития туризма и территориального маркетинга». Мероприятие было посвящено обсуждению итогов туристического сезона, ключевых тенденций, проблем и перспектив развития отрасли. Аркадий Семёнов выступил с докладом на тему «Итоги летнего турсезона 2025 в Национальном паке "Ленские столбы"».</t>
+  </si>
+  <si>
+    <t>02.10.25 10:52</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4298</t>
+  </si>
+  <si>
+    <t>День туризма мы отметили с пользой! 🌿✨ В Колледже цифровых технологий «Айтыын» в Покровске и его филиале в Бердигестяхе прошли экопросветительские лекции о туристской деятельности национального парка, приуроченные ко Всемирному дню туризма. Мероприятия прошли при поддержке команды федерального проекта «Навигаторы детства» 📚🌲 Мы поговорили со студентами о красоте природы нашей республики, важности её сохранения и о том, как можно путешествовать ответственно. Ребята узнали: ✅ чем уникальны наши особо охраняемые природные территории; ✅ какие правила стоит соблюдать в походах и на экскурсиях; ✅ как каждый может внести свой вклад в развитие внутреннего туризма. 💬 Лекции прошли живо и интересно — было много вопросов, идей и даже планов на будущие экоинициативы! ✨ А ещё сегодня — День среднего профессионального образования! 🎉 Мы поздравляем всех студентов, преподавателей и сотрудников СПО с этим праздником! Пусть каждый день будет наполнен новыми знаниями, открытиями и добрыми делами. Спасибо всем, кто участвовал! 💚 Пусть бережное отношение к природе станет доброй традицией не только в праздник, но и каждый день. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>30.09.25 01:01</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4288</t>
+  </si>
+  <si>
+    <t>Открывая двери в мир природы: Встреча студентов СВФУ с сотрудниками нацпарка «Ленские столбы»🏞️👩🏻‍🎓🧑🏻‍🎓 В рамках празднования Всемирного дня туризма Национальный парк «Ленские столбы» провел профориентационную лекцию для студентов Северо-Восточного федерального университета имени М.К. Аммосова и Института языка и культуры народов Северо-Востока Российской Федерации. Мероприятие было организовано на базе кафедры социо-культурного сервиса и туризма. Лекция была направлена на знакомство студентов с особенностями работы в сфере туризма и охраны природы. Специалисты Национального парка рассказали о значимости экотуризма, особенностях работы в заповедных зонах и перспективах развития туристической отрасли в регионе. Особое внимание было уделено роли молодых специалистов в сохранении природного наследия Якутии. Студенты активно участвовали в обсуждении, задавали вопросы и выразили интерес к возможности прохождения практики и стажировок в Национальном парке. Мероприятие стало важным шагом в укреплении сотрудничества между образовательным учреждением и природоохранной организацией. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>30.09.25 01:00</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4283</t>
+  </si>
+  <si>
+    <t>Национальный парк «Ленские столбы» - соорганизатор конкурса «Маршрут построен по Навигатору»!🗺️🥾🏕️ Национальный парк «Ленские столбы» поздравляет победителей Регионального смотра-конкурса детских туристско-краеведческих маршрутов «Маршрут построен по Навигатору»! Этот конкурс проходил в рамках номинации «Лучший маршрут выходного дня» республиканского конкурса «Моя Якутия». Организаторами конкурса выступила команда федерального проекта «Навигаторы детства», которая внесла значительный вклад в развитие детского туризма и краеведения в Якутии. Мы рады, что Национальный парк «Ленские столбы» смог выступить соорганизатором этого важного события и вручить заслуженные призы победителям. Юные краеведы Якутии представили свои проекты, демонстрируя искреннюю любовь к родному краю и выдающиеся навыки разработки туристических маршрутов. Победители конкурса: • 1 место — команда Центра развития творчества детей и юношества Нерюнгринского района «Меридиан». • 2 место — команда Специальной коррекционной школы-интернат «Мир на ладони». • 3 место — команда Кемпендяйской политехнической школы имени В.И. Иванова «Патриоты Кемпендяя». Специальные номинации: • «Лучший гид» — Дьяконов Василий. • «Лучший советник, развивающий туристические маршруты» — Саргын Урсууна Степановна. • «Лучший руководитель туристического маршрута» — Проценко Виктория Николаевна. • «Лучшая видеопрезентация маршрута» — команда «Ай-Дабай». В рамках мероприятия было подписано соглашение о совместной деятельности между ФГБУ «Национальный парк «Ленские столбы» и АНО «Будущее Якутии». Это соглашение откроет новые возможности для развития экологического просвещения детей и молодежи Якутии. Благодарим наших партнеров за ценные призы и поддержку! Поздравляем победителей и желаем всем участникам новых творческих успехов и открытий! ✨ #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>29.09.25 09:39</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4282</t>
+  </si>
+  <si>
+    <t>Открывая двери в мир природы: Встреча студентов СВФУ с сотрудниками нацпарка «Ленские столбы»🏞️🧑🏻‍🎓👩🏻‍🎓 В рамках празднования Всемирного дня туризма Национальный парк «Ленские столбы» провел профориентационную лекцию для студентов Северо-Восточного федерального университета имени М.К. Аммосова и Института языка и культуры народов Северо-Востока Российской Федерации. Мероприятие было организовано на базе кафедры социо-культурного сервиса и туризма. Лекция была направлена на знакомство студентов с особенностями работы в сфере туризма и охраны природы. Специалисты Национального парка рассказали о значимости экотуризма, особенностях работы в заповедных зонах и перспективах развития туристической отрасли в регионе. Особое внимание было уделено роли молодых специалистов в сохранении природного наследия Якутии. Студенты активно участвовали в обсуждении, задавали вопросы и выразили интерес к возможности прохождения практики и стажировок в Национальном парке. Мероприятие стало важным шагом в укреплении сотрудничества между образовательным учреждением и природоохранной организацией. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>27.09.25 05:11</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4277</t>
+  </si>
+  <si>
+    <t>В МОБУ Гимназия «Центр глобального образования» прошла лекция ко Всемирному дню туризма 🗒🌐. В рамках празднования Всемирного дня туризма, который отмечается 27 сентября, для учащихся 4 В класса была организована тематическая лекция. Специальным гостем мероприятия стала главный специалист ФГБУ НП «Ленские столбы» Олеся Сергеевна Кондакова-Захарова. Эксперт познакомила школьников с концепцией экотуризма, раскрыв его основные принципы и преимущества. В ходе беседы ребята узнали, как такой подход к путешествиям помогает снизить вредное воздействие на природу, способствует формированию экологической культуры и поддерживает экономическое развитие уникальных природных регионов🌿🏔. Лекция, организованная совместными усилиями библиотекаря гимназии А.А. Кычкиной и классного руководителя, прошла в воодушевляющей атмосфере, побудив учеников к более осознанному и ответственному отношению к окружающему миру. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>26.09.25 08:47</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4272</t>
+  </si>
+  <si>
+    <t>Уважаемый Сергей Владимирович! Примите наши самые искренние поздравления с Днем рождения! От всего сердца желаем Вам крепкого здоровья, благополучия, неиссякаемой энергии и новых открытий. Ваш многолетний труд — это яркий пример беззаветного служения науке. Ваш личный вклад в изучение палеонтологического наследия России, включая такие уникальные объекты, как природный парк «Ленские столбы», входящий в список Всемирного наследия ЮНЕСКО, имеет неоценимое значение. Вся Ваша работа, в том числе в Палеонтологическом институте им. А.А. Борисяка РАН, заложила основу для масштабных исследований, которые продолжают учёные и юные последователи. Благодаря поддержке Института школьные экспедиции в Якутии совершают важные открытия, пополняя научные коллекции уникальными находками из кембрийского периода и эпохи мамонтовой фауны. Желаем, чтобы Ваша мудрость и опыт и в дальнейшем служили развитию отечественной палеонтологии! С глубоким уважением и наилучшими пожеланиями, коллектив ФГБУ НП «Ленские столбы» в лице и.о. директора Якова Заровняева. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>26.09.25 08:44</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4268</t>
+  </si>
+  <si>
+    <t>Тайны Медвежьих островов В первом веке нашей эры древние люди были совершенно невежественны в вопросах территориальных границ. Спокойно сновали туда-сюда по землям современных России и Америки и изрядно наследили. В том числе на якутских Медвежьих островах (Нижнеколымский улус). За три года экспедиций на островах найдено множество артефактов, свидетельствующих о том, что там семьями жили люди, охотясь на белых медведей, нерпу, моржей и китов. На этой неделе ученые Арктического научно-исследовательского центра рассказали о третьей Морской арктической археологической экспедиции на Медвежьи острова, которая успешно завершилась в этот летний полевой сезон. Подробнее читайте на 👉🏻 сайте ЯВ https://vecherniy.com/news/tajny_medvezhikh_ostrovov/2025-09-26-2419 @yakutsk_vecherniy</t>
+  </si>
+  <si>
+    <t>26.09.25 07:13</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4258</t>
+  </si>
+  <si>
+    <t>На территории ФГБУ "Национальный парк "Ленские столбы" завершился пожароопасный сезон На территории ФГБУ "Национальный парк "Ленские столбы" официально завершён пожароопасный сезон 2025 года. Основанием для этого стало постановление Правительства Республики Саха (Якутия) № 390 от 25 сентября 2025 года "О завершении пожароопасного сезона на территории Республики Саха (Якутия) в 2025 году". Это решение знаменует окончание периода, когда риск возникновения и распространения природных пожаров на особо охраняемых территориях был наиболее высоким. Однако администрация парка напоминает о необходимости всегда соблюдать правила пожарной безопасности в лесу. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>24.09.25 23:43</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4257</t>
+  </si>
+  <si>
+    <t>Будущие хранители леса: в Якутском техникуме рассказали о профессии лесника🌳🌲🧑🏻👩🏻 В Якутском сельскохозяйственном техникуме прошла встреча для студентов-первокурсников, выбравших направление «Лесное и лесопарковое хозяйство». Цель профориентационной беседы – познакомить будущих специалистов с особенностями профессии лесника и её значимостью. Перед студентами выступили сотрудники национального парка «Ленские столбы»: • Валерий Павлов – начальник отдела лесохозяйственной деятельности, лесничий; • Бая Никитина – специалист по экологическому просвещению. Поддержку в проведении и организации встречи оказали также: • Айтал Софронеев – советник директора по воспитанию и взаимодействию с детскими общественными объединениями ЯСХТ; • Люция Слепцова – куратор СПО РС(Я) РРЦ «Навигаторы детства» ФГБУ «Росдетцентр». Эта встреча, приуроченная ко Дню работников леса, прошла в сотрудничестве с движением «Навигаторы детства». В ходе беседы студенты не просто слушали, но и активно узнавали о ключевых аспектах: им рассказали о работе национального парка «Ленские столбы», осветили значение лесохозяйственной деятельности, представили широкие перспективы их будущей профессии и, что особенно важно, подчеркнули незаменимую роль лесников в сохранении бесценной природы Якутии. Студенты проявили живой интерес: активно слушали, задавали множество вопросов и высоко оценили пользу подобных мероприятий. Они отметили, что такие встречи не только помогают лучше понять значимость выбранной профессии, но и формируют ответственное отношение к окружающему миру. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>24.09.25 09:00</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4251</t>
+  </si>
+  <si>
+    <t>Прошёл Международный фестиваль культур, посвящённый Всемирному дню туризма 🌎🎎⛩🗽🪆 Сегодня в стенах Северо-Восточного федерального университета царила по-настоящему международная атмосфера. Студенты кафедры социально-культурного сервиса и туризма блестяще провели Международный фестиваль культур, посвящённый Всемирному дню туризма. Площадка на один день превратилась в яркий и шумный глобус, объединивший десяток стран 🌐. Гостей фестиваля ждала насыщенная программа. Они могли всего за пару часов совершить кругосветное путешествие: от ярких презентаций о традициях Кыргызстана и Индии до изысканных ноток Франции и Италии. Особый восторг у всех вызвали национальные кухни – можно было попробовать самые известные блюда разных культур и даже узнать секреты их приготовления. Но фестиваль был не только про угощения. Сцена не умолкала ни на минуту: зажигательные танцевальные и музыкальные выступления сменяли друг друга. Зрители увидели ритмы Мексики, изящество Японии и современные мотивы Кореи и США. А в интерактивных играх и конкурсах каждый мог проверить свои знания о мире и выиграть маленькие сувениры. Особенными гостями и членами жюри стали представители Национального парка «Ленские столбы». Они не только вошли в состав жюри, чтобы выбрать самых креативных и артистичных участников, но и поделились своими мыслями о важности развития туризма и межкультурного общения. Завершился фестиваль оживлёнными обсуждениями, где студенты и гости говорили о том, как туризм помогает стирать границы и находить общий язык. Этот день ещё раз доказал, что наша кафедра – это место, где рождаются настоящие профессионалы, умеющие ценить и понимать всё многообразие нашего мира. Поздравляем всех организаторов и участников с этим яркими успешным событием ✅. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>22.09.25 13:08</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4241</t>
+  </si>
+  <si>
+    <t>https://www.ntv.ru/video/2508504</t>
+  </si>
+  <si>
+    <t>22.09.25 06:31</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4240</t>
+  </si>
+  <si>
+    <t>Фотоловушка национального парка «Ленские столбы» зафиксировала необычную пару – молодого самца изюбря и совсем еще маленького изюбренка🦌🦌 По всей видимости, малыш остался без матери и, оказавшись один на один с суровой тайгой, прибился к одинокому самцу. И вместо того, чтобы прогнать чужого детеныша, молодой изюбрь принял его под свою опеку. Теперь он, кажется, взял на себя роль защитника и наставника, присматривая за теленком. В мире дикой природы, где каждый борется за свое выживание, такой акт неэгоистичной заботы – настоящее чудо. Это яркий пример того, как сострадание и инстинкт защиты могут проявиться самым неожиданным образом. Мы будем с замиранием сердца следить за судьбой этой необычной семьи и надеемся, что их связь поможет малышу вырасти сильным и здоровым. Видео поделился старший госинспектор Василий Петров. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>19.09.25 08:41</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4239</t>
+  </si>
+  <si>
+    <t>Юные резиденты технопарка «Кванториум» будут разрабатывать технические проекты для национального парка «Ленские столбы»👧🏻👦🏻🤖📡📍🏞 Национальный парк «Ленские столбы», жемчужина Якутии и один из главных рекреационных объектов региона, планирует начать уникальное сотрудничество с Детским технопарком «Кванториум» Дворца детского творчества города Якутска. В рамках концепции предложенного проекта «Кванто Ленские столбы», разработанной педагогом Борисом Борисовым, предполагается, что юные резиденты технопарка под руководством педагогов будут создавать реальные технические решения для нужд национального парка. Идея партнерства заключается в том, чтобы учащиеся и педагоги «Кванториума» разрабатывали проекты, прототипы, а также графические, видео-фото и ГИС-материалы, необходимые для эффективной работы парка, например, ГИС-моделирование ареалов редких и эндемичных видов растений на территории парка и разработка автономного сооружения «Заряжательный столб» для подзарядки электронных устройств туристов. Эти проекты призваны улучшить функционирование нацпарка, способствуя его развитию как ключевого туристического и природоохранного объекта. Первое предварительное совещание, посвященное потенциальному сотрудничеству, состоялось с презентации концепции взаимодействия. В ходе дальнейшего диспута в формате круглого стола все участники, включая представителей парка и педагогов «Кванториума», высказали свое видение совместных проектов. Со стороны национального парка были озвучены конкретные проблемы, которые, по их мнению, могли бы быть решены с помощью инновационных разработок юных техников. В ответ педагоги «Кванториума» предложили свои идеи проектов. Таким образом, можно с уверенностью констатировать, что потенциальное сотрудничество в рамках проекта «Кванто Ленские столбы» имеет большие перспективы. Это сотрудничество не только предоставит национальному парку «Ленские столбы» современные и эффективные технические решения, но и даст юным резидентам «Кванториума» бесценный опыт работы над реальными проектами, приносящими пользу родному краю. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>19.09.25 05:00</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4234</t>
+  </si>
+  <si>
+    <t>Конкурс ко Всемирному дню защиты животных от Национального парка "Ленские Столбы"🐶🐈🐰🐹 К участию приглашаются дети и подростки в возрасте от 6 до 16 лет включительно! Номинации конкурса: - «Литературный» — принимаются стихотворения собственного сочинения о любимых животных. - «Фантастические животные» — рисунки вымышленных животных с кратким описанием или историей (панно, рисунки и др.). - «Мой четвероногий друг» — совместные фотографии участников с любимыми питомцами и краткий рассказ о них. - «Животный мир» — социальные ролики или рекламные материалы о защите животных и помощи им. ВАЖНО: К каждой работе необходимо прикрепить следующую информацию: - Номинация; - ФИО и возраст автора; - Наименование образовательного учреждения; - Номер телефона для обратной связи. Сроки приема работ: с 22 сентября по 2 октября 2025 года. Работы можно отправлять по следующим адресам: - г. Покровск, визит-центр НП «Ленские Столбы», ул. Орджоникидзе, 56; - г. Якутск, офис НП «Ленские Столбы», ул. Чернышевского, 8/2, 3 этаж, каб. 306; - по электронной почте: fgbunpls_ecopros@mail.ru; - по телефону: 8 (4112) 31-86-21. Итоги конкурса будут подведены 4 октября 2025 года на официальном сайте «Ленские Столбы» (lena-pillars.ru). Победители получат дипломы и памятные призы в трех возрастных категориях: - от 6 до 8 лет; - от 9 до 12 лет; - от 13 до 16 лет. Ждем ваши творческие работы! #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>18.09.25 09:00</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4232</t>
+  </si>
+  <si>
+    <t>В школе № 29 г. Якутска также состоялась акция «Лес Победы»🌳🌲👧🏻👦🏻 Учащиеся шестых классов (всего пять параллелей) приняли в ней участие, совместно высадив саженцы берёз. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>18.09.25 01:39</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4226</t>
+  </si>
+  <si>
+    <t>На территории Национальной политехнической средней школы №2 города Якутска успешно прошла всероссийская акция «Лес Победы»🌳🌲👦🏻👧🏻 Сотрудники нацпарка «Ленские столбы» совместно с учащимися 6-х, 8-го и 10-го классов высадили саженцы сосны и березы, создавая живой памятник героическому прошлому. Эта акция, приуроченная к празднованию Великой Победы, была посвящена памяти родных и близких, отдавших свои жизни в годы Великой Отечественной войны. Каждое высаженное дерево стало символом несломленного духа и благодарности потомков. Особую атмосферу патриотизма и экологической ответственности мероприятию придала учитель биологии Дария Новгородова, благодаря чьему энтузиазму и организаторским способностям акция прошла на высоком уровне. Директор школы, Василий Владимиров, лично присутствовал на мероприятии и обратился к юным участникам с напутственными словами, подчеркнув важность сохранения исторической памяти и бережного отношения к природе, назвав их «юными хранителями Леса Памяти». Национальный парк «Ленские столбы» выражает благодарность руководству и педагогическому составу НПСОШ №2, а также всем школьникам за активное участие в этой важной акции, которая не только способствует озеленению города, но и воспитывает в подрастающем поколении чувство патриотизма и уважения к истории своей страны. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>17.09.25 09:36</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4218</t>
+  </si>
+  <si>
+    <t>Незабываемая экспедиция: школьница из Якутии приняла участие в авиамониторинге белых медведей в заповеднике «Медвежьи острова»! 👧🏻🚁🐻‍❄️ Якутск встречает юную исследовательницу: Диана Герасимова, школьница из Сунтарского улуса, вернулась в столицу республики из Черского, Нижнеколымского района. Ее возвращение ознаменовало успешное завершение уникальной экспедиции – осеннего авиамониторинга белых медведей в государственном природном заповеднике «Медвежьи острова». Цель мониторинга — точный учет численности белых медведей. Ученые также собирают данные об их возрасте, поле и общем состоянии здоровья особей, обитающих на континентальной территории до формирования устойчивого ледового покрова. Для сбора данных используются дротики со снотворным, после чего ученые изучают усыпленных животных. Поездка восьмиклассницы Сунтарского политехнического лицея-интерната стала возможной благодаря победе во всероссийском конкурсе «Удивительная и неизведанная Арктика». Конкурс ежегодно организует национальный парк «Ленские столбы» совместно с отделением Русского географического общества (РГО) в Республике Саха (Якутия), давая школьникам возможность познакомиться с Арктикой и ее обитателями. Проезд Дианы и ее сопровождающей, Надии Петровой, до Черского и обратно спонсировало АО ПО «Якутцемент» при личной поддержке исполнительного директора Алиша Мамедова. По словам Дианы, этот опыт стал ценным дополнением к ее теоретическим знаниям, приобретенным при работе над научно-исследовательским проектом о реакклиматизации лесных бизонов. Присоединившись к группе ученых, которые выехали на авиамониторинг, она своими глазами увидела все этапы реальной научной работы по мониторингу популяции белых медведей в дикой природе Арктики. Это вдохновило ее на дальнейшие исследования и значительно укрепило интерес к науке. По возвращении в Якутск в офисе национального парка «Ленские столбы» состоялась встреча руководства парка с победительницей. История Дианы Герасимовой – яркий пример того, как талантливая и целеустремленная молодежь может реализовать уникальные возможности для развития и внести свой вклад в изучение и сохранение природы. Мы поздравляем Диану с успешным завершением этой экспедиции и желаем ей новых достижений в научных изысканиях! ℹ️Напоминаем, что конкурс «Удивительная и неизведанная Арктика» проводится ежегодно. Он предоставляет школьникам со всей России уникальную возможность прикоснуться к науке, совершить открытия и внести вклад в изучение Арктики. Мы ждем новых талантливых участников, готовых к приключениям и новым знаниям! #медвежьиострова @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>17.09.25 01:02</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4216</t>
+  </si>
+  <si>
+    <t>Как лес восстанавливается после пожаров: ученые изучают территорию Ленских столбов🧯🔥🌳🌲 В начале сентября 2025 года ученые из Института биологических проблем криолитозоны (ИБПК) отправились в Национальный парк «Ленские столбы», чтобы изучить, как лес восстанавливается после сильных пожаров. Они работали на участке возле реки Огдокун. Их главная задача – понять, как природа сама "лечит" себя после огня. Специалисты смотрят, как на выгоревших участках снова начинают расти сосны, лиственницы и ели. Также они изучают, какие травы и другие растения появляются на месте пожарищ. Ученых интересует, сколько новых деревьев вырастает, насколько густо они стоят и могут ли они самостоятельно продолжить рост. Для этого были собраны образцы мхов, лишайников и других растений, а также подробно описана вся растительность в районе исследования. Все эти данные помогут лучше понять, как функционирует лес на территории нацпарка. Эта информация очень важна, чтобы правильно управлять лесом и помогать ему восстанавливаться. Ученые благодарят всех, кто помог им в работе: • Заместителя директора ИБПК СО РАН по науке – Исаева Ал.П. • Сотрудников Национального парка «Ленские столбы»: инспекторов Иванова Г.Н. и Наумова А.А., а также научных сотрудников Алексееву У.В. и Семенова С.Г., и начальника отдела по лесному хозяйству Павлова В.В. #ленскиестолбы @lenapillarsnationalpark</t>
+  </si>
+  <si>
+    <t>16.09.25 22:11</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4212</t>
+  </si>
+  <si>
+    <t>⏺⏭⏮ Находки из каменного века, жилища неоэскимосов и древние гарпуны. Учёные этим летом провели масштабные раскопки на Медвежьих островах и в Хангаласском районе Якутии. Уникальные экспонаты сейчас продолжают исследовать. Эксклюзивные кадры из сердца Арктики в нашем следующем сюжете. Смотрите новости первыми на нашем сайте: gtrksakha.ru ⏏️▶️⏸⏯⏹ | Предложить новость | Подписаться</t>
+  </si>
+  <si>
+    <t>16.09.25 11:03</t>
+  </si>
+  <si>
+    <t>t.me/lenapillarsnationalpark/4211</t>
+  </si>
+  <si>
+    <t>В самом сердце якутской Арктики, в Нижнеколымском районе, состоялась уникальная экспедиция🐻‍❄️🚁 Её маршрут, проложенный по следам самых могучих хищников планеты, стартовал в поселке Черский и протянулся на 100 километров вдоль реки Колыма до самых берегов Северного Ледовитого океана. Подробности – в видеосюжете Аскалона Семенова. #медвежьиострова @lenapillarsnationalpark</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2840,51 +3770,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H274"/>
+  <dimension ref="A1:H378"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4803.684" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="16.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -2898,51 +3828,51 @@
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
         <v>25701</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>133</v>
+        <v>546</v>
       </c>
       <c r="F2">
         <v>2</v>
       </c>
       <c r="G2">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>25702</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>104</v>
       </c>
       <c r="F3">
@@ -8951,50 +9881,2355 @@
       <c r="G273">
         <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>25973</v>
       </c>
       <c r="B274" t="s">
         <v>818</v>
       </c>
       <c r="C274" t="s">
         <v>819</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>820</v>
       </c>
       <c r="E274">
         <v>4752</v>
       </c>
       <c r="F274">
         <v>29</v>
       </c>
       <c r="G274">
         <v>20</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275">
+        <v>81389</v>
+      </c>
+      <c r="B275" t="s">
+        <v>821</v>
+      </c>
+      <c r="C275" t="s">
+        <v>822</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="E275">
+        <v>132</v>
+      </c>
+      <c r="F275">
+        <v>6</v>
+      </c>
+      <c r="G275">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276">
+        <v>81390</v>
+      </c>
+      <c r="B276" t="s">
+        <v>824</v>
+      </c>
+      <c r="C276" t="s">
+        <v>825</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="E276">
+        <v>268</v>
+      </c>
+      <c r="F276">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277">
+        <v>81391</v>
+      </c>
+      <c r="B277" t="s">
+        <v>827</v>
+      </c>
+      <c r="C277" t="s">
+        <v>828</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="E277">
+        <v>608</v>
+      </c>
+      <c r="F277">
+        <v>1</v>
+      </c>
+      <c r="G277">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278">
+        <v>81392</v>
+      </c>
+      <c r="B278" t="s">
+        <v>830</v>
+      </c>
+      <c r="C278" t="s">
+        <v>831</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="E278">
+        <v>1204</v>
+      </c>
+      <c r="F278">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279">
+        <v>81393</v>
+      </c>
+      <c r="B279" t="s">
+        <v>833</v>
+      </c>
+      <c r="C279" t="s">
+        <v>834</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="E279">
+        <v>452</v>
+      </c>
+      <c r="F279">
+        <v>1</v>
+      </c>
+      <c r="G279">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280">
+        <v>81394</v>
+      </c>
+      <c r="B280" t="s">
+        <v>836</v>
+      </c>
+      <c r="C280" t="s">
+        <v>837</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="E280">
+        <v>476</v>
+      </c>
+      <c r="F280">
+        <v>2</v>
+      </c>
+      <c r="G280">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281">
+        <v>81395</v>
+      </c>
+      <c r="B281" t="s">
+        <v>839</v>
+      </c>
+      <c r="C281" t="s">
+        <v>840</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="E281">
+        <v>605</v>
+      </c>
+      <c r="F281">
+        <v>2</v>
+      </c>
+      <c r="G281">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282">
+        <v>81396</v>
+      </c>
+      <c r="B282" t="s">
+        <v>842</v>
+      </c>
+      <c r="C282" t="s">
+        <v>843</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="E282">
+        <v>444</v>
+      </c>
+      <c r="F282">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283">
+        <v>81397</v>
+      </c>
+      <c r="B283" t="s">
+        <v>845</v>
+      </c>
+      <c r="C283" t="s">
+        <v>846</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="E283">
+        <v>483</v>
+      </c>
+      <c r="F283">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284">
+        <v>81398</v>
+      </c>
+      <c r="B284" t="s">
+        <v>848</v>
+      </c>
+      <c r="C284" t="s">
+        <v>849</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="E284">
+        <v>566</v>
+      </c>
+      <c r="F284">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285">
+        <v>81399</v>
+      </c>
+      <c r="B285" t="s">
+        <v>851</v>
+      </c>
+      <c r="C285" t="s">
+        <v>852</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="E285">
+        <v>793</v>
+      </c>
+      <c r="F285">
+        <v>3</v>
+      </c>
+      <c r="G285">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286">
+        <v>81400</v>
+      </c>
+      <c r="B286" t="s">
+        <v>854</v>
+      </c>
+      <c r="C286" t="s">
+        <v>855</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="E286">
+        <v>508</v>
+      </c>
+      <c r="G286">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287">
+        <v>81401</v>
+      </c>
+      <c r="B287" t="s">
+        <v>857</v>
+      </c>
+      <c r="C287" t="s">
+        <v>858</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="E287">
+        <v>616</v>
+      </c>
+      <c r="F287">
+        <v>3</v>
+      </c>
+      <c r="G287">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288">
+        <v>81402</v>
+      </c>
+      <c r="B288" t="s">
+        <v>860</v>
+      </c>
+      <c r="C288" t="s">
+        <v>861</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="E288">
+        <v>632</v>
+      </c>
+      <c r="F288">
+        <v>3</v>
+      </c>
+      <c r="G288">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289">
+        <v>81403</v>
+      </c>
+      <c r="B289" t="s">
+        <v>863</v>
+      </c>
+      <c r="C289" t="s">
+        <v>864</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="E289">
+        <v>485</v>
+      </c>
+      <c r="G289">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290">
+        <v>81404</v>
+      </c>
+      <c r="B290" t="s">
+        <v>866</v>
+      </c>
+      <c r="C290" t="s">
+        <v>867</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="E290">
+        <v>1231</v>
+      </c>
+      <c r="F290">
+        <v>13</v>
+      </c>
+      <c r="G290">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291">
+        <v>81405</v>
+      </c>
+      <c r="B291" t="s">
+        <v>869</v>
+      </c>
+      <c r="C291" t="s">
+        <v>870</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="E291">
+        <v>739</v>
+      </c>
+      <c r="F291">
+        <v>7</v>
+      </c>
+      <c r="G291">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292">
+        <v>81406</v>
+      </c>
+      <c r="B292" t="s">
+        <v>872</v>
+      </c>
+      <c r="C292" t="s">
+        <v>873</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="E292">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293">
+        <v>81407</v>
+      </c>
+      <c r="B293" t="s">
+        <v>875</v>
+      </c>
+      <c r="C293" t="s">
+        <v>876</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="E293">
+        <v>983</v>
+      </c>
+      <c r="F293">
+        <v>8</v>
+      </c>
+      <c r="G293">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294">
+        <v>81408</v>
+      </c>
+      <c r="B294" t="s">
+        <v>878</v>
+      </c>
+      <c r="C294" t="s">
+        <v>879</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="E294">
+        <v>9483</v>
+      </c>
+      <c r="F294">
+        <v>18</v>
+      </c>
+      <c r="G294">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295">
+        <v>81409</v>
+      </c>
+      <c r="B295" t="s">
+        <v>881</v>
+      </c>
+      <c r="C295" t="s">
+        <v>882</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="E295">
+        <v>773</v>
+      </c>
+      <c r="F295">
+        <v>9</v>
+      </c>
+      <c r="G295">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296">
+        <v>81410</v>
+      </c>
+      <c r="B296" t="s">
+        <v>884</v>
+      </c>
+      <c r="C296" t="s">
+        <v>885</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="E296">
+        <v>301</v>
+      </c>
+      <c r="G296">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297">
+        <v>81411</v>
+      </c>
+      <c r="B297" t="s">
+        <v>884</v>
+      </c>
+      <c r="C297" t="s">
+        <v>887</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="E297">
+        <v>423</v>
+      </c>
+      <c r="G297">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298">
+        <v>81412</v>
+      </c>
+      <c r="B298" t="s">
+        <v>884</v>
+      </c>
+      <c r="C298" t="s">
+        <v>889</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="E298">
+        <v>566</v>
+      </c>
+      <c r="F298">
+        <v>1</v>
+      </c>
+      <c r="G298">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299">
+        <v>81413</v>
+      </c>
+      <c r="B299" t="s">
+        <v>891</v>
+      </c>
+      <c r="C299" t="s">
+        <v>892</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="E299">
+        <v>339</v>
+      </c>
+      <c r="F299">
+        <v>3</v>
+      </c>
+      <c r="G299">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300">
+        <v>81414</v>
+      </c>
+      <c r="B300" t="s">
+        <v>894</v>
+      </c>
+      <c r="C300" t="s">
+        <v>895</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="E300">
+        <v>276</v>
+      </c>
+      <c r="F300">
+        <v>1</v>
+      </c>
+      <c r="G300">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301">
+        <v>81415</v>
+      </c>
+      <c r="B301" t="s">
+        <v>897</v>
+      </c>
+      <c r="C301" t="s">
+        <v>898</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="E301">
+        <v>405</v>
+      </c>
+      <c r="F301">
+        <v>5</v>
+      </c>
+      <c r="G301">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302">
+        <v>81416</v>
+      </c>
+      <c r="B302" t="s">
+        <v>900</v>
+      </c>
+      <c r="C302" t="s">
+        <v>901</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="E302">
+        <v>315</v>
+      </c>
+      <c r="G302">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303">
+        <v>81417</v>
+      </c>
+      <c r="B303" t="s">
+        <v>903</v>
+      </c>
+      <c r="C303" t="s">
+        <v>904</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="E303">
+        <v>3513</v>
+      </c>
+      <c r="F303">
+        <v>9</v>
+      </c>
+      <c r="G303">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304">
+        <v>81418</v>
+      </c>
+      <c r="B304" t="s">
+        <v>906</v>
+      </c>
+      <c r="C304" t="s">
+        <v>907</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="E304">
+        <v>434</v>
+      </c>
+      <c r="F304">
+        <v>4</v>
+      </c>
+      <c r="G304">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305">
+        <v>81419</v>
+      </c>
+      <c r="B305" t="s">
+        <v>909</v>
+      </c>
+      <c r="C305" t="s">
+        <v>910</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="E305">
+        <v>317</v>
+      </c>
+      <c r="G305">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306">
+        <v>81420</v>
+      </c>
+      <c r="B306" t="s">
+        <v>912</v>
+      </c>
+      <c r="C306" t="s">
+        <v>913</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="E306">
+        <v>417</v>
+      </c>
+      <c r="F306">
+        <v>1</v>
+      </c>
+      <c r="G306">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307">
+        <v>81421</v>
+      </c>
+      <c r="B307" t="s">
+        <v>915</v>
+      </c>
+      <c r="C307" t="s">
+        <v>916</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="E307">
+        <v>438</v>
+      </c>
+      <c r="F307">
+        <v>3</v>
+      </c>
+      <c r="G307">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308">
+        <v>81422</v>
+      </c>
+      <c r="B308" t="s">
+        <v>918</v>
+      </c>
+      <c r="C308" t="s">
+        <v>919</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="E308">
+        <v>519</v>
+      </c>
+      <c r="F308">
+        <v>4</v>
+      </c>
+      <c r="G308">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309">
+        <v>81423</v>
+      </c>
+      <c r="B309" t="s">
+        <v>921</v>
+      </c>
+      <c r="C309" t="s">
+        <v>922</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="E309">
+        <v>747</v>
+      </c>
+      <c r="F309">
+        <v>5</v>
+      </c>
+      <c r="G309">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310">
+        <v>81424</v>
+      </c>
+      <c r="B310" t="s">
+        <v>924</v>
+      </c>
+      <c r="C310" t="s">
+        <v>925</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="E310">
+        <v>342</v>
+      </c>
+      <c r="G310">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311">
+        <v>81425</v>
+      </c>
+      <c r="B311" t="s">
+        <v>927</v>
+      </c>
+      <c r="C311" t="s">
+        <v>928</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="E311">
+        <v>318</v>
+      </c>
+      <c r="G311">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312">
+        <v>81426</v>
+      </c>
+      <c r="B312" t="s">
+        <v>930</v>
+      </c>
+      <c r="C312" t="s">
+        <v>931</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="E312">
+        <v>400</v>
+      </c>
+      <c r="F312">
+        <v>1</v>
+      </c>
+      <c r="G312">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313">
+        <v>81427</v>
+      </c>
+      <c r="B313" t="s">
+        <v>933</v>
+      </c>
+      <c r="C313" t="s">
+        <v>934</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="E313">
+        <v>565</v>
+      </c>
+      <c r="F313">
+        <v>9</v>
+      </c>
+      <c r="G313">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314">
+        <v>81428</v>
+      </c>
+      <c r="B314" t="s">
+        <v>936</v>
+      </c>
+      <c r="C314" t="s">
+        <v>937</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="E314">
+        <v>1992</v>
+      </c>
+      <c r="F314">
+        <v>10</v>
+      </c>
+      <c r="G314">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315">
+        <v>81429</v>
+      </c>
+      <c r="B315" t="s">
+        <v>939</v>
+      </c>
+      <c r="C315" t="s">
+        <v>940</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="E315">
+        <v>385</v>
+      </c>
+      <c r="G315">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316">
+        <v>81430</v>
+      </c>
+      <c r="B316" t="s">
+        <v>942</v>
+      </c>
+      <c r="C316" t="s">
+        <v>943</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="E316">
+        <v>578</v>
+      </c>
+      <c r="F316">
+        <v>7</v>
+      </c>
+      <c r="G316">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317">
+        <v>81431</v>
+      </c>
+      <c r="B317" t="s">
+        <v>945</v>
+      </c>
+      <c r="C317" t="s">
+        <v>946</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="E317">
+        <v>484</v>
+      </c>
+      <c r="F317">
+        <v>1</v>
+      </c>
+      <c r="G317">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318">
+        <v>81432</v>
+      </c>
+      <c r="B318" t="s">
+        <v>948</v>
+      </c>
+      <c r="C318" t="s">
+        <v>949</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="E318">
+        <v>1616</v>
+      </c>
+      <c r="F318">
+        <v>13</v>
+      </c>
+      <c r="G318">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319">
+        <v>81433</v>
+      </c>
+      <c r="B319" t="s">
+        <v>951</v>
+      </c>
+      <c r="C319" t="s">
+        <v>952</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="E319">
+        <v>509</v>
+      </c>
+      <c r="F319">
+        <v>1</v>
+      </c>
+      <c r="G319">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320">
+        <v>81434</v>
+      </c>
+      <c r="B320" t="s">
+        <v>954</v>
+      </c>
+      <c r="C320" t="s">
+        <v>955</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E320">
+        <v>3471</v>
+      </c>
+      <c r="F320">
+        <v>12</v>
+      </c>
+      <c r="G320">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321">
+        <v>81435</v>
+      </c>
+      <c r="B321" t="s">
+        <v>957</v>
+      </c>
+      <c r="C321" t="s">
+        <v>958</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="E321">
+        <v>472</v>
+      </c>
+      <c r="F321">
+        <v>1</v>
+      </c>
+      <c r="G321">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322">
+        <v>81436</v>
+      </c>
+      <c r="B322" t="s">
+        <v>960</v>
+      </c>
+      <c r="C322" t="s">
+        <v>961</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="E322">
+        <v>550</v>
+      </c>
+      <c r="F322">
+        <v>1</v>
+      </c>
+      <c r="G322">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323">
+        <v>81437</v>
+      </c>
+      <c r="B323" t="s">
+        <v>963</v>
+      </c>
+      <c r="C323" t="s">
+        <v>964</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="E323">
+        <v>316</v>
+      </c>
+      <c r="G323">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324">
+        <v>81438</v>
+      </c>
+      <c r="B324" t="s">
+        <v>966</v>
+      </c>
+      <c r="C324" t="s">
+        <v>967</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="E324">
+        <v>350</v>
+      </c>
+      <c r="F324">
+        <v>4</v>
+      </c>
+      <c r="G324">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325">
+        <v>81439</v>
+      </c>
+      <c r="B325" t="s">
+        <v>969</v>
+      </c>
+      <c r="C325" t="s">
+        <v>970</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="E325">
+        <v>497</v>
+      </c>
+      <c r="F325">
+        <v>3</v>
+      </c>
+      <c r="G325">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326">
+        <v>81440</v>
+      </c>
+      <c r="B326" t="s">
+        <v>972</v>
+      </c>
+      <c r="C326" t="s">
+        <v>973</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="E326">
+        <v>390</v>
+      </c>
+      <c r="F326">
+        <v>5</v>
+      </c>
+      <c r="G326">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327">
+        <v>81441</v>
+      </c>
+      <c r="B327" t="s">
+        <v>975</v>
+      </c>
+      <c r="C327" t="s">
+        <v>976</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="E327">
+        <v>452</v>
+      </c>
+      <c r="F327">
+        <v>10</v>
+      </c>
+      <c r="G327">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328">
+        <v>81442</v>
+      </c>
+      <c r="B328" t="s">
+        <v>978</v>
+      </c>
+      <c r="C328" t="s">
+        <v>979</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="E328">
+        <v>61</v>
+      </c>
+      <c r="F328">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329">
+        <v>81443</v>
+      </c>
+      <c r="B329" t="s">
+        <v>981</v>
+      </c>
+      <c r="C329" t="s">
+        <v>982</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="E329">
+        <v>505</v>
+      </c>
+      <c r="F329">
+        <v>2</v>
+      </c>
+      <c r="G329">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330">
+        <v>81444</v>
+      </c>
+      <c r="B330" t="s">
+        <v>984</v>
+      </c>
+      <c r="C330" t="s">
+        <v>985</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="E330">
+        <v>540</v>
+      </c>
+      <c r="F330">
+        <v>6</v>
+      </c>
+      <c r="G330">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331">
+        <v>81445</v>
+      </c>
+      <c r="B331" t="s">
+        <v>987</v>
+      </c>
+      <c r="C331" t="s">
+        <v>988</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="E331">
+        <v>451</v>
+      </c>
+      <c r="F331">
+        <v>4</v>
+      </c>
+      <c r="G331">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332">
+        <v>81446</v>
+      </c>
+      <c r="B332" t="s">
+        <v>990</v>
+      </c>
+      <c r="C332" t="s">
+        <v>991</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="E332">
+        <v>394</v>
+      </c>
+      <c r="F332">
+        <v>4</v>
+      </c>
+      <c r="G332">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333">
+        <v>81447</v>
+      </c>
+      <c r="B333" t="s">
+        <v>993</v>
+      </c>
+      <c r="C333" t="s">
+        <v>994</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="E333">
+        <v>904</v>
+      </c>
+      <c r="F333">
+        <v>10</v>
+      </c>
+      <c r="G333">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334">
+        <v>81448</v>
+      </c>
+      <c r="B334" t="s">
+        <v>996</v>
+      </c>
+      <c r="C334" t="s">
+        <v>997</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>998</v>
+      </c>
+      <c r="E334">
+        <v>555</v>
+      </c>
+      <c r="F334">
+        <v>6</v>
+      </c>
+      <c r="G334">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335">
+        <v>81449</v>
+      </c>
+      <c r="B335" t="s">
+        <v>999</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E335">
+        <v>564</v>
+      </c>
+      <c r="F335">
+        <v>4</v>
+      </c>
+      <c r="G335">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336">
+        <v>81450</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E336">
+        <v>351</v>
+      </c>
+      <c r="F336">
+        <v>4</v>
+      </c>
+      <c r="G336">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337">
+        <v>81451</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E337">
+        <v>429</v>
+      </c>
+      <c r="F337">
+        <v>2</v>
+      </c>
+      <c r="G337">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338">
+        <v>81452</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E338">
+        <v>357</v>
+      </c>
+      <c r="F338">
+        <v>1</v>
+      </c>
+      <c r="G338">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339">
+        <v>81453</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E339">
+        <v>389</v>
+      </c>
+      <c r="F339">
+        <v>1</v>
+      </c>
+      <c r="G339">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340">
+        <v>81454</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E340">
+        <v>530</v>
+      </c>
+      <c r="F340">
+        <v>3</v>
+      </c>
+      <c r="G340">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341">
+        <v>81455</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E341">
+        <v>462</v>
+      </c>
+      <c r="F341">
+        <v>1</v>
+      </c>
+      <c r="G341">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342">
+        <v>81456</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E342">
+        <v>472</v>
+      </c>
+      <c r="F342">
+        <v>5</v>
+      </c>
+      <c r="G342">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343">
+        <v>81457</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E343">
+        <v>347</v>
+      </c>
+      <c r="F343">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344">
+        <v>81458</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E344">
+        <v>440</v>
+      </c>
+      <c r="F344">
+        <v>2</v>
+      </c>
+      <c r="G344">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345">
+        <v>81459</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E345">
+        <v>928</v>
+      </c>
+      <c r="F345">
+        <v>11</v>
+      </c>
+      <c r="G345">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346">
+        <v>81460</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E346">
+        <v>573</v>
+      </c>
+      <c r="F346">
+        <v>4</v>
+      </c>
+      <c r="G346">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347">
+        <v>81461</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E347">
+        <v>511</v>
+      </c>
+      <c r="F347">
+        <v>1</v>
+      </c>
+      <c r="G347">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348">
+        <v>81462</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E348">
+        <v>389</v>
+      </c>
+      <c r="F348">
+        <v>1</v>
+      </c>
+      <c r="G348">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349">
+        <v>81463</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E349">
+        <v>409</v>
+      </c>
+      <c r="F349">
+        <v>1</v>
+      </c>
+      <c r="G349">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350">
+        <v>81464</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E350">
+        <v>439</v>
+      </c>
+      <c r="G350">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351">
+        <v>81465</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E351">
+        <v>454</v>
+      </c>
+      <c r="F351">
+        <v>1</v>
+      </c>
+      <c r="G351">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352">
+        <v>81466</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E352">
+        <v>500</v>
+      </c>
+      <c r="G352">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353">
+        <v>81467</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E353">
+        <v>583</v>
+      </c>
+      <c r="F353">
+        <v>1</v>
+      </c>
+      <c r="G353">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354">
+        <v>81468</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E354">
+        <v>3577</v>
+      </c>
+      <c r="F354">
+        <v>21</v>
+      </c>
+      <c r="G354">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355">
+        <v>81469</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E355">
+        <v>555</v>
+      </c>
+      <c r="F355">
+        <v>1</v>
+      </c>
+      <c r="G355">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356">
+        <v>81470</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E356">
+        <v>558</v>
+      </c>
+      <c r="G356">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357">
+        <v>81471</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E357">
+        <v>579</v>
+      </c>
+      <c r="F357">
+        <v>3</v>
+      </c>
+      <c r="G357">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358">
+        <v>81472</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E358">
+        <v>537</v>
+      </c>
+      <c r="F358">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359">
+        <v>81473</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E359">
+        <v>484</v>
+      </c>
+      <c r="G359">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360">
+        <v>81474</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E360">
+        <v>505</v>
+      </c>
+      <c r="F360">
+        <v>1</v>
+      </c>
+      <c r="G360">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361">
+        <v>81475</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E361">
+        <v>440</v>
+      </c>
+      <c r="F361">
+        <v>2</v>
+      </c>
+      <c r="G361">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362">
+        <v>81476</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E362">
+        <v>165</v>
+      </c>
+      <c r="F362">
+        <v>1</v>
+      </c>
+      <c r="G362">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363">
+        <v>81477</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E363">
+        <v>501</v>
+      </c>
+      <c r="G363">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364">
+        <v>81478</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E364">
+        <v>484</v>
+      </c>
+      <c r="F364">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365">
+        <v>81479</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E365">
+        <v>370</v>
+      </c>
+      <c r="F365">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366">
+        <v>81480</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E366">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367">
+        <v>81481</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E367">
+        <v>462</v>
+      </c>
+      <c r="F367">
+        <v>1</v>
+      </c>
+      <c r="G367">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368">
+        <v>81482</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E368">
+        <v>442</v>
+      </c>
+      <c r="F368">
+        <v>2</v>
+      </c>
+      <c r="G368">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369">
+        <v>81483</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E369">
+        <v>432</v>
+      </c>
+      <c r="F369">
+        <v>2</v>
+      </c>
+      <c r="G369">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370">
+        <v>81484</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E370">
+        <v>1691</v>
+      </c>
+      <c r="F370">
+        <v>15</v>
+      </c>
+      <c r="G370">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371">
+        <v>81485</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E371">
+        <v>577</v>
+      </c>
+      <c r="F371">
+        <v>1</v>
+      </c>
+      <c r="G371">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372">
+        <v>81486</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E372">
+        <v>667</v>
+      </c>
+      <c r="F372">
+        <v>14</v>
+      </c>
+      <c r="G372">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373">
+        <v>81487</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E373">
+        <v>506</v>
+      </c>
+      <c r="F373">
+        <v>1</v>
+      </c>
+      <c r="G373">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374">
+        <v>81488</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E374">
+        <v>454</v>
+      </c>
+      <c r="F374">
+        <v>1</v>
+      </c>
+      <c r="G374">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375">
+        <v>81489</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E375">
+        <v>1488</v>
+      </c>
+      <c r="F375">
+        <v>12</v>
+      </c>
+      <c r="G375">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376">
+        <v>81490</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E376">
+        <v>688</v>
+      </c>
+      <c r="F376">
+        <v>4</v>
+      </c>
+      <c r="G376">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377">
+        <v>81491</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E377">
+        <v>405</v>
+      </c>
+      <c r="F377">
+        <v>2</v>
+      </c>
+      <c r="G377">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378">
+        <v>81492</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E378">
+        <v>860</v>
+      </c>
+      <c r="F378">
+        <v>10</v>
+      </c>
+      <c r="G378">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">